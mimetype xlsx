--- v0 (2025-10-07)
+++ v1 (2025-11-12)
@@ -35,100 +35,431 @@
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="318" documentId="8_{B0D51ADE-FC12-4381-A4B3-3CA9E9E01371}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DA361B14-EC62-45BC-96BA-FDDBF2CE9AF7}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0812CFB9-E120-4ECC-AE80-643EC37EFC7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="xu88Mv/6fJw4As1S8MvxncL6vHpbv4/wuf/6DGRVCy7pIoa4sd8pyMKo4NlXO1PuDqKVBWyhhfaCzLW7vQeDSA==" workbookSaltValue="KX3jC7cGtPb6kA1x2HXUxA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="831" xr2:uid="{C2FA774F-1670-48EC-864B-E755AD9DEE64}"/>
+    <workbookView xWindow="2700" yWindow="2700" windowWidth="21600" windowHeight="12450" tabRatio="831" xr2:uid="{C2FA774F-1670-48EC-864B-E755AD9DEE64}"/>
   </bookViews>
   <sheets>
     <sheet name="OBSAH" sheetId="14" r:id="rId1"/>
     <sheet name="1a) Komentář - veřejné příjmy" sheetId="15" r:id="rId2"/>
     <sheet name="1b) Kalkulačka - veřejné příjmy" sheetId="16" r:id="rId3"/>
     <sheet name="2a) Komentář - výdaje SR " sheetId="5" r:id="rId4"/>
     <sheet name="2b) Kalkulačka - výdaje SR" sheetId="6" r:id="rId5"/>
     <sheet name="3a) Komentář - státní fondy" sheetId="8" r:id="rId6"/>
     <sheet name="3b) Kalkulačka - státní fondy" sheetId="7" r:id="rId7"/>
     <sheet name="4a) Komentář - kraje a obce" sheetId="9" r:id="rId8"/>
     <sheet name="4b) Kalkulačka - výdaje krajů" sheetId="10" r:id="rId9"/>
     <sheet name="4c) Kalkulačka - výdaje obcí" sheetId="11" r:id="rId10"/>
     <sheet name="5a) Komentář - zdr. poj." sheetId="12" r:id="rId11"/>
     <sheet name="5b) Kalkulačka - zdr. poj." sheetId="13" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_ftn1" localSheetId="3">'2a) Komentář - výdaje SR '!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="3">'2a) Komentář - výdaje SR '!$C$8</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'1a) Komentář - veřejné příjmy'!$C$2:$C$22</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1b) Kalkulačka - veřejné příjmy'!$A$1:$O$40</definedName>
   </definedNames>
-  <calcPr calcId="191028" iterate="1"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C62" i="13" l="1"/>
+  <c r="M7" i="10" l="1"/>
+  <c r="M6" i="10"/>
+  <c r="M7" i="11"/>
+  <c r="M8" i="11"/>
+  <c r="M6" i="11"/>
+  <c r="C102" i="10" l="1"/>
+  <c r="C99" i="10"/>
+  <c r="C98" i="10"/>
+  <c r="C96" i="10"/>
+  <c r="C79" i="10"/>
+  <c r="C66" i="10"/>
+  <c r="C65" i="10"/>
+  <c r="C63" i="10"/>
+  <c r="C60" i="10"/>
+  <c r="C58" i="10"/>
+  <c r="C15" i="10"/>
+  <c r="C9" i="10"/>
+  <c r="C5" i="10"/>
+  <c r="M123" i="11"/>
+  <c r="M116" i="11"/>
+  <c r="C115" i="11"/>
+  <c r="M114" i="11"/>
+  <c r="N114" i="11" s="1"/>
+  <c r="M113" i="11"/>
+  <c r="N113" i="11" s="1"/>
+  <c r="M112" i="11"/>
+  <c r="N112" i="11" s="1"/>
+  <c r="M111" i="11"/>
+  <c r="N111" i="11" s="1"/>
+  <c r="M110" i="11"/>
+  <c r="N110" i="11" s="1"/>
+  <c r="M109" i="11"/>
+  <c r="N109" i="11" s="1"/>
+  <c r="M107" i="11"/>
+  <c r="M106" i="11"/>
+  <c r="N106" i="11" s="1"/>
+  <c r="M104" i="11"/>
+  <c r="N104" i="11" s="1"/>
+  <c r="M103" i="11"/>
+  <c r="N103" i="11" s="1"/>
+  <c r="M102" i="11"/>
+  <c r="C100" i="11"/>
+  <c r="C117" i="11" s="1"/>
+  <c r="M99" i="11"/>
+  <c r="N99" i="11" s="1"/>
+  <c r="M98" i="11"/>
+  <c r="N98" i="11" s="1"/>
+  <c r="M97" i="11"/>
+  <c r="N97" i="11" s="1"/>
+  <c r="M96" i="11"/>
+  <c r="N96" i="11" s="1"/>
+  <c r="M95" i="11"/>
+  <c r="N95" i="11" s="1"/>
+  <c r="M94" i="11"/>
+  <c r="N94" i="11" s="1"/>
+  <c r="M93" i="11"/>
+  <c r="N93" i="11" s="1"/>
+  <c r="M92" i="11"/>
+  <c r="N92" i="11" s="1"/>
+  <c r="M91" i="11"/>
+  <c r="N91" i="11" s="1"/>
+  <c r="M90" i="11"/>
+  <c r="N90" i="11" s="1"/>
+  <c r="M89" i="11"/>
+  <c r="N89" i="11" s="1"/>
+  <c r="M88" i="11"/>
+  <c r="N88" i="11" s="1"/>
+  <c r="M87" i="11"/>
+  <c r="N87" i="11" s="1"/>
+  <c r="M86" i="11"/>
+  <c r="N86" i="11" s="1"/>
+  <c r="M85" i="11"/>
+  <c r="N85" i="11" s="1"/>
+  <c r="M84" i="11"/>
+  <c r="N84" i="11" s="1"/>
+  <c r="M83" i="11"/>
+  <c r="C81" i="11"/>
+  <c r="M79" i="11"/>
+  <c r="N79" i="11" s="1"/>
+  <c r="C78" i="11"/>
+  <c r="M77" i="11"/>
+  <c r="N77" i="11" s="1"/>
+  <c r="M76" i="11"/>
+  <c r="N76" i="11" s="1"/>
+  <c r="C75" i="11"/>
+  <c r="M74" i="11"/>
+  <c r="N74" i="11" s="1"/>
+  <c r="C73" i="11"/>
+  <c r="M72" i="11"/>
+  <c r="N72" i="11" s="1"/>
+  <c r="M71" i="11"/>
+  <c r="N71" i="11" s="1"/>
+  <c r="M70" i="11"/>
+  <c r="N70" i="11" s="1"/>
+  <c r="M68" i="11"/>
+  <c r="N68" i="11" s="1"/>
+  <c r="M67" i="11"/>
+  <c r="N67" i="11" s="1"/>
+  <c r="M66" i="11"/>
+  <c r="N66" i="11" s="1"/>
+  <c r="M65" i="11"/>
+  <c r="N65" i="11" s="1"/>
+  <c r="M64" i="11"/>
+  <c r="N64" i="11" s="1"/>
+  <c r="M63" i="11"/>
+  <c r="N63" i="11" s="1"/>
+  <c r="M62" i="11"/>
+  <c r="N62" i="11" s="1"/>
+  <c r="M61" i="11"/>
+  <c r="N61" i="11" s="1"/>
+  <c r="M60" i="11"/>
+  <c r="N60" i="11" s="1"/>
+  <c r="M59" i="11"/>
+  <c r="N59" i="11" s="1"/>
+  <c r="M58" i="11"/>
+  <c r="N58" i="11" s="1"/>
+  <c r="M57" i="11"/>
+  <c r="N57" i="11" s="1"/>
+  <c r="M54" i="11"/>
+  <c r="N54" i="11" s="1"/>
+  <c r="M53" i="11"/>
+  <c r="N53" i="11" s="1"/>
+  <c r="M52" i="11"/>
+  <c r="N52" i="11" s="1"/>
+  <c r="M51" i="11"/>
+  <c r="N51" i="11" s="1"/>
+  <c r="M50" i="11"/>
+  <c r="N50" i="11" s="1"/>
+  <c r="M49" i="11"/>
+  <c r="N49" i="11" s="1"/>
+  <c r="M47" i="11"/>
+  <c r="M46" i="11"/>
+  <c r="N46" i="11" s="1"/>
+  <c r="M45" i="11"/>
+  <c r="N45" i="11" s="1"/>
+  <c r="M44" i="11"/>
+  <c r="C42" i="11"/>
+  <c r="M41" i="11"/>
+  <c r="N41" i="11" s="1"/>
+  <c r="M40" i="11"/>
+  <c r="N40" i="11" s="1"/>
+  <c r="M39" i="11"/>
+  <c r="N39" i="11" s="1"/>
+  <c r="M38" i="11"/>
+  <c r="N38" i="11" s="1"/>
+  <c r="M37" i="11"/>
+  <c r="N37" i="11" s="1"/>
+  <c r="M36" i="11"/>
+  <c r="N36" i="11" s="1"/>
+  <c r="M35" i="11"/>
+  <c r="N35" i="11" s="1"/>
+  <c r="M34" i="11"/>
+  <c r="N34" i="11" s="1"/>
+  <c r="M33" i="11"/>
+  <c r="N33" i="11" s="1"/>
+  <c r="M31" i="11"/>
+  <c r="N31" i="11" s="1"/>
+  <c r="M30" i="11"/>
+  <c r="N30" i="11" s="1"/>
+  <c r="M29" i="11"/>
+  <c r="N29" i="11" s="1"/>
+  <c r="M28" i="11"/>
+  <c r="N28" i="11" s="1"/>
+  <c r="M27" i="11"/>
+  <c r="N27" i="11" s="1"/>
+  <c r="M26" i="11"/>
+  <c r="N26" i="11" s="1"/>
+  <c r="M25" i="11"/>
+  <c r="N25" i="11" s="1"/>
+  <c r="M24" i="11"/>
+  <c r="N24" i="11" s="1"/>
+  <c r="M23" i="11"/>
+  <c r="N23" i="11" s="1"/>
+  <c r="M21" i="11"/>
+  <c r="N21" i="11" s="1"/>
+  <c r="M20" i="11"/>
+  <c r="N20" i="11" s="1"/>
+  <c r="M19" i="11"/>
+  <c r="N19" i="11" s="1"/>
+  <c r="M18" i="11"/>
+  <c r="N18" i="11" s="1"/>
+  <c r="M17" i="11"/>
+  <c r="M16" i="11"/>
+  <c r="N16" i="11" s="1"/>
+  <c r="M15" i="11"/>
+  <c r="N15" i="11" s="1"/>
+  <c r="M14" i="11"/>
+  <c r="N14" i="11" s="1"/>
+  <c r="M13" i="11"/>
+  <c r="N13" i="11" s="1"/>
+  <c r="M12" i="11"/>
+  <c r="N12" i="11" s="1"/>
+  <c r="C11" i="11"/>
+  <c r="M10" i="11"/>
+  <c r="N10" i="11" s="1"/>
+  <c r="M9" i="11"/>
+  <c r="M5" i="11" s="1"/>
+  <c r="E8" i="11"/>
+  <c r="N7" i="11"/>
+  <c r="G6" i="11"/>
+  <c r="E6" i="11"/>
+  <c r="C5" i="11"/>
+  <c r="M104" i="10"/>
+  <c r="M97" i="10"/>
+  <c r="N97" i="10" s="1"/>
+  <c r="M95" i="10"/>
+  <c r="N95" i="10" s="1"/>
+  <c r="M94" i="10"/>
+  <c r="N94" i="10" s="1"/>
+  <c r="M93" i="10"/>
+  <c r="N93" i="10" s="1"/>
+  <c r="M91" i="10"/>
+  <c r="N91" i="10" s="1"/>
+  <c r="M90" i="10"/>
+  <c r="N90" i="10" s="1"/>
+  <c r="M89" i="10"/>
+  <c r="N89" i="10" s="1"/>
+  <c r="M88" i="10"/>
+  <c r="N88" i="10" s="1"/>
+  <c r="M87" i="10"/>
+  <c r="M85" i="10"/>
+  <c r="N85" i="10" s="1"/>
+  <c r="M84" i="10"/>
+  <c r="N84" i="10" s="1"/>
+  <c r="M82" i="10"/>
+  <c r="N82" i="10" s="1"/>
+  <c r="M81" i="10"/>
+  <c r="M78" i="10"/>
+  <c r="N78" i="10" s="1"/>
+  <c r="M77" i="10"/>
+  <c r="N77" i="10" s="1"/>
+  <c r="M76" i="10"/>
+  <c r="N76" i="10" s="1"/>
+  <c r="M75" i="10"/>
+  <c r="N75" i="10" s="1"/>
+  <c r="M74" i="10"/>
+  <c r="N74" i="10" s="1"/>
+  <c r="M73" i="10"/>
+  <c r="N73" i="10" s="1"/>
+  <c r="M72" i="10"/>
+  <c r="N72" i="10" s="1"/>
+  <c r="M71" i="10"/>
+  <c r="M70" i="10"/>
+  <c r="N70" i="10" s="1"/>
+  <c r="M68" i="10"/>
+  <c r="N68" i="10" s="1"/>
+  <c r="M67" i="10"/>
+  <c r="M64" i="10"/>
+  <c r="M62" i="10"/>
+  <c r="N62" i="10" s="1"/>
+  <c r="M61" i="10"/>
+  <c r="N61" i="10" s="1"/>
+  <c r="M60" i="10"/>
+  <c r="N60" i="10" s="1"/>
+  <c r="M59" i="10"/>
+  <c r="M57" i="10"/>
+  <c r="N57" i="10" s="1"/>
+  <c r="M56" i="10"/>
+  <c r="N56" i="10" s="1"/>
+  <c r="M55" i="10"/>
+  <c r="N55" i="10" s="1"/>
+  <c r="M53" i="10"/>
+  <c r="N53" i="10" s="1"/>
+  <c r="M52" i="10"/>
+  <c r="N52" i="10" s="1"/>
+  <c r="M50" i="10"/>
+  <c r="N50" i="10" s="1"/>
+  <c r="M49" i="10"/>
+  <c r="N49" i="10" s="1"/>
+  <c r="M48" i="10"/>
+  <c r="N48" i="10" s="1"/>
+  <c r="M47" i="10"/>
+  <c r="N47" i="10" s="1"/>
+  <c r="M46" i="10"/>
+  <c r="N46" i="10" s="1"/>
+  <c r="M43" i="10"/>
+  <c r="N43" i="10" s="1"/>
+  <c r="M42" i="10"/>
+  <c r="N42" i="10" s="1"/>
+  <c r="M41" i="10"/>
+  <c r="N41" i="10" s="1"/>
+  <c r="M40" i="10"/>
+  <c r="N40" i="10" s="1"/>
+  <c r="M39" i="10"/>
+  <c r="N39" i="10" s="1"/>
+  <c r="M38" i="10"/>
+  <c r="N38" i="10" s="1"/>
+  <c r="M37" i="10"/>
+  <c r="N37" i="10" s="1"/>
+  <c r="M36" i="10"/>
+  <c r="N36" i="10" s="1"/>
+  <c r="M35" i="10"/>
+  <c r="N35" i="10" s="1"/>
+  <c r="M34" i="10"/>
+  <c r="N34" i="10" s="1"/>
+  <c r="M32" i="10"/>
+  <c r="N32" i="10" s="1"/>
+  <c r="M30" i="10"/>
+  <c r="N30" i="10" s="1"/>
+  <c r="M29" i="10"/>
+  <c r="N29" i="10" s="1"/>
+  <c r="M28" i="10"/>
+  <c r="N28" i="10" s="1"/>
+  <c r="M26" i="10"/>
+  <c r="N26" i="10" s="1"/>
+  <c r="M25" i="10"/>
+  <c r="N25" i="10" s="1"/>
+  <c r="M24" i="10"/>
+  <c r="N24" i="10" s="1"/>
+  <c r="M23" i="10"/>
+  <c r="M22" i="10"/>
+  <c r="N22" i="10" s="1"/>
+  <c r="M20" i="10"/>
+  <c r="N20" i="10" s="1"/>
+  <c r="M19" i="10"/>
+  <c r="N19" i="10" s="1"/>
+  <c r="M18" i="10"/>
+  <c r="N18" i="10" s="1"/>
+  <c r="M17" i="10"/>
+  <c r="M14" i="10"/>
+  <c r="N14" i="10" s="1"/>
+  <c r="M13" i="10"/>
+  <c r="N13" i="10" s="1"/>
+  <c r="M12" i="10"/>
+  <c r="N12" i="10" s="1"/>
+  <c r="M11" i="10"/>
+  <c r="N11" i="10" s="1"/>
+  <c r="M8" i="10"/>
+  <c r="N8" i="10" s="1"/>
+  <c r="N7" i="10"/>
+  <c r="G6" i="10"/>
+  <c r="C62" i="13"/>
   <c r="N61" i="13"/>
   <c r="N60" i="13"/>
   <c r="N59" i="13"/>
   <c r="M58" i="13"/>
   <c r="N58" i="13" s="1"/>
   <c r="M57" i="13"/>
   <c r="M56" i="13"/>
   <c r="M55" i="13"/>
   <c r="G55" i="13"/>
   <c r="C54" i="13"/>
   <c r="M51" i="13"/>
   <c r="N51" i="13" s="1"/>
   <c r="M50" i="13"/>
   <c r="N50" i="13" s="1"/>
   <c r="M49" i="13"/>
   <c r="M48" i="13"/>
   <c r="M47" i="13"/>
   <c r="G47" i="13"/>
   <c r="M46" i="13"/>
   <c r="G46" i="13"/>
   <c r="C45" i="13"/>
   <c r="N44" i="13"/>
   <c r="M44" i="13"/>
   <c r="G44" i="13"/>
   <c r="M43" i="13"/>
@@ -181,58 +512,104 @@
   <c r="G19" i="13"/>
   <c r="M18" i="13"/>
   <c r="G18" i="13"/>
   <c r="M17" i="13"/>
   <c r="C17" i="13"/>
   <c r="C7" i="13" s="1"/>
   <c r="M16" i="13"/>
   <c r="G16" i="13"/>
   <c r="M15" i="13"/>
   <c r="G15" i="13"/>
   <c r="C15" i="13"/>
   <c r="M14" i="13"/>
   <c r="G14" i="13"/>
   <c r="M13" i="13"/>
   <c r="G13" i="13"/>
   <c r="M12" i="13"/>
   <c r="G12" i="13"/>
   <c r="M11" i="13"/>
   <c r="G11" i="13"/>
   <c r="M10" i="13"/>
   <c r="G10" i="13"/>
   <c r="M9" i="13"/>
   <c r="G9" i="13"/>
   <c r="M8" i="13"/>
   <c r="G8" i="13"/>
-  <c r="M54" i="13" l="1"/>
+  <c r="N116" i="11" l="1"/>
+  <c r="M115" i="11"/>
+  <c r="N115" i="11" s="1"/>
+  <c r="N102" i="11"/>
+  <c r="M100" i="11"/>
+  <c r="N100" i="11" s="1"/>
+  <c r="N83" i="11"/>
+  <c r="M81" i="11"/>
+  <c r="M78" i="11"/>
+  <c r="N78" i="11" s="1"/>
+  <c r="M75" i="11"/>
+  <c r="N75" i="11" s="1"/>
+  <c r="M96" i="10"/>
+  <c r="N44" i="11"/>
+  <c r="M42" i="11"/>
+  <c r="N42" i="11" s="1"/>
+  <c r="M11" i="11"/>
+  <c r="N11" i="11" s="1"/>
+  <c r="N9" i="11"/>
+  <c r="N81" i="10"/>
+  <c r="M79" i="10"/>
+  <c r="N79" i="10" s="1"/>
+  <c r="N67" i="10"/>
+  <c r="M66" i="10"/>
+  <c r="N59" i="10"/>
+  <c r="M58" i="10"/>
+  <c r="N58" i="10" s="1"/>
+  <c r="N17" i="10"/>
+  <c r="M15" i="10"/>
+  <c r="N15" i="10" s="1"/>
+  <c r="M9" i="10"/>
+  <c r="N96" i="10"/>
+  <c r="N9" i="10"/>
+  <c r="N6" i="11"/>
+  <c r="N17" i="11"/>
+  <c r="C118" i="11"/>
+  <c r="C121" i="11" s="1"/>
+  <c r="N47" i="11"/>
+  <c r="C80" i="11"/>
+  <c r="N107" i="11"/>
+  <c r="M73" i="11"/>
+  <c r="G8" i="11"/>
+  <c r="N71" i="10"/>
+  <c r="N87" i="10"/>
+  <c r="M63" i="10"/>
+  <c r="N63" i="10" s="1"/>
+  <c r="N64" i="10"/>
+  <c r="N23" i="10"/>
+  <c r="M54" i="13"/>
   <c r="M62" i="13" s="1"/>
   <c r="N62" i="13" s="1"/>
   <c r="M45" i="13"/>
   <c r="N45" i="13" s="1"/>
   <c r="M30" i="13"/>
-  <c r="M6" i="13" s="1"/>
-  <c r="M52" i="13" s="1"/>
   <c r="M21" i="13"/>
   <c r="N21" i="13" s="1"/>
   <c r="M7" i="13"/>
   <c r="N7" i="13" s="1"/>
   <c r="N30" i="13"/>
   <c r="C6" i="13"/>
   <c r="G17" i="13"/>
   <c r="I28" i="16"/>
   <c r="J28" i="16" s="1"/>
   <c r="I29" i="16"/>
   <c r="J29" i="16"/>
   <c r="L29" i="16" s="1"/>
   <c r="F100" i="16"/>
   <c r="E92" i="16"/>
   <c r="G88" i="16"/>
   <c r="G87" i="16"/>
   <c r="E87" i="16"/>
   <c r="G86" i="16"/>
   <c r="G85" i="16"/>
   <c r="E85" i="16"/>
   <c r="G84" i="16"/>
   <c r="E84" i="16"/>
   <c r="G83" i="16"/>
   <c r="E83" i="16"/>
   <c r="G82" i="16"/>
@@ -428,57 +805,71 @@
   <c r="H21" i="7" s="1"/>
   <c r="G20" i="7"/>
   <c r="H20" i="7" s="1"/>
   <c r="C18" i="7"/>
   <c r="G17" i="7"/>
   <c r="H17" i="7" s="1"/>
   <c r="G16" i="7"/>
   <c r="H16" i="7" s="1"/>
   <c r="G15" i="7"/>
   <c r="H15" i="7" s="1"/>
   <c r="G14" i="7"/>
   <c r="H14" i="7" s="1"/>
   <c r="G13" i="7"/>
   <c r="H13" i="7" s="1"/>
   <c r="G12" i="7"/>
   <c r="H12" i="7" s="1"/>
   <c r="G11" i="7"/>
   <c r="H11" i="7" s="1"/>
   <c r="C10" i="7"/>
   <c r="G9" i="7"/>
   <c r="H9" i="7" s="1"/>
   <c r="G7" i="7"/>
   <c r="H7" i="7" s="1"/>
   <c r="G6" i="7"/>
   <c r="C5" i="7"/>
-  <c r="M64" i="13" l="1"/>
+  <c r="M6" i="13" l="1"/>
+  <c r="M52" i="13" s="1"/>
+  <c r="M117" i="11"/>
+  <c r="N117" i="11" s="1"/>
+  <c r="N81" i="11"/>
+  <c r="M118" i="11"/>
+  <c r="M124" i="11" s="1"/>
+  <c r="M80" i="11"/>
+  <c r="N66" i="10"/>
+  <c r="M98" i="10"/>
+  <c r="N98" i="10" s="1"/>
+  <c r="N8" i="11"/>
+  <c r="N73" i="11"/>
+  <c r="N6" i="10"/>
+  <c r="M5" i="10"/>
+  <c r="M64" i="13"/>
   <c r="N54" i="13"/>
   <c r="N6" i="13"/>
   <c r="N52" i="13" s="1"/>
   <c r="C52" i="13"/>
   <c r="C64" i="13" s="1"/>
-  <c r="N64" i="13" s="1"/>
   <c r="I27" i="16"/>
   <c r="K27" i="16" s="1"/>
   <c r="K29" i="16"/>
   <c r="K7" i="16"/>
   <c r="J7" i="16"/>
   <c r="F73" i="16"/>
   <c r="K23" i="16"/>
   <c r="J23" i="16"/>
   <c r="L23" i="16" s="1"/>
   <c r="K18" i="16"/>
   <c r="J18" i="16"/>
   <c r="L18" i="16" s="1"/>
   <c r="K33" i="16"/>
   <c r="J33" i="16"/>
   <c r="F77" i="16"/>
   <c r="J20" i="16"/>
   <c r="L20" i="16" s="1"/>
   <c r="K20" i="16"/>
   <c r="E31" i="16"/>
   <c r="F24" i="16"/>
   <c r="E76" i="16"/>
   <c r="L28" i="16"/>
   <c r="J15" i="16"/>
   <c r="L15" i="16" s="1"/>
   <c r="K15" i="16"/>
@@ -501,82 +892,92 @@
   <c r="E33" i="16"/>
   <c r="I12" i="16"/>
   <c r="F14" i="16"/>
   <c r="E86" i="16" s="1"/>
   <c r="F38" i="16"/>
   <c r="K28" i="16"/>
   <c r="J19" i="16"/>
   <c r="L19" i="16" s="1"/>
   <c r="F50" i="16"/>
   <c r="G39" i="7"/>
   <c r="G36" i="7"/>
   <c r="H36" i="7" s="1"/>
   <c r="G18" i="7"/>
   <c r="H18" i="7" s="1"/>
   <c r="H39" i="7"/>
   <c r="H32" i="7"/>
   <c r="H46" i="7"/>
   <c r="H6" i="7"/>
   <c r="H33" i="7"/>
   <c r="G8" i="7" a="1"/>
   <c r="G8" i="7" s="1"/>
   <c r="H8" i="7" s="1"/>
   <c r="G10" i="7"/>
   <c r="H10" i="7" s="1"/>
   <c r="H53" i="7"/>
-  <c r="K38" i="16" l="1"/>
+  <c r="N64" i="13" l="1"/>
+  <c r="M65" i="10"/>
+  <c r="M99" i="10"/>
+  <c r="M105" i="10" s="1"/>
+  <c r="N5" i="11"/>
+  <c r="N5" i="10"/>
+  <c r="K38" i="16"/>
   <c r="F78" i="16"/>
   <c r="J38" i="16"/>
   <c r="L38" i="16" s="1"/>
   <c r="I11" i="16"/>
   <c r="K11" i="16"/>
   <c r="F83" i="16"/>
   <c r="L6" i="16"/>
   <c r="G54" i="16"/>
   <c r="F33" i="16"/>
   <c r="L33" i="16" s="1"/>
   <c r="I64" i="16"/>
   <c r="E32" i="16"/>
   <c r="E77" i="16"/>
   <c r="I32" i="16"/>
   <c r="F75" i="16"/>
   <c r="K14" i="16"/>
   <c r="J14" i="16"/>
   <c r="L7" i="16"/>
   <c r="F84" i="16"/>
   <c r="F51" i="16"/>
   <c r="E93" i="16" s="1"/>
   <c r="J50" i="16"/>
   <c r="I59" i="16"/>
   <c r="I60" i="16" s="1"/>
   <c r="I31" i="16"/>
   <c r="F31" i="16"/>
   <c r="J31" i="16" s="1"/>
   <c r="G55" i="7"/>
   <c r="H55" i="7" s="1"/>
   <c r="G5" i="7"/>
-  <c r="L31" i="16" l="1"/>
+  <c r="N99" i="10" l="1"/>
+  <c r="N65" i="10"/>
+  <c r="N118" i="11"/>
+  <c r="N80" i="11"/>
+  <c r="L31" i="16"/>
   <c r="J24" i="16"/>
   <c r="L14" i="16"/>
   <c r="F86" i="16"/>
   <c r="F74" i="16"/>
   <c r="J11" i="16"/>
   <c r="J32" i="16"/>
   <c r="K32" i="16"/>
   <c r="I24" i="16"/>
   <c r="K31" i="16"/>
   <c r="E43" i="16"/>
   <c r="F32" i="16"/>
   <c r="E88" i="16" s="1"/>
   <c r="G56" i="7"/>
   <c r="G59" i="7" s="1"/>
   <c r="H5" i="7"/>
   <c r="H56" i="7" s="1"/>
   <c r="G35" i="7"/>
   <c r="H35" i="7" s="1"/>
   <c r="K24" i="16" l="1"/>
   <c r="F76" i="16"/>
   <c r="L32" i="16"/>
   <c r="F88" i="16"/>
   <c r="I5" i="16"/>
   <c r="F85" i="16"/>
   <c r="L11" i="16"/>
@@ -854,484 +1255,77 @@
   <c r="C67" i="6"/>
   <c r="C136" i="6" s="1"/>
   <c r="C139" i="6" s="1"/>
   <c r="N118" i="6"/>
   <c r="M67" i="6"/>
   <c r="N105" i="6"/>
   <c r="N8" i="6"/>
   <c r="K49" i="16" l="1"/>
   <c r="I51" i="16"/>
   <c r="L5" i="16"/>
   <c r="F82" i="16"/>
   <c r="N67" i="6"/>
   <c r="M5" i="6"/>
   <c r="N5" i="6" s="1"/>
   <c r="M135" i="6"/>
   <c r="N135" i="6" s="1"/>
   <c r="C107" i="6"/>
   <c r="J51" i="16" l="1"/>
   <c r="F93" i="16" s="1"/>
   <c r="F92" i="16"/>
   <c r="N136" i="6"/>
   <c r="M136" i="6"/>
   <c r="M139" i="6" s="1"/>
   <c r="M107" i="6"/>
   <c r="N107" i="6" s="1"/>
-  <c r="J6" i="11" l="1"/>
-[...405 lines deleted...]
-  <c r="N99" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1258" uniqueCount="490">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1262" uniqueCount="491">
   <si>
     <t>Kalkulačka veřejných příjmů a výdajů</t>
   </si>
   <si>
     <t>Obsah</t>
   </si>
   <si>
     <t>1)</t>
   </si>
   <si>
     <t>a) Komentář ke kalkulačce veřejných příjmů</t>
   </si>
   <si>
     <t>2)</t>
   </si>
   <si>
     <t>a) Komentář ke kalkulačce výdajů státního rozpočtu</t>
   </si>
   <si>
     <t>3)</t>
   </si>
   <si>
     <t>a) Komentář ke kalkulačce výdajů státních fondů</t>
   </si>
   <si>
@@ -2209,113 +2203,83 @@
   <si>
     <t>Obcím (z toho SFŽP: 0,3 mld. Kč; SFDI: 0,1 mld. Kč)</t>
   </si>
   <si>
     <t>Veřejným vysokým školám</t>
   </si>
   <si>
     <t>Cizím příspěvkovým organizacím</t>
   </si>
   <si>
     <t>Ostatním příspěvkovým organizacím</t>
   </si>
   <si>
     <t>Ostatní neinvestiční transfery</t>
   </si>
   <si>
     <t>Investiční transfery</t>
   </si>
   <si>
     <t>Podnikatelským subjektům</t>
   </si>
   <si>
     <t>Ostatní investiční transfery rozpočtům územní úrovně</t>
   </si>
   <si>
-    <t xml:space="preserve">Podstatou nástroje je možnost upravovat rozsah jednotlivých položek výdajové strany krajů a obcí, přičemž výchozími daty jsou hodnoty výdajů pro skutečnost za rok 2023. Názvy jednotlivých výdajových titulů jsou ve sloupci B a jejich hodnota pro rok 2023 v mld. Kč ve sloupci C. Návrh alternativního rozpočtu je možné připravit prostřednictvím úpravy parametrů, které jsou specifikovány ve sloupcích J a L. Ve většině výdajových položek je aplikována přírůstková (inkrementální) metoda, kdy je možné zadat procentuální změnu. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">U některých položek je možné úpravu provádět prostřednictvím změn jiných parametrů, jako je například počet úvazků nebo průměrný plat. </t>
   </si>
   <si>
-    <t xml:space="preserve">Data ve sloupci N specifikují navýšení, nebo úsporu, proti roku 2023. </t>
-[...7 lines deleted...]
-  <si>
     <t>Jak „Kalkulačku výdajů krajů a obcí" používat?</t>
   </si>
   <si>
-    <t>Levá část nástroje (sloupec C) obsahuje informace o parametrech a jednotlivých výdajových titulech v roce 2023. V podbarvených buňkách ve sloupcích J a L je možné měnit vybrané parametry jednotlivých výdajových titulů. Nástroj následně vypočte výši výdajů pro alternativní znění rozpočtu (buňky M99 a M118), změnu výdajů proti výsledku hodpodaření v roce 2023 (buňky N99 a N118) a saldo rozpočtu krajů a obcí při stejné výši příjmů jako v roce 2023 (buňky M102 a M121).</t>
-[...13 lines deleted...]
-  <si>
     <t>Zákonné pojistné</t>
   </si>
   <si>
     <t>Neinvestiční transfery podnikatelům</t>
   </si>
   <si>
     <t>Neinvestiční transfery neziskovým a podobným osobám</t>
   </si>
   <si>
     <t>Neinvestiční transfery veřejným rozpočtům</t>
   </si>
   <si>
     <t>Neinvestiční transfery zřízeným příspěvkovým organizacím</t>
   </si>
   <si>
     <t>Předškolní a základní vzdělávání</t>
   </si>
   <si>
     <t>Střední vzdělávání a vzdělávání v konzervatořích</t>
   </si>
   <si>
     <t>Školská zařízení pro výkon ústavní a ochranné výchovy</t>
   </si>
   <si>
     <t>Ostatní zařízení související s výchovou a vzděláváním mládeže</t>
   </si>
   <si>
-    <t>Základní umělecké, jazykové a zájmové vzdělávání</t>
-[...1 lines deleted...]
-  <si>
     <t>Zdravotnictví</t>
   </si>
   <si>
     <t>Neinvestiční transfery cizím příspěvkovým organizacím</t>
   </si>
   <si>
     <t>Neinvestiční půjčené prostředky</t>
   </si>
   <si>
     <t>Jiné veřejné služby a činnosti</t>
   </si>
   <si>
     <t>Ostatní neinvestiční výdaje</t>
   </si>
   <si>
     <t>Neinvestiční převody vlastním fondům a ve vztahu k útvarům bez plné právní subjektivity</t>
   </si>
   <si>
     <t>Ostatní nákup dlouhodobého nehmotného majetku</t>
   </si>
   <si>
     <t>Stavby</t>
   </si>
   <si>
     <t>Nákup majetkových podílů a nároků a vklady do fundací a ústavů</t>
@@ -2323,69 +2287,54 @@
   <si>
     <t>Ostatní investiční nákupy</t>
   </si>
   <si>
     <t>Investiční transfery podnikatelským subjektům</t>
   </si>
   <si>
     <t>Investiční transfery veřejným rozpočtům</t>
   </si>
   <si>
     <t>Vodní hospodářství</t>
   </si>
   <si>
     <t>Investiční transfery zřízeným příspěvkovým organizacím</t>
   </si>
   <si>
     <t>Investiční transfery fyzickým osobám</t>
   </si>
   <si>
     <t>Investiční půjčené prostředky a ostatní kapitálové výdaje</t>
   </si>
   <si>
     <t>Ostatní půjčené prostředky a ostatní kapitálové výdaje</t>
   </si>
   <si>
-    <t>Příjmy v roce 2023</t>
-[...7 lines deleted...]
-  <si>
     <t>Ostatní osobní výdaje</t>
   </si>
   <si>
     <t>Odměny členů zastupitelstev obcí a krajů</t>
-  </si>
-[...4 lines deleted...]
-    <t>průměrná odměna</t>
   </si>
   <si>
     <t>Studená voda včetně stočného a úplaty za odvod dešťových vod</t>
   </si>
   <si>
     <t>Teplo</t>
   </si>
   <si>
     <t>Plyn</t>
   </si>
   <si>
     <t>Služby peněžních ústavů</t>
   </si>
   <si>
     <t>Konzultační, poradenské a právní služby</t>
   </si>
   <si>
     <t>Bydlení, komunální služby a územní rozvoj</t>
   </si>
   <si>
     <t>Státní moc, státní správa, územní samospráva a politické strany</t>
   </si>
   <si>
     <t>Platby daní státnímu rozpočtu</t>
   </si>
@@ -2964,85 +2913,50 @@
     <t>Zdravotní pojištění (státní pojištěnci)</t>
   </si>
   <si>
     <t>Standardní výnos v zemích EU-27</t>
   </si>
   <si>
     <t>Saldo VF 2025 (mld. Kč)</t>
   </si>
   <si>
     <t>Saldo VF 2025 (% HDP)</t>
   </si>
   <si>
     <t>Komentář ke kalkulačce pro veřejné zdravotní pojišťovny</t>
   </si>
   <si>
     <t>sazba</t>
   </si>
   <si>
     <t>SALDO V ROCE 2025</t>
   </si>
   <si>
     <t>Kalkulačka pro veřejné zdravotní pojišťovny (2025)</t>
   </si>
   <si>
     <r>
-      <t>a) Komentář ke kalkulačce výdajů krajů a obcí</t>
-[...33 lines deleted...]
-    <r>
       <t>„</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Kalkulačka výdajů a příjmů veřejných zdravotních pojišťoven</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">“ (viz následující list) je nástrojem, který umožňuje rámcově simulovat fiskální dopady změn v nastavení hlavních parametrů výdajových a příjmových položek veřejných zdravotních pojišťoven v České republice. Jeho účelem je přispět k racionalizaci debaty ohledně nastavení výše výdajů a příjmů veřejných pojišťoven, kterou vysoké deficity veřejných financí pravděpodobně vyvolají. </t>
     </r>
   </si>
   <si>
     <t>Podstatou nástroje je možnost upravovat rozsah jednotlivých položek výdajů a příjmů veřejných zdravotních pojišťoven, přičemž výchozími daty jsou hodnoty výdajů z návrhů zdravotně pojistných plánů zdravotních pojišťoven na rok 2025. Názvy jednotlivých výdajových a příjmových titulů jsou ve sloupci B a jejich hodnota pro rok 2025 v mld. Kč ve sloupci C. Návrh alternativního rozpočtu je možné připravit prostřednictvím úpravy parametrů, které jsou specifikovány ve sloupcích J a L. V buňce J46 lze specifikovat počet zaměstnanců zdravotních pojišťoven, dále je ve sloupci J možné specifikovat sazbu zdravotního pojištění. Ve sloupci L lze specifikovat průměrný výdaj na jednoho pojištěnce pro danou výdajovou položku a v buňce L46 lze specifikovat průměrnou mzdu zaměstnance zdravotních pojišťoven. Dále lze ve sloupci L specifikovat vyměřovací základ na zdravotní pojištění.</t>
   </si>
@@ -3053,100 +2967,157 @@
     <t xml:space="preserve">Data ve sloupci N specifikují navýšení, nebo úsporu, proti schválenému rozpočtu pro rok 2025. </t>
   </si>
   <si>
     <t>Konečně v buňce M64 je vypočteno saldo alternativního rozpočtu veřejných zdravotních pojišťoven.</t>
   </si>
   <si>
     <t xml:space="preserve">Zdrojová data za rok 2025 jsou převzata ze zdravotně-pojistných plánů zdravotních pojišťoven pro rok 2025 [1]. Výdaje za zdravotní služby vycházejí z tabulkové přílohy Hodnocení předpokládaného vývoje systému veřejného zdravotního pojištění na základě návrhů zdravotně pojistných plánů zdravotních pojišťoven na rok 2025 zpp_2025_vláda_t4,t4a,t4b,t4c (tabulka č. 4). Avšak tabulka č. 4 v textovém dokumentu tohoto materiálu uvádí jiný agregovaný údaj. Místo 526,0 mld. Kč uvádí hodnotu 526,4 mld. Kč, tedy o 0,4 mld. Kč vyšší. Z tohoto důvodu jsme v kalkulačce navýšili položku ostatní výdaje na zdravotní služby o 0,4 mld. Kč, aby agregovaný údaj a saldo subsektoru byly v souladu s textovým dokumentem.             </t>
   </si>
   <si>
     <t>Aktuální hodnoty vybraných parametrů (jako například počty zaměstnanců) jsou buď převzaty z relevantních dokumentů [1], nebo jsou dopočteny (jako například průměrné mzdy zaměstnanců zdravotních pojišťoven). Vzhledem k tomu, že v některých případech nejsou k dispozici aktuální data, mohou být skutečné hodnoty mírně odlišné.</t>
   </si>
   <si>
     <t>Levá část nástroje (sloupce C až G) obsahuje informace o parametrech a jednotlivých výdajových titulech v roce 2025. V podbarvených buňkách ve sloupcích J a L je možné měnit vybrané parametry jednotlivých výdajových a příjmových titulů. Nástroj následně vypočte výši výdajů pro alternativní znění rozpočtu (buňka M52), změnu výdajů proti schválenému rozpočtu pro rok 2025 (buňka N52), výši příjmů pro alternativní znění rozpočtu (buňka M62), změnu příjmů proti schválenému rozpočtu pro rok 2025 (buňka N62) a saldo rozpočtu u alternativního znění rozpočtu (buňka M64).</t>
   </si>
   <si>
     <t>[1]  Návrhy zdravotně pojistných plánů zdravotních pojišťoven na rok 2025.</t>
   </si>
   <si>
     <t>[1] https://www.mfcr.cz/cs/rozpoctova-politika/makroekonomika/fiskalni-vyhled/2024/fiskalni-vyhled-cr-listopad-2024-57688, https://www.mfcr.cz/cs/rozpoctova-politika/makroekonomika/vybor-pro-rozpoctove-prognozy/jednani-vyboru-pro-rozpoctove-prognozy.</t>
   </si>
   <si>
     <t>[2] https://www.czso.cz/csu/czso/statistiky.</t>
   </si>
   <si>
     <t>[1] https://portal.statnipokladna.cz/.</t>
+  </si>
+  <si>
+    <t>a) Komentář ke kalkulačce výdajů krajů a obcí</t>
+  </si>
+  <si>
+    <t>Komentář ke kalkulačce výdajů krajů a obcí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Podstatou nástroje je možnost upravovat rozsah jednotlivých položek výdajové strany krajů a obcí, přičemž výchozími daty jsou hodnoty výdajů pro skutečnost za rok 2024. Názvy jednotlivých výdajových titulů jsou ve sloupci B a jejich hodnota pro rok 2024 v mld. Kč ve sloupci C. Návrh alternativního rozpočtu je možné připravit prostřednictvím úpravy parametrů, které jsou specifikovány ve sloupcích J a L. Ve většině výdajových položek je aplikována přírůstková (inkrementální) metoda, kdy je možné zadat procentuální změnu. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data ve sloupci N specifikují navýšení, nebo úsporu, proti roku 2024. </t>
+  </si>
+  <si>
+    <t>Zdrojová data za rok 2024 jsou převzata ze systému Portál státní pokladny [1] a vychází z druhového členění výdajů krajů a obcí. Data pro rok 2025 v době tvorby této kalkulačky nebyla k dispozici.</t>
+  </si>
+  <si>
+    <t>Kalkulačka výdajů krajů (2024)</t>
+  </si>
+  <si>
+    <t>Kalkulačka výdajů obcí (2024)</t>
+  </si>
+  <si>
+    <t>počet úvazků (2022):</t>
+  </si>
+  <si>
+    <t>průměrný plat:</t>
+  </si>
+  <si>
+    <t>Neivestiční nákupy</t>
+  </si>
+  <si>
+    <t>Základní umělecké , jazykové a zájmové vzdělávání</t>
+  </si>
+  <si>
+    <t>Invetiční nákupy</t>
+  </si>
+  <si>
+    <t>Příjmy v roce 2024</t>
+  </si>
+  <si>
+    <t>Saldo v roce 2024</t>
+  </si>
+  <si>
+    <t>Saldo hospodaření v roce 2024 dle alternativního návrhu</t>
+  </si>
+  <si>
+    <t>Konečně v buňce M105 (ve výdajové kalkulačce krajů) a v buňce M124 (ve výdajové kalkulačce obcí) je vypočteno saldo alternativního rozpočtu, pokud by byly jeho příjmy ve výši roku 2024.</t>
+  </si>
+  <si>
+    <t>Levá část nástroje (sloupec C) obsahuje informace o parametrech a jednotlivých výdajových titulech v roce 2024. V podbarvených buňkách ve sloupcích J a L je možné měnit vybrané parametry jednotlivých výdajových titulů. Nástroj následně vypočte výši výdajů pro alternativní znění rozpočtu (buňky M99 a M118), změnu výdajů proti výsledku hodpodaření v roce 2024 (buňky N99 a N118) a saldo rozpočtu krajů a obcí při stejné výši příjmů jako v roce 2024 (buňky M105 a M124).</t>
+  </si>
+  <si>
+    <t>počet úvazků:</t>
+  </si>
+  <si>
+    <t>počet zastupitelů (2022):</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="41">
     <numFmt numFmtId="5" formatCode="#,##0\ &quot;Kč&quot;;\-#,##0\ &quot;Kč&quot;"/>
     <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;Kč&quot;_-;\-* #,##0\ &quot;Kč&quot;_-;_-* &quot;-&quot;\ &quot;Kč&quot;_-;_-@_-"/>
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;Kč&quot;_-;\-* #,##0.00\ &quot;Kč&quot;_-;_-* &quot;-&quot;??\ &quot;Kč&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0\ _K_č_-;\-* #,##0\ _K_č_-;_-* &quot;-&quot;\ _K_č_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ _K_č_-;\-* #,##0.00\ _K_č_-;_-* &quot;-&quot;??\ _K_č_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
     <numFmt numFmtId="168" formatCode="General_)"/>
     <numFmt numFmtId="169" formatCode="0.0_)"/>
     <numFmt numFmtId="170" formatCode="m\o\n\th\ d\,\ \y\y\y\y"/>
     <numFmt numFmtId="171" formatCode="&quot;$&quot;#,##0\ ;\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="172" formatCode="\$#,##0\ ;\(\$#,##0\)"/>
     <numFmt numFmtId="173" formatCode="0.0%"/>
     <numFmt numFmtId="174" formatCode="@*."/>
     <numFmt numFmtId="175" formatCode="_ @*."/>
     <numFmt numFmtId="176" formatCode="__@*."/>
     <numFmt numFmtId="177" formatCode="___ @*."/>
     <numFmt numFmtId="178" formatCode="#,##0_K"/>
     <numFmt numFmtId="179" formatCode="#,##0.0\ &quot;Kč&quot;"/>
     <numFmt numFmtId="180" formatCode="#,##0\ &quot;Kč&quot;"/>
     <numFmt numFmtId="181" formatCode="#,##0.000000000"/>
     <numFmt numFmtId="182" formatCode="0.000000000000"/>
     <numFmt numFmtId="183" formatCode="#,##0.00000"/>
     <numFmt numFmtId="184" formatCode="0.000000000%"/>
     <numFmt numFmtId="185" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="186" formatCode="#,##0.00\ &quot;Kč&quot;"/>
     <numFmt numFmtId="187" formatCode="0.0"/>
     <numFmt numFmtId="188" formatCode="#,##0.0000"/>
     <numFmt numFmtId="189" formatCode="#,##0.0000000000"/>
     <numFmt numFmtId="190" formatCode="#,##0.00000000"/>
     <numFmt numFmtId="191" formatCode="#,##0.0000000"/>
     <numFmt numFmtId="192" formatCode="_-* #,##0.0\ _K_č_-;\-* #,##0.0\ _K_č_-;_-* &quot;-&quot;?\ _K_č_-;_-@_-"/>
     <numFmt numFmtId="193" formatCode="#,##0.000000"/>
     <numFmt numFmtId="194" formatCode="#,##0.00000000000"/>
     <numFmt numFmtId="195" formatCode="_-* #,##0.0000\ _K_č_-;\-* #,##0.0000\ _K_č_-;_-* &quot;-&quot;?\ _K_č_-;_-@_-"/>
     <numFmt numFmtId="196" formatCode="#,##0.00000000000000"/>
     <numFmt numFmtId="197" formatCode="#,##0.000"/>
     <numFmt numFmtId="198" formatCode="0.0000000000"/>
     <numFmt numFmtId="199" formatCode="0.00000"/>
   </numFmts>
-  <fonts count="115" x14ac:knownFonts="1">
+  <fonts count="112" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -3824,58 +3795,50 @@
     <font>
       <b/>
       <sz val="26"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
-      <sz val="18"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="4"/>
       <name val="Arial"/>
@@ -3893,69 +3856,53 @@
       <b/>
       <sz val="12"/>
       <color theme="5" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <u/>
-[...6 lines deleted...]
-    <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="2" tint="-0.749992370372631"/>
-      <name val="Arial"/>
-[...6 lines deleted...]
-      <sz val="26"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="59">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -4295,51 +4242,51 @@
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color rgb="FF7030A0"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <gradientFill>
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color theme="4"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="106">
+  <borders count="110">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color auto="1"/>
       </top>
       <bottom/>
@@ -4898,63 +4845,50 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
@@ -5028,169 +4962,97 @@
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
-[...57 lines deleted...]
-      <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -5538,50 +5400,179 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="317">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="41" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="42" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -6066,51 +6057,51 @@
     <xf numFmtId="14" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="2" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="178" fontId="74" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="24" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="75" fillId="41" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="76" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="42" borderId="17" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="705">
+  <cellXfs count="719">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="9" fontId="21" fillId="43" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="173" fontId="21" fillId="43" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="9" fontId="20" fillId="43" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="9" fontId="21" fillId="2" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="9" fontId="21" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="179" fontId="21" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
@@ -6926,100 +6917,92 @@
     </xf>
     <xf numFmtId="3" fontId="83" fillId="43" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="83" fillId="43" borderId="42" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="83" fillId="43" borderId="6" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="83" fillId="43" borderId="50" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="45" borderId="43" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="45" borderId="6" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="83" fillId="43" borderId="51" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="84" fillId="46" borderId="16" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="46" borderId="41" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="83" fillId="46" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="46" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="46" borderId="42" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="83" fillId="46" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="83" fillId="46" borderId="41" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="46" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="46" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="46" borderId="42" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="46" borderId="6" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="43" borderId="15" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="43" borderId="39" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="43" borderId="38" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="43" borderId="37" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
@@ -7086,51 +7069,51 @@
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="49" borderId="0" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="93" fillId="47" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="49" borderId="4" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="93" fillId="50" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="48" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="94" fillId="48" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -7154,1061 +7137,865 @@
     <xf numFmtId="0" fontId="21" fillId="44" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="44" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="23" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="79" fillId="43" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="96" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="89" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="89" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="44" borderId="53" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="52" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="44" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="4" fontId="93" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="188" fontId="94" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="50" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="50" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="46" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="46" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="46" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="83" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="3" fontId="83" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="46" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="46" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="46" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="47" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="47" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="93" fillId="47" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="93" fillId="47" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="47" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="93" fillId="47" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="47" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="94" fillId="47" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="94" fillId="47" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="93" fillId="47" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="93" fillId="47" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="51" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="94" fillId="51" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="94" fillId="51" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="94" fillId="51" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="94" fillId="51" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="51" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="94" fillId="51" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="51" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="94" fillId="51" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="94" fillId="51" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="94" fillId="46" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="94" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="94" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="94" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="46" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="94" fillId="46" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="94" fillId="46" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="94" fillId="46" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="94" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="94" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="94" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="52" borderId="0" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="43" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="167" fontId="87" fillId="43" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="94" fillId="43" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="94" fillId="43" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="94" fillId="43" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="94" fillId="43" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="94" fillId="43" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="94" fillId="43" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="94" fillId="43" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="167" fontId="87" fillId="43" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="94" fillId="43" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...30 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="94" fillId="43" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="167" fontId="84" fillId="45" borderId="47" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="83" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="47" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="94" fillId="46" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="188" fontId="84" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="183" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="188" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="183" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="181" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="87" fillId="43" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="43" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="87" fillId="43" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="79" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="183" fontId="83" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="188" fontId="83" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="102" fillId="0" borderId="37" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...27 lines deleted...]
-    <xf numFmtId="167" fontId="84" fillId="43" borderId="53" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="52" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="188" fontId="84" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="87" fillId="0" borderId="37" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="79" fillId="43" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="79" fillId="43" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="79" fillId="43" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="20" fillId="43" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="20" fillId="43" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="83" fillId="0" borderId="40" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="84" fillId="43" borderId="44" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="45" borderId="62" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="91" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="43" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="79" fillId="43" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="43" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="79" fillId="43" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="97" fillId="43" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="97" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="95" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="97" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="3" fontId="20" fillId="43" borderId="0" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="95" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="84" fillId="43" borderId="69" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="43" borderId="64" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="83" fillId="43" borderId="65" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="43" borderId="65" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="43" borderId="66" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="83" fillId="43" borderId="65" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="83" fillId="43" borderId="64" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="43" borderId="65" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="43" borderId="65" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="0" borderId="66" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="0" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="43" borderId="68" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="43" borderId="66" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="189" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="188" fontId="83" fillId="43" borderId="65" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...156 lines deleted...]
-    <xf numFmtId="167" fontId="83" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="196" fontId="83" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="188" fontId="83" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="188" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="83" fillId="45" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="45" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="45" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="45" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="45" borderId="80" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="45" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="190" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="190" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="83" fillId="45" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="197" fontId="83" fillId="46" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="43" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="194" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="194" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="181" fontId="83" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="181" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="194" fontId="83" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="194" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="183" fontId="83" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="183" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="43" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="190" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="190" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="191" fontId="83" fillId="43" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="191" fontId="83" fillId="43" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="183" fontId="83" fillId="45" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="183" fontId="83" fillId="45" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="83" fillId="46" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="198" fontId="83" fillId="46" borderId="4" xfId="316" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="84" fillId="0" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="84" fillId="0" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="95" fillId="43" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="95" fillId="43" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="79" fillId="43" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="79" fillId="43" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="3" fontId="106" fillId="43" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="105" fillId="43" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="85" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="78" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="106" fillId="43" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="106" fillId="43" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="107" fillId="43" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="107" fillId="43" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="107" fillId="43" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="108" fillId="43" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="106" fillId="43" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="108" fillId="43" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="43" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="105" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="173" fontId="88" fillId="43" borderId="79" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="79" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="107" fillId="43" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="167" fontId="106" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="78" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="173" fontId="88" fillId="43" borderId="86" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="22" fillId="43" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="86" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="85" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="105" fillId="43" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="22" fillId="43" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="105" fillId="43" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="106" fillId="43" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="4" fontId="106" fillId="43" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="105" fillId="43" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="179" fontId="21" fillId="43" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="5"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="106" fillId="43" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="105" fillId="43" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="179" fontId="21" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="20" fillId="43" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="79" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="79" fillId="43" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="19" fillId="43" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="92" fillId="43" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="43" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="109" fillId="43" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="108" fillId="43" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="92" fillId="43" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="19" fillId="43" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="173" fontId="21" fillId="43" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="107" fillId="43" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="106" fillId="43" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="88" fillId="43" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="43" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="43" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="92" fillId="43" borderId="90" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="92" fillId="43" borderId="83" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="173" fontId="20" fillId="43" borderId="90" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="173" fontId="20" fillId="43" borderId="83" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="88" fillId="43" borderId="90" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="88" fillId="43" borderId="83" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="89" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="82" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="173" fontId="21" fillId="2" borderId="91" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="173" fontId="21" fillId="2" borderId="84" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="88" fillId="43" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="88" fillId="43" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="107" fillId="43" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="106" fillId="43" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="88" fillId="43" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="88" fillId="43" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="5"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="22" fillId="43" borderId="44" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="86" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="86" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="19" fillId="43" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="19" fillId="43" borderId="86" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="21" fillId="43" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="21" fillId="43" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="21" fillId="43" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="22" fillId="43" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="22" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="81" fillId="43" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="81" fillId="43" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="81" fillId="43" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="81" fillId="43" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="43" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="43" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="110" fillId="43" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="109" fillId="43" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="185" fontId="88" fillId="43" borderId="0" xfId="316" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="89" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="1" fontId="88" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="197" fontId="88" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="80" fillId="43" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="6"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="185" fontId="88" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -8270,166 +8057,572 @@
     </xf>
     <xf numFmtId="0" fontId="81" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="81" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="81" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="88" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="81" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="81" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="81" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="97" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="48" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="94" fillId="48" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="43" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="43" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="47" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="93" fillId="47" borderId="94" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="93" fillId="47" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="93" fillId="47" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="43" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="93" fillId="47" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="83" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="94" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="167" fontId="94" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="93" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="93" fillId="47" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="93" fillId="47" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="84" fillId="43" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="112" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="110" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="114" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="90" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="111" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="95" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="0" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="47" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="47" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="50" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="50" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="93" fillId="47" borderId="94" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="94" fillId="47" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="0" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="47" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="49" borderId="96" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="94" fillId="47" borderId="97" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="93" fillId="47" borderId="98" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="94" fillId="47" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="93" fillId="47" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="93" fillId="47" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="94" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="97" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="93" fillId="58" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="93" fillId="58" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="50" borderId="92" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="0" borderId="92" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="0" borderId="96" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="50" borderId="36" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="50" borderId="0" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="50" borderId="96" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="50" borderId="96" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="0" borderId="33" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="43" borderId="33" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="93" fillId="43" borderId="0" xfId="14" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="86" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="37" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="38" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="101" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="102" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="104" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="102" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="0" borderId="104" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="105" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="20" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="0" borderId="40" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="104" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="188" fontId="83" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="45" borderId="106" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="194" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="108" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="45" borderId="106" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="45" borderId="108" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="190" fontId="83" fillId="45" borderId="107" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="0" borderId="102" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="104" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="102" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="103" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="16" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="87" fillId="43" borderId="41" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="42" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="41" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="4" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="42" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="6" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="15" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="37" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="86" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="86" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="84" fillId="43" borderId="86" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="86" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="43" borderId="86" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="87" fillId="0" borderId="38" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="84" fillId="43" borderId="109" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="87" fillId="0" borderId="41" xfId="303" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="20" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="83" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="40" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="83" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="90" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="90" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="105" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="101" fillId="57" borderId="65" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="104" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="101" fillId="57" borderId="63" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="57" borderId="64" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="103" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="102" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="101" fillId="56" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="56" borderId="42" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="55" borderId="0" xfId="9" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="101" fillId="55" borderId="40" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="54" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="54" borderId="42" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="53" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="53" borderId="42" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="57" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="57" borderId="42" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="101" fillId="56" borderId="65" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="101" fillId="56" borderId="66" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="56" borderId="63" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="56" borderId="64" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="55" borderId="4" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="101" fillId="55" borderId="42" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="101" fillId="55" borderId="65" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="101" fillId="53" borderId="66" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="55" borderId="63" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="55" borderId="64" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="54" borderId="63" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="54" borderId="64" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="53" borderId="63" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="101" fillId="53" borderId="64" xfId="9" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="98" fillId="43" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="44" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="44" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="44" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="44" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="44" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="44" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -8449,285 +8642,139 @@
     </xf>
     <xf numFmtId="167" fontId="99" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="44" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="84" fillId="44" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="44" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="44" borderId="13" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="44" borderId="46" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="4" fontId="84" fillId="44" borderId="14" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="84" fillId="44" borderId="44" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="35" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="33" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="84" fillId="44" borderId="34" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="44" borderId="13" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="88" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="84" fillId="44" borderId="14" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="87" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="99" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="84" fillId="44" borderId="100" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="85" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="99" fillId="43" borderId="0" xfId="303" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="100" fillId="47" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="48" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="94" fillId="48" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="48" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="48" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="94" fillId="48" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="94" fillId="48" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="94" fillId="48" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="95" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...146 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="3" fontId="94" fillId="48" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="317">
     <cellStyle name="0_mezer" xfId="125" xr:uid="{526DE7DA-79B0-4CD8-ADD6-990D3AB8DC13}"/>
     <cellStyle name="0_mezer_Tabulky_FV" xfId="126" xr:uid="{4821F006-3945-443D-8559-6C6C99C03E20}"/>
     <cellStyle name="0_mezer_Tabulky_FV_web" xfId="127" xr:uid="{A43D7D7D-8605-4817-A9C0-EF74169CC11A}"/>
     <cellStyle name="1_mezera" xfId="128" xr:uid="{6E8F5E28-0C72-4010-9E4F-5777213F7F5D}"/>
     <cellStyle name="2_mezery" xfId="129" xr:uid="{CE766BD1-A1F6-4C80-B4BA-B4586CF71E44}"/>
     <cellStyle name="2_mezeryT" xfId="130" xr:uid="{A217BFB7-86B8-448D-8DA2-BC494402FA4B}"/>
     <cellStyle name="20 % – Zvýraznění1" xfId="131" xr:uid="{BFEA5602-E154-4128-879A-79F13E3CC21A}"/>
     <cellStyle name="20 % – Zvýraznění2" xfId="132" xr:uid="{A02D8070-D062-4547-8AE5-360885A1A379}"/>
     <cellStyle name="20 % – Zvýraznění3" xfId="133" xr:uid="{9E93BBAD-5D48-4240-A282-63F88D510C73}"/>
     <cellStyle name="20 % – Zvýraznění4" xfId="134" xr:uid="{49122AC2-E561-47E2-8E99-5A3DBF04308D}"/>
     <cellStyle name="20 % – Zvýraznění5" xfId="135" xr:uid="{426DFE85-F77E-488D-96BE-5C618E63861A}"/>
     <cellStyle name="20 % – Zvýraznění6" xfId="136" xr:uid="{1C3EB898-78F9-45C3-9F82-30E99E5CDFD0}"/>
     <cellStyle name="20% - Accent1" xfId="137" xr:uid="{D72BC9F8-1CC5-4379-915B-C25E8A90747B}"/>
     <cellStyle name="20% - Accent2" xfId="138" xr:uid="{FFE17989-7174-49DD-80E9-D71D32BD73C9}"/>
     <cellStyle name="20% - Accent3" xfId="139" xr:uid="{2D83DCEE-6E54-4D97-A789-FAD43411AE0D}"/>
     <cellStyle name="20% - Accent4" xfId="140" xr:uid="{1DEC240F-DD47-46F8-BD39-D3FA2A01B1B0}"/>
     <cellStyle name="20% - Accent5" xfId="141" xr:uid="{3F1F6F40-732B-4205-BF77-D8D6AF6901EC}"/>
     <cellStyle name="20% - Accent6" xfId="142" xr:uid="{89835DC8-61F9-4B69-B27D-39446E32324A}"/>
     <cellStyle name="3_mezery" xfId="143" xr:uid="{004A414F-9738-4CE7-8AF9-9F9970DD5277}"/>
     <cellStyle name="40 % – Zvýraznění1" xfId="144" xr:uid="{28D66F50-F0B3-46E1-B9C8-5EDEF7292DDC}"/>
     <cellStyle name="40 % – Zvýraznění1 2" xfId="308" xr:uid="{CACE9358-3AC1-4A08-A01E-70168DD0F91E}"/>
@@ -9899,58 +9946,58 @@
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="cs-CZ"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
@@ -11737,58 +11784,58 @@
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="cs-CZ"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr>
           <a:solidFill>
             <a:sysClr val="windowText" lastClr="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
@@ -13879,50 +13926,94 @@
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="468406" y="152400"/>
           <a:ext cx="3329940" cy="1805295"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>152401</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>318655</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>3448688</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>39051</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Obrázek 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D40E17-4455-4A59-9E8C-5C255C819751}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="429492" y="318655"/>
+          <a:ext cx="3296287" cy="1812432"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office 2013–2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 –⁠ 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -14232,6722 +14323,5559 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A2200AF-1F01-44DE-BF98-B0E4C58F20CA}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="C1:P34"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N30" sqref="N30"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A26" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E26" sqref="E26:K26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.140625" style="74" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="74" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="74" customWidth="1"/>
     <col min="4" max="4" width="3.28515625" style="74" customWidth="1"/>
     <col min="5" max="5" width="8.85546875" style="74" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" style="74" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="8" style="74" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="74" customWidth="1"/>
     <col min="9" max="10" width="8.85546875" style="74"/>
     <col min="11" max="11" width="13" style="74" customWidth="1"/>
     <col min="12" max="14" width="8.85546875" style="74"/>
     <col min="15" max="15" width="8.85546875" style="74" customWidth="1"/>
     <col min="16" max="16384" width="8.85546875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D1" s="607" t="s">
-[...10 lines deleted...]
-      <c r="P1" s="392"/>
+      <c r="D1" s="658" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="658"/>
+      <c r="F1" s="658"/>
+      <c r="G1" s="658"/>
+      <c r="H1" s="658"/>
+      <c r="I1" s="658"/>
+      <c r="J1" s="658"/>
+      <c r="K1" s="658"/>
+      <c r="O1" s="377"/>
+      <c r="P1" s="375"/>
     </row>
     <row r="2" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D2" s="607"/>
-[...8 lines deleted...]
-      <c r="P2" s="392"/>
+      <c r="D2" s="658"/>
+      <c r="E2" s="658"/>
+      <c r="F2" s="658"/>
+      <c r="G2" s="658"/>
+      <c r="H2" s="658"/>
+      <c r="I2" s="658"/>
+      <c r="J2" s="658"/>
+      <c r="K2" s="658"/>
+      <c r="O2" s="377"/>
+      <c r="P2" s="375"/>
     </row>
     <row r="3" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D3" s="607"/>
-[...8 lines deleted...]
-      <c r="P3" s="392"/>
+      <c r="D3" s="658"/>
+      <c r="E3" s="658"/>
+      <c r="F3" s="658"/>
+      <c r="G3" s="658"/>
+      <c r="H3" s="658"/>
+      <c r="I3" s="658"/>
+      <c r="J3" s="658"/>
+      <c r="K3" s="658"/>
+      <c r="O3" s="377"/>
+      <c r="P3" s="375"/>
     </row>
     <row r="4" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D4" s="607"/>
-[...8 lines deleted...]
-      <c r="P4" s="392"/>
+      <c r="D4" s="658"/>
+      <c r="E4" s="658"/>
+      <c r="F4" s="658"/>
+      <c r="G4" s="658"/>
+      <c r="H4" s="658"/>
+      <c r="I4" s="658"/>
+      <c r="J4" s="658"/>
+      <c r="K4" s="658"/>
+      <c r="O4" s="377"/>
+      <c r="P4" s="375"/>
     </row>
     <row r="5" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D5" s="607"/>
-[...8 lines deleted...]
-      <c r="P5" s="392"/>
+      <c r="D5" s="658"/>
+      <c r="E5" s="658"/>
+      <c r="F5" s="658"/>
+      <c r="G5" s="658"/>
+      <c r="H5" s="658"/>
+      <c r="I5" s="658"/>
+      <c r="J5" s="658"/>
+      <c r="K5" s="658"/>
+      <c r="O5" s="377"/>
+      <c r="P5" s="375"/>
     </row>
     <row r="6" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D6" s="607"/>
-[...8 lines deleted...]
-      <c r="P6" s="392"/>
+      <c r="D6" s="658"/>
+      <c r="E6" s="658"/>
+      <c r="F6" s="658"/>
+      <c r="G6" s="658"/>
+      <c r="H6" s="658"/>
+      <c r="I6" s="658"/>
+      <c r="J6" s="658"/>
+      <c r="K6" s="658"/>
+      <c r="O6" s="377"/>
+      <c r="P6" s="375"/>
     </row>
     <row r="7" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D7" s="607"/>
-[...8 lines deleted...]
-      <c r="P7" s="392"/>
+      <c r="D7" s="658"/>
+      <c r="E7" s="658"/>
+      <c r="F7" s="658"/>
+      <c r="G7" s="658"/>
+      <c r="H7" s="658"/>
+      <c r="I7" s="658"/>
+      <c r="J7" s="658"/>
+      <c r="K7" s="658"/>
+      <c r="O7" s="377"/>
+      <c r="P7" s="375"/>
     </row>
     <row r="8" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D8" s="607"/>
-[...8 lines deleted...]
-      <c r="P8" s="392"/>
+      <c r="D8" s="658"/>
+      <c r="E8" s="658"/>
+      <c r="F8" s="658"/>
+      <c r="G8" s="658"/>
+      <c r="H8" s="658"/>
+      <c r="I8" s="658"/>
+      <c r="J8" s="658"/>
+      <c r="K8" s="658"/>
+      <c r="O8" s="375"/>
+      <c r="P8" s="375"/>
     </row>
     <row r="9" spans="3:16" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D9" s="607"/>
-[...6 lines deleted...]
-      <c r="K9" s="607"/>
+      <c r="D9" s="658"/>
+      <c r="E9" s="658"/>
+      <c r="F9" s="658"/>
+      <c r="G9" s="658"/>
+      <c r="H9" s="658"/>
+      <c r="I9" s="658"/>
+      <c r="J9" s="658"/>
+      <c r="K9" s="658"/>
     </row>
     <row r="10" spans="3:16" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C10" s="388"/>
-[...7 lines deleted...]
-      <c r="K10" s="607"/>
+      <c r="C10" s="373"/>
+      <c r="D10" s="658"/>
+      <c r="E10" s="658"/>
+      <c r="F10" s="658"/>
+      <c r="G10" s="658"/>
+      <c r="H10" s="658"/>
+      <c r="I10" s="658"/>
+      <c r="J10" s="658"/>
+      <c r="K10" s="658"/>
     </row>
     <row r="11" spans="3:16" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C11" s="388"/>
-      <c r="D11" s="608" t="s">
+      <c r="C11" s="373"/>
+      <c r="D11" s="659" t="s">
         <v>1</v>
       </c>
-      <c r="E11" s="608"/>
-[...5 lines deleted...]
-      <c r="K11" s="393"/>
+      <c r="E11" s="659"/>
+      <c r="F11" s="659"/>
+      <c r="G11" s="376"/>
+      <c r="H11" s="376"/>
+      <c r="I11" s="376"/>
+      <c r="J11" s="376"/>
+      <c r="K11" s="376"/>
     </row>
     <row r="12" spans="3:16" x14ac:dyDescent="0.2">
-      <c r="E12" s="348"/>
-[...5 lines deleted...]
-      <c r="K12" s="348"/>
+      <c r="E12" s="345"/>
+      <c r="F12" s="345"/>
+      <c r="G12" s="345"/>
+      <c r="H12" s="345"/>
+      <c r="I12" s="345"/>
+      <c r="J12" s="345"/>
+      <c r="K12" s="345"/>
     </row>
     <row r="13" spans="3:16" x14ac:dyDescent="0.2">
-      <c r="D13" s="601" t="s">
+      <c r="D13" s="652" t="s">
         <v>2</v>
       </c>
-      <c r="E13" s="605" t="s">
+      <c r="E13" s="656" t="s">
         <v>3</v>
       </c>
-      <c r="F13" s="605"/>
-[...4 lines deleted...]
-      <c r="K13" s="606"/>
+      <c r="F13" s="656"/>
+      <c r="G13" s="656"/>
+      <c r="H13" s="656"/>
+      <c r="I13" s="656"/>
+      <c r="J13" s="656"/>
+      <c r="K13" s="657"/>
     </row>
     <row r="14" spans="3:16" x14ac:dyDescent="0.2">
-      <c r="D14" s="602"/>
-      <c r="E14" s="617" t="s">
+      <c r="D14" s="653"/>
+      <c r="E14" s="668" t="s">
+        <v>356</v>
+      </c>
+      <c r="F14" s="668"/>
+      <c r="G14" s="668"/>
+      <c r="H14" s="668"/>
+      <c r="I14" s="668"/>
+      <c r="J14" s="668"/>
+      <c r="K14" s="669"/>
+    </row>
+    <row r="15" spans="3:16" x14ac:dyDescent="0.2">
+      <c r="E15" s="345"/>
+      <c r="F15" s="345"/>
+      <c r="G15" s="345"/>
+      <c r="H15" s="345"/>
+      <c r="I15" s="345"/>
+      <c r="J15" s="345"/>
+      <c r="K15" s="345"/>
+    </row>
+    <row r="16" spans="3:16" x14ac:dyDescent="0.2">
+      <c r="D16" s="652" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" s="678" t="s">
+        <v>5</v>
+      </c>
+      <c r="F16" s="678"/>
+      <c r="G16" s="678"/>
+      <c r="H16" s="678"/>
+      <c r="I16" s="678"/>
+      <c r="J16" s="678"/>
+      <c r="K16" s="679"/>
+    </row>
+    <row r="17" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D17" s="653"/>
+      <c r="E17" s="666" t="s">
+        <v>357</v>
+      </c>
+      <c r="F17" s="666"/>
+      <c r="G17" s="666"/>
+      <c r="H17" s="666"/>
+      <c r="I17" s="666"/>
+      <c r="J17" s="666"/>
+      <c r="K17" s="667"/>
+    </row>
+    <row r="18" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="E18" s="345"/>
+      <c r="F18" s="345"/>
+      <c r="G18" s="345"/>
+      <c r="H18" s="345"/>
+      <c r="I18" s="345"/>
+      <c r="J18" s="345"/>
+      <c r="K18" s="345"/>
+    </row>
+    <row r="19" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D19" s="652" t="s">
+        <v>6</v>
+      </c>
+      <c r="E19" s="676" t="s">
+        <v>7</v>
+      </c>
+      <c r="F19" s="676"/>
+      <c r="G19" s="676"/>
+      <c r="H19" s="676"/>
+      <c r="I19" s="676"/>
+      <c r="J19" s="676"/>
+      <c r="K19" s="677"/>
+    </row>
+    <row r="20" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D20" s="653"/>
+      <c r="E20" s="664" t="s">
+        <v>358</v>
+      </c>
+      <c r="F20" s="664"/>
+      <c r="G20" s="664"/>
+      <c r="H20" s="664"/>
+      <c r="I20" s="664"/>
+      <c r="J20" s="664"/>
+      <c r="K20" s="665"/>
+    </row>
+    <row r="21" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="E21" s="345"/>
+      <c r="F21" s="345"/>
+      <c r="G21" s="345"/>
+      <c r="H21" s="345"/>
+      <c r="I21" s="345"/>
+      <c r="J21" s="345"/>
+      <c r="K21" s="345"/>
+    </row>
+    <row r="22" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D22" s="652" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" s="674" t="s">
+        <v>472</v>
+      </c>
+      <c r="F22" s="674"/>
+      <c r="G22" s="674"/>
+      <c r="H22" s="674"/>
+      <c r="I22" s="674"/>
+      <c r="J22" s="674"/>
+      <c r="K22" s="675"/>
+    </row>
+    <row r="23" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D23" s="654"/>
+      <c r="E23" s="662" t="s">
+        <v>359</v>
+      </c>
+      <c r="F23" s="662"/>
+      <c r="G23" s="662"/>
+      <c r="H23" s="662"/>
+      <c r="I23" s="662"/>
+      <c r="J23" s="662"/>
+      <c r="K23" s="663"/>
+    </row>
+    <row r="24" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D24" s="653"/>
+      <c r="E24" s="672" t="s">
+        <v>360</v>
+      </c>
+      <c r="F24" s="672"/>
+      <c r="G24" s="672"/>
+      <c r="H24" s="672"/>
+      <c r="I24" s="672"/>
+      <c r="J24" s="672"/>
+      <c r="K24" s="673"/>
+    </row>
+    <row r="25" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="E25" s="345"/>
+      <c r="F25" s="345"/>
+      <c r="G25" s="345"/>
+      <c r="H25" s="345"/>
+      <c r="I25" s="345"/>
+      <c r="J25" s="345"/>
+      <c r="K25" s="345"/>
+    </row>
+    <row r="26" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D26" s="652" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" s="670" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="670"/>
+      <c r="G26" s="670"/>
+      <c r="H26" s="670"/>
+      <c r="I26" s="670"/>
+      <c r="J26" s="670"/>
+      <c r="K26" s="671"/>
+    </row>
+    <row r="27" spans="4:12" x14ac:dyDescent="0.2">
+      <c r="D27" s="653"/>
+      <c r="E27" s="660" t="s">
+        <v>361</v>
+      </c>
+      <c r="F27" s="660"/>
+      <c r="G27" s="660"/>
+      <c r="H27" s="660"/>
+      <c r="I27" s="660"/>
+      <c r="J27" s="660"/>
+      <c r="K27" s="661"/>
+    </row>
+    <row r="29" spans="4:12" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D29" s="388" t="s">
+        <v>363</v>
+      </c>
+      <c r="E29" s="655" t="s">
+        <v>364</v>
+      </c>
+      <c r="F29" s="655"/>
+      <c r="G29" s="655"/>
+      <c r="H29" s="655"/>
+      <c r="I29" s="655"/>
+      <c r="J29" s="655"/>
+      <c r="K29" s="655"/>
+      <c r="L29" s="387"/>
+    </row>
+    <row r="30" spans="4:12" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D30" s="388"/>
+      <c r="E30" s="655"/>
+      <c r="F30" s="655"/>
+      <c r="G30" s="655"/>
+      <c r="H30" s="655"/>
+      <c r="I30" s="655"/>
+      <c r="J30" s="655"/>
+      <c r="K30" s="655"/>
+      <c r="L30" s="387"/>
+    </row>
+    <row r="31" spans="4:12" ht="25.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D31" s="390" t="s">
+        <v>362</v>
+      </c>
+      <c r="E31" s="655" t="s">
         <v>371</v>
       </c>
-      <c r="F14" s="617"/>
-[...196 lines deleted...]
-      <c r="K31" s="604"/>
+      <c r="F31" s="655"/>
+      <c r="G31" s="655"/>
+      <c r="H31" s="655"/>
+      <c r="I31" s="655"/>
+      <c r="J31" s="655"/>
+      <c r="K31" s="655"/>
     </row>
     <row r="32" spans="4:12" ht="20.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D32" s="599">
-[...10 lines deleted...]
-      <c r="K32" s="604"/>
+      <c r="D32" s="548"/>
+      <c r="E32" s="655"/>
+      <c r="F32" s="655"/>
+      <c r="G32" s="655"/>
+      <c r="H32" s="655"/>
+      <c r="I32" s="655"/>
+      <c r="J32" s="655"/>
+      <c r="K32" s="655"/>
     </row>
     <row r="33" spans="5:11" x14ac:dyDescent="0.2">
-      <c r="E33" s="604"/>
-[...5 lines deleted...]
-      <c r="K33" s="604"/>
+      <c r="E33" s="655"/>
+      <c r="F33" s="655"/>
+      <c r="G33" s="655"/>
+      <c r="H33" s="655"/>
+      <c r="I33" s="655"/>
+      <c r="J33" s="655"/>
+      <c r="K33" s="655"/>
     </row>
     <row r="34" spans="5:11" x14ac:dyDescent="0.2">
-      <c r="E34" s="604"/>
-[...5 lines deleted...]
-      <c r="K34" s="604"/>
+      <c r="E34" s="655"/>
+      <c r="F34" s="655"/>
+      <c r="G34" s="655"/>
+      <c r="H34" s="655"/>
+      <c r="I34" s="655"/>
+      <c r="J34" s="655"/>
+      <c r="K34" s="655"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="M5OIVBH6zpgniWD0S6dnnNtWGlHZxg6n3WR0o4/WWwOM9iFJQYANXHRgxJMP84MS6d+PZKM6di+Pj0btRs0+Ug==" saltValue="qTiLzd5Nt/IbICOVpo8WZQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="crqyxu8+zIyV29B+4hX5J5IUiEU3qFVbYKcSJJmvXPoXLaUj/hPpHcu2v4yumq2kKeuQNlE3U8zNljztIgfdcA==" saltValue="ORW/i1K72ddc87Fk+me5qA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
     <mergeCell ref="E32:K34"/>
     <mergeCell ref="E13:K13"/>
     <mergeCell ref="E31:K31"/>
     <mergeCell ref="E29:K30"/>
     <mergeCell ref="D1:K10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="E27:K27"/>
     <mergeCell ref="E23:K23"/>
     <mergeCell ref="E20:K20"/>
     <mergeCell ref="E17:K17"/>
     <mergeCell ref="E14:K14"/>
     <mergeCell ref="E26:K26"/>
     <mergeCell ref="E24:K24"/>
     <mergeCell ref="E22:K22"/>
     <mergeCell ref="E19:K19"/>
     <mergeCell ref="E16:K16"/>
     <mergeCell ref="D13:D14"/>
     <mergeCell ref="D16:D17"/>
     <mergeCell ref="D19:D20"/>
     <mergeCell ref="D22:D24"/>
     <mergeCell ref="D26:D27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E13:K13" location="'1a) Komentář - veřejné příjmy'!A1" display="a) Komentář ke kalkulačce veřejných příjmů" xr:uid="{0F64842E-93C8-42EB-9E26-9F65B12126B7}"/>
     <hyperlink ref="E14:K14" location="'1b) Kalkulačka - veřejné příjmy'!A1" display="b) Kalkulačka veřejných příjmů" xr:uid="{4FE262B6-092A-4183-9C90-08A0818E01C3}"/>
     <hyperlink ref="E16:K16" location="'2a) Komentář - výdaje SR '!A1" display="a) Komentář ve kalkulačce výdajů státního rozpočtu" xr:uid="{9D2A6894-EE9C-453A-A7D8-AFF022D48526}"/>
     <hyperlink ref="E17:K17" location="'2b) Kalkulačka - výdaje SR'!A1" display="b) Kalkulačka výdajů státního rozpočtu" xr:uid="{20969863-45FA-4E5F-8237-A82B470E6602}"/>
     <hyperlink ref="E19:K19" location="'3a) Komentář - státní fondy'!A1" display="a) Komentář ke kalkulačce výdajů státních fondů" xr:uid="{CDB88BB7-2055-4369-9FCA-2AB2ABECE4B5}"/>
     <hyperlink ref="E20:K20" location="'3b) Kalkulačka - státní fondy'!A1" display="b) Kalkulačka výdajů státních fondů" xr:uid="{BF0F2305-A989-48E2-900F-C549B7F255B7}"/>
     <hyperlink ref="E22:K22" location="'4a) Komentář - kraje a obce'!A1" display="a) Komentář ke kalkulačce výdajů krajů a obcí" xr:uid="{611D5D8E-7D54-4460-A2CE-FEC356F225DA}"/>
     <hyperlink ref="E23:K23" location="'4b) Kalkulačka - výdaje krajů'!A1" display="b) Kalkulačka výdajů krajů" xr:uid="{5F087676-F794-4D04-B6CB-4AA5FFCCB5B5}"/>
     <hyperlink ref="E24:K24" location="'4c) Kalkulačka - výdaje obcí'!A1" display="c) Kalkulačka výdajů obcí" xr:uid="{97B19467-D86D-47E4-A95E-4DE313C2E5CC}"/>
     <hyperlink ref="E26:K26" location="'5a) Komentář - zdr. poj.'!A1" display="a) Komentáře ke kalkulačce pro veřejné zdravotní pojišťovny" xr:uid="{46D2F37A-7A8E-4C7A-B3B0-D8B3855BC34D}"/>
     <hyperlink ref="E27:K27" location="'5b) Kalkulačka - zdr. poj.'!A1" display="b) Kalkulačka výdajů a příjmů veřejných zdravotních pojišťoven" xr:uid="{3C14F2CC-A896-4F89-96FD-E4A55529170C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E0EADE4-3F74-4031-8C62-1E2FA34BD3D1}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AA410"/>
+  <dimension ref="B1:N124"/>
   <sheetViews>
     <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="N8" sqref="N8"/>
+      <selection activeCell="L41" sqref="L41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="189" customWidth="1"/>
     <col min="2" max="2" width="117" style="189" customWidth="1"/>
     <col min="3" max="3" width="24.140625" style="196" customWidth="1"/>
-    <col min="4" max="4" width="26.5703125" style="193" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="20.7109375" style="440" customWidth="1"/>
+    <col min="4" max="4" width="27.7109375" style="193" customWidth="1"/>
+    <col min="5" max="5" width="16" style="192" customWidth="1"/>
+    <col min="6" max="6" width="23" style="193" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" style="192" customWidth="1"/>
+    <col min="8" max="8" width="7.42578125" style="189" customWidth="1"/>
+    <col min="9" max="9" width="33.85546875" style="193" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="194" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" style="195" customWidth="1"/>
-    <col min="12" max="12" width="20.7109375" style="439" customWidth="1"/>
+    <col min="12" max="12" width="20.7109375" style="192" customWidth="1"/>
     <col min="13" max="13" width="20.7109375" style="196" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="20.5703125" style="197" customWidth="1"/>
+    <col min="14" max="14" width="18" style="197" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="18.42578125" style="189" customWidth="1"/>
     <col min="16" max="16" width="63.28515625" style="189" customWidth="1"/>
-    <col min="17" max="27" width="9.140625" style="189"/>
-    <col min="28" max="16384" width="9.140625" style="437"/>
+    <col min="17" max="16384" width="9.140625" style="189"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="165" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="658" t="s">
-[...13 lines deleted...]
-      <c r="N1" s="658"/>
+      <c r="C1" s="710" t="s">
+        <v>478</v>
+      </c>
+      <c r="D1" s="710"/>
+      <c r="E1" s="710"/>
+      <c r="F1" s="710"/>
+      <c r="G1" s="710"/>
+      <c r="H1" s="710"/>
+      <c r="I1" s="710"/>
+      <c r="J1" s="710"/>
+      <c r="K1" s="710"/>
+      <c r="L1" s="710"/>
+      <c r="M1" s="710"/>
+      <c r="N1" s="710"/>
     </row>
     <row r="2" spans="2:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C2" s="190"/>
       <c r="D2" s="191"/>
-      <c r="J2" s="194"/>
-      <c r="L2" s="192"/>
     </row>
     <row r="3" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="650" t="s">
+      <c r="B3" s="701" t="s">
         <v>99</v>
       </c>
-      <c r="C3" s="652" t="s">
-[...5 lines deleted...]
-      <c r="G3" s="654"/>
+      <c r="C3" s="703" t="s">
+        <v>384</v>
+      </c>
+      <c r="D3" s="704"/>
+      <c r="E3" s="704"/>
+      <c r="F3" s="704"/>
+      <c r="G3" s="705"/>
       <c r="H3" s="198"/>
-      <c r="I3" s="652" t="s">
+      <c r="I3" s="706" t="s">
         <v>100</v>
       </c>
-      <c r="J3" s="653"/>
-[...3 lines deleted...]
-      <c r="N3" s="655" t="s">
+      <c r="J3" s="704"/>
+      <c r="K3" s="704"/>
+      <c r="L3" s="704"/>
+      <c r="M3" s="707"/>
+      <c r="N3" s="708" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="4" spans="2:14" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="651"/>
+      <c r="B4" s="702"/>
       <c r="C4" s="199" t="s">
         <v>102</v>
       </c>
-      <c r="D4" s="289" t="s">
+      <c r="D4" s="588" t="s">
         <v>103</v>
       </c>
-      <c r="E4" s="289" t="s">
+      <c r="E4" s="588" t="s">
         <v>104</v>
       </c>
-      <c r="F4" s="289" t="s">
+      <c r="F4" s="588" t="s">
         <v>105</v>
       </c>
-      <c r="G4" s="288" t="s">
+      <c r="G4" s="286" t="s">
         <v>106</v>
       </c>
-      <c r="H4" s="289"/>
-      <c r="I4" s="199" t="s">
+      <c r="H4" s="588"/>
+      <c r="I4" s="589" t="s">
         <v>103</v>
       </c>
-      <c r="J4" s="289" t="s">
+      <c r="J4" s="588" t="s">
         <v>104</v>
       </c>
-      <c r="K4" s="289" t="s">
+      <c r="K4" s="588" t="s">
         <v>105</v>
       </c>
-      <c r="L4" s="289" t="s">
+      <c r="L4" s="588" t="s">
         <v>106</v>
       </c>
-      <c r="M4" s="288" t="s">
+      <c r="M4" s="590" t="s">
         <v>102</v>
       </c>
-      <c r="N4" s="656"/>
+      <c r="N4" s="709"/>
     </row>
     <row r="5" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="404" t="s">
+      <c r="B5" s="591" t="s">
         <v>107</v>
       </c>
-      <c r="C5" s="405">
+      <c r="C5" s="592">
         <f>SUM(C6:C10)</f>
-        <v>66.08250855304</v>
-[...10 lines deleted...]
-      <c r="M5" s="413">
+        <v>70.53300614278001</v>
+      </c>
+      <c r="D5" s="593"/>
+      <c r="E5" s="594"/>
+      <c r="F5" s="593"/>
+      <c r="G5" s="595"/>
+      <c r="H5" s="596"/>
+      <c r="I5" s="597"/>
+      <c r="J5" s="598"/>
+      <c r="K5" s="599"/>
+      <c r="L5" s="594"/>
+      <c r="M5" s="600">
         <f>SUM(M6:M10)</f>
-        <v>66.082508553040014</v>
-[...1 lines deleted...]
-      <c r="N5" s="414">
+        <v>70.53300614278001</v>
+      </c>
+      <c r="N5" s="601">
         <f t="shared" ref="N5:N41" si="0">M5-C5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B6" s="200" t="s">
         <v>108</v>
       </c>
       <c r="C6" s="201">
-        <v>39.857166536069997</v>
-[...4 lines deleted...]
-      <c r="E6" s="195">
+        <v>42.34786536</v>
+      </c>
+      <c r="D6" s="648" t="s">
+        <v>479</v>
+      </c>
+      <c r="E6" s="647">
         <f>78029-6646</f>
         <v>71383</v>
       </c>
-      <c r="F6" s="192" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="206">
+      <c r="F6" s="651" t="s">
+        <v>480</v>
+      </c>
+      <c r="G6" s="650">
         <f>IFERROR(C6*1000000000/E6/12,"")</f>
-        <v>46529.713582680757</v>
+        <v>49437.383970973482</v>
       </c>
       <c r="I6" s="202" t="s">
-        <v>268</v>
+        <v>489</v>
       </c>
       <c r="J6" s="203">
-        <f>E6</f>
         <v>71383</v>
       </c>
-      <c r="K6" s="192" t="s">
-        <v>110</v>
+      <c r="K6" s="195" t="s">
+        <v>480</v>
       </c>
       <c r="L6" s="203">
-        <f>G6</f>
-        <v>46529.713582680757</v>
+        <v>49437.383970973482</v>
       </c>
       <c r="M6" s="204">
         <f>J6*L6*12/1000000000</f>
-        <v>39.857166536070004</v>
+        <v>42.34786536</v>
       </c>
       <c r="N6" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="350" t="s">
-        <v>299</v>
+      <c r="B7" s="200" t="s">
+        <v>286</v>
       </c>
       <c r="C7" s="201">
-        <v>3.0259436271500002</v>
-[...4 lines deleted...]
-      <c r="G7" s="206"/>
+        <v>3.3358793279799999</v>
+      </c>
+      <c r="D7" s="649"/>
+      <c r="E7" s="647"/>
+      <c r="F7" s="651"/>
+      <c r="G7" s="650"/>
       <c r="I7" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J7" s="203">
         <v>0</v>
       </c>
-      <c r="K7" s="192"/>
-      <c r="L7" s="192"/>
       <c r="M7" s="204">
         <f>C7+J7/100*C7</f>
-        <v>3.0259436271500002</v>
+        <v>3.3358793279799999</v>
       </c>
       <c r="N7" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B8" s="200" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="C8" s="201">
-        <v>7.1316913219799991</v>
-[...4 lines deleted...]
-      <c r="E8" s="195">
+        <v>7.7592742538500001</v>
+      </c>
+      <c r="D8" s="648" t="s">
+        <v>490</v>
+      </c>
+      <c r="E8" s="647">
         <f>61796-675</f>
         <v>61121</v>
       </c>
-      <c r="F8" s="192" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="206">
+      <c r="F8" s="651" t="s">
+        <v>480</v>
+      </c>
+      <c r="G8" s="650">
         <f>IFERROR(C8*1000000000/E8/12,"")</f>
-        <v>9723.4601882331754</v>
+        <v>10579.116634558226</v>
       </c>
       <c r="I8" s="202" t="s">
-        <v>268</v>
+        <v>489</v>
       </c>
       <c r="J8" s="203">
-        <f>E8</f>
         <v>61121</v>
       </c>
-      <c r="K8" s="192" t="s">
-        <v>302</v>
+      <c r="K8" s="195" t="s">
+        <v>480</v>
       </c>
       <c r="L8" s="203">
-        <f>G8</f>
-        <v>9723.4601882331754</v>
+        <v>10579.116634558226</v>
       </c>
       <c r="M8" s="204">
         <f>J8*L8*12/1000000000</f>
-        <v>7.1316913219799991</v>
+        <v>7.7592742538500001</v>
       </c>
       <c r="N8" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B9" s="200" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C9" s="201">
-        <v>15.726247525789999</v>
-[...1 lines deleted...]
-      <c r="F9" s="192"/>
+        <v>16.68670430932</v>
+      </c>
+      <c r="F9" s="195"/>
       <c r="G9" s="206"/>
-      <c r="I9" s="202"/>
-[...4 lines deleted...]
-        <v>15.726247525790003</v>
+      <c r="I9" s="202" t="s">
+        <v>115</v>
+      </c>
+      <c r="J9" s="203">
+        <v>0</v>
+      </c>
+      <c r="M9" s="204">
+        <f t="shared" ref="M9" si="1">C9+J9/100*C9</f>
+        <v>16.68670430932</v>
       </c>
       <c r="N9" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B10" s="200" t="s">
         <v>117</v>
       </c>
       <c r="C10" s="201">
-        <v>0.34145954205000001</v>
+        <v>0.40328289162999997</v>
       </c>
       <c r="E10" s="196"/>
       <c r="G10" s="206"/>
       <c r="I10" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J10" s="203">
         <v>0</v>
       </c>
-      <c r="L10" s="192"/>
       <c r="M10" s="204">
         <f>C10+J10/100*C10</f>
-        <v>0.34145954205000001</v>
+        <v>0.40328289162999997</v>
       </c>
       <c r="N10" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="404" t="s">
+      <c r="B11" s="591" t="s">
         <v>118</v>
       </c>
-      <c r="C11" s="405">
+      <c r="C11" s="592">
         <f>SUM(C12:C41)</f>
-        <v>101.50059278409</v>
-[...10 lines deleted...]
-      <c r="M11" s="415">
+        <v>112.86828741780003</v>
+      </c>
+      <c r="D11" s="593"/>
+      <c r="E11" s="593"/>
+      <c r="F11" s="593"/>
+      <c r="G11" s="595"/>
+      <c r="H11" s="596"/>
+      <c r="I11" s="597"/>
+      <c r="J11" s="598"/>
+      <c r="K11" s="599"/>
+      <c r="L11" s="594"/>
+      <c r="M11" s="605">
         <f>SUM(M12:M41)</f>
-        <v>101.50059278409</v>
-[...1 lines deleted...]
-      <c r="N11" s="414">
+        <v>112.86828741780003</v>
+      </c>
+      <c r="N11" s="601">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B12" s="200" t="s">
         <v>125</v>
       </c>
       <c r="C12" s="201">
-        <v>2.8353794194499997</v>
-[...1 lines deleted...]
-      <c r="E12" s="381"/>
+        <v>3.1761404657500001</v>
+      </c>
+      <c r="E12" s="368"/>
       <c r="G12" s="206"/>
       <c r="I12" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J12" s="203">
         <v>0</v>
       </c>
-      <c r="L12" s="192"/>
       <c r="M12" s="204">
         <f>C12+J12/100*C12</f>
-        <v>2.8353794194499997</v>
+        <v>3.1761404657500001</v>
       </c>
       <c r="N12" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B13" s="200" t="s">
         <v>121</v>
       </c>
       <c r="C13" s="201">
-        <v>3.86801077881</v>
+        <v>4.0752984153699998</v>
       </c>
       <c r="G13" s="206"/>
       <c r="I13" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J13" s="203">
         <v>0</v>
       </c>
-      <c r="L13" s="192"/>
       <c r="M13" s="204">
-        <f t="shared" ref="M13:M41" si="1">C13+J13/100*C13</f>
-        <v>3.86801077881</v>
+        <f t="shared" ref="M13:M41" si="2">C13+J13/100*C13</f>
+        <v>4.0752984153699998</v>
       </c>
       <c r="N13" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B14" s="200" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="C14" s="201">
-        <v>1.61501959367</v>
+        <v>1.8475941892300001</v>
       </c>
       <c r="G14" s="206"/>
       <c r="I14" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J14" s="203">
         <v>0</v>
       </c>
-      <c r="L14" s="192"/>
       <c r="M14" s="204">
-        <f t="shared" si="1"/>
-        <v>1.61501959367</v>
+        <f t="shared" si="2"/>
+        <v>1.8475941892300001</v>
       </c>
       <c r="N14" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B15" s="200" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="C15" s="201">
-        <v>2.2664695986300001</v>
+        <v>2.29912781703</v>
       </c>
       <c r="G15" s="206"/>
       <c r="I15" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J15" s="203">
         <v>0</v>
       </c>
-      <c r="L15" s="192"/>
       <c r="M15" s="204">
-        <f t="shared" si="1"/>
-        <v>2.2664695986300001</v>
+        <f t="shared" si="2"/>
+        <v>2.29912781703</v>
       </c>
       <c r="N15" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B16" s="200" t="s">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="C16" s="201">
-        <v>1.72706929822</v>
+        <v>1.59627078797</v>
       </c>
       <c r="G16" s="206"/>
       <c r="I16" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J16" s="203">
         <v>0</v>
       </c>
-      <c r="L16" s="192"/>
       <c r="M16" s="204">
-        <f t="shared" si="1"/>
-        <v>1.72706929822</v>
+        <f t="shared" si="2"/>
+        <v>1.59627078797</v>
       </c>
       <c r="N16" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B17" s="200" t="s">
         <v>127</v>
       </c>
       <c r="C17" s="201">
-        <v>6.0403829678599994</v>
+        <v>6.35759709506</v>
       </c>
       <c r="D17" s="189"/>
       <c r="G17" s="206"/>
       <c r="I17" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J17" s="203">
         <v>0</v>
       </c>
-      <c r="L17" s="192"/>
       <c r="M17" s="204">
-        <f t="shared" si="1"/>
-        <v>6.0403829678599994</v>
+        <f t="shared" si="2"/>
+        <v>6.35759709506</v>
       </c>
       <c r="N17" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B18" s="200" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="C18" s="201">
-        <v>1.3232332492600001</v>
+        <v>1.4674769343</v>
       </c>
       <c r="G18" s="206"/>
       <c r="I18" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J18" s="203">
         <v>0</v>
       </c>
-      <c r="L18" s="192"/>
       <c r="M18" s="204">
-        <f t="shared" si="1"/>
-        <v>1.3232332492600001</v>
+        <f t="shared" si="2"/>
+        <v>1.4674769343</v>
       </c>
       <c r="N18" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B19" s="200" t="s">
         <v>123</v>
       </c>
       <c r="C19" s="201">
-        <v>1.33043127686</v>
+        <v>1.50872554047</v>
       </c>
       <c r="G19" s="206"/>
       <c r="I19" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="203">
         <v>0</v>
       </c>
-      <c r="L19" s="192"/>
       <c r="M19" s="204">
-        <f t="shared" si="1"/>
-        <v>1.33043127686</v>
+        <f t="shared" si="2"/>
+        <v>1.50872554047</v>
       </c>
       <c r="N19" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B20" s="200" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="C20" s="201">
-        <v>1.25089024916</v>
+        <v>1.39064999291</v>
       </c>
       <c r="G20" s="206"/>
       <c r="I20" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J20" s="203">
         <v>0</v>
       </c>
-      <c r="L20" s="192"/>
       <c r="M20" s="204">
-        <f t="shared" si="1"/>
-        <v>1.25089024916</v>
+        <f t="shared" si="2"/>
+        <v>1.39064999291</v>
       </c>
       <c r="N20" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B21" s="200" t="s">
         <v>119</v>
       </c>
       <c r="C21" s="201">
-        <v>2.7209700535100003</v>
+        <v>3.1066798036599996</v>
       </c>
       <c r="G21" s="206"/>
       <c r="I21" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J21" s="203">
         <v>0</v>
       </c>
-      <c r="L21" s="192"/>
       <c r="M21" s="204">
-        <f t="shared" si="1"/>
-        <v>2.7209700535100003</v>
+        <f t="shared" si="2"/>
+        <v>3.1066798036599996</v>
       </c>
       <c r="N21" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B22" s="200" t="s">
         <v>133</v>
       </c>
       <c r="C22" s="201"/>
       <c r="G22" s="206"/>
       <c r="I22" s="202"/>
-      <c r="J22" s="436"/>
-      <c r="L22" s="192"/>
+      <c r="J22" s="389"/>
       <c r="M22" s="204"/>
       <c r="N22" s="205"/>
     </row>
     <row r="23" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B23" s="207" t="s">
         <v>181</v>
       </c>
       <c r="C23" s="201">
-        <v>2.1856669369400001</v>
+        <v>1.9985636950000001</v>
       </c>
       <c r="G23" s="206"/>
       <c r="I23" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="203">
         <v>0</v>
       </c>
-      <c r="L23" s="192"/>
       <c r="M23" s="204">
-        <f t="shared" ref="M23:M40" si="2">C23+J23/100*C23</f>
-        <v>2.1856669369400001</v>
+        <f t="shared" ref="M23:M40" si="3">C23+J23/100*C23</f>
+        <v>1.9985636950000001</v>
       </c>
       <c r="N23" s="205">
-        <f t="shared" ref="N23:N40" si="3">M23-C23</f>
+        <f t="shared" ref="N23:N40" si="4">M23-C23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B24" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C24" s="201">
-        <v>9.7796128342900008</v>
+        <v>10.47121562569</v>
       </c>
       <c r="G24" s="206"/>
       <c r="I24" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J24" s="203">
         <v>0</v>
       </c>
-      <c r="L24" s="192"/>
       <c r="M24" s="204">
-        <f t="shared" si="2"/>
-        <v>9.7796128342900008</v>
+        <f t="shared" si="3"/>
+        <v>10.47121562569</v>
       </c>
       <c r="N24" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B25" s="207" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C25" s="201">
-        <v>1.3087476552599999</v>
+        <v>1.4247717155199999</v>
       </c>
       <c r="G25" s="206"/>
       <c r="I25" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J25" s="203">
         <v>0</v>
       </c>
-      <c r="L25" s="192"/>
       <c r="M25" s="204">
-        <f t="shared" si="2"/>
-        <v>1.3087476552599999</v>
+        <f t="shared" si="3"/>
+        <v>1.4247717155199999</v>
       </c>
       <c r="N25" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B26" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C26" s="201">
-        <v>2.1884853119699996</v>
+        <v>2.4923674977600001</v>
       </c>
       <c r="G26" s="206"/>
       <c r="I26" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J26" s="203">
         <v>0</v>
       </c>
-      <c r="L26" s="192"/>
       <c r="M26" s="204">
-        <f t="shared" si="2"/>
-        <v>2.1884853119699996</v>
+        <f t="shared" si="3"/>
+        <v>2.4923674977600001</v>
       </c>
       <c r="N26" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B27" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C27" s="201">
-        <v>0.964221208</v>
+        <v>1.07038049535</v>
       </c>
       <c r="G27" s="206"/>
       <c r="I27" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J27" s="203">
         <v>0</v>
       </c>
-      <c r="L27" s="192"/>
       <c r="M27" s="204">
-        <f t="shared" si="2"/>
-        <v>0.964221208</v>
+        <f t="shared" si="3"/>
+        <v>1.07038049535</v>
       </c>
       <c r="N27" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B28" s="207" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="C28" s="201">
-        <v>4.6477012705600007</v>
+        <v>5.3154489253000001</v>
       </c>
       <c r="G28" s="206"/>
       <c r="I28" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J28" s="203">
         <v>0</v>
       </c>
-      <c r="L28" s="192"/>
       <c r="M28" s="204">
-        <f t="shared" si="2"/>
-        <v>4.6477012705600007</v>
+        <f t="shared" si="3"/>
+        <v>5.3154489253000001</v>
       </c>
       <c r="N28" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B29" s="207" t="s">
         <v>177</v>
       </c>
       <c r="C29" s="201">
-        <v>20.50911092794</v>
+        <v>23.317760423270002</v>
       </c>
       <c r="G29" s="206"/>
       <c r="I29" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J29" s="203">
         <v>0</v>
       </c>
-      <c r="L29" s="192"/>
       <c r="M29" s="204">
-        <f t="shared" si="2"/>
-        <v>20.50911092794</v>
+        <f t="shared" si="3"/>
+        <v>23.317760423270002</v>
       </c>
       <c r="N29" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B30" s="207" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="C30" s="201">
-        <v>3.7798394187600004</v>
+        <v>4.0403538515299999</v>
       </c>
       <c r="G30" s="206"/>
       <c r="I30" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="203">
         <v>0</v>
       </c>
-      <c r="L30" s="192"/>
       <c r="M30" s="204">
-        <f t="shared" si="2"/>
-        <v>3.7798394187600004</v>
+        <f t="shared" si="3"/>
+        <v>4.0403538515299999</v>
       </c>
       <c r="N30" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B31" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C31" s="201">
-        <v>2.5035102421800004</v>
+        <v>2.8938291847300035</v>
       </c>
       <c r="G31" s="206"/>
       <c r="I31" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J31" s="203">
         <v>0</v>
       </c>
-      <c r="L31" s="192"/>
       <c r="M31" s="204">
-        <f t="shared" si="2"/>
-        <v>2.5035102421800004</v>
+        <f t="shared" si="3"/>
+        <v>2.8938291847300035</v>
       </c>
       <c r="N31" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B32" s="200" t="s">
         <v>122</v>
       </c>
       <c r="C32" s="201"/>
       <c r="G32" s="206"/>
       <c r="I32" s="202"/>
-      <c r="J32" s="436"/>
-      <c r="L32" s="192"/>
+      <c r="J32" s="389"/>
       <c r="M32" s="204"/>
       <c r="N32" s="205"/>
     </row>
     <row r="33" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B33" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C33" s="201">
-        <v>8.4018352002699999</v>
+        <v>10.278678434610001</v>
       </c>
       <c r="G33" s="206"/>
       <c r="I33" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J33" s="203">
         <v>0</v>
       </c>
-      <c r="L33" s="192"/>
       <c r="M33" s="204">
-        <f t="shared" si="2"/>
-        <v>8.4018352002699999</v>
+        <f t="shared" si="3"/>
+        <v>10.278678434610001</v>
       </c>
       <c r="N33" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B34" s="207" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C34" s="201">
-        <v>1.8443133981800002</v>
+        <v>2.1103983621700002</v>
       </c>
       <c r="G34" s="206"/>
       <c r="I34" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J34" s="203">
         <v>0</v>
       </c>
-      <c r="L34" s="192"/>
       <c r="M34" s="204">
-        <f t="shared" si="2"/>
-        <v>1.8443133981800002</v>
+        <f t="shared" si="3"/>
+        <v>2.1103983621700002</v>
       </c>
       <c r="N34" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B35" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C35" s="201">
-        <v>1.8615118884300002</v>
+        <v>2.17829509242</v>
       </c>
       <c r="G35" s="206"/>
       <c r="I35" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J35" s="203">
         <v>0</v>
       </c>
-      <c r="L35" s="192"/>
       <c r="M35" s="204">
-        <f t="shared" si="2"/>
-        <v>1.8615118884300002</v>
+        <f t="shared" si="3"/>
+        <v>2.17829509242</v>
       </c>
       <c r="N35" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B36" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C36" s="201">
-        <v>1.45205165248</v>
+        <v>1.6724640828599999</v>
       </c>
       <c r="G36" s="206"/>
       <c r="I36" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J36" s="203">
         <v>0</v>
       </c>
-      <c r="L36" s="192"/>
       <c r="M36" s="204">
-        <f t="shared" si="2"/>
-        <v>1.45205165248</v>
+        <f t="shared" si="3"/>
+        <v>1.6724640828599999</v>
       </c>
       <c r="N36" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B37" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C37" s="201">
-        <v>0.94901410672999997</v>
+        <v>0.99852404537999995</v>
       </c>
       <c r="G37" s="206"/>
       <c r="I37" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J37" s="203">
         <v>0</v>
       </c>
-      <c r="L37" s="192"/>
       <c r="M37" s="204">
-        <f t="shared" si="2"/>
-        <v>0.94901410672999997</v>
+        <f t="shared" si="3"/>
+        <v>0.99852404537999995</v>
       </c>
       <c r="N37" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B38" s="207" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="C38" s="201">
-        <v>5.5628957794799998</v>
+        <v>6.4176567278199999</v>
       </c>
       <c r="G38" s="206"/>
       <c r="I38" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J38" s="203">
         <v>0</v>
       </c>
-      <c r="L38" s="192"/>
       <c r="M38" s="204">
-        <f t="shared" si="2"/>
-        <v>5.5628957794799998</v>
+        <f t="shared" si="3"/>
+        <v>6.4176567278199999</v>
       </c>
       <c r="N38" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B39" s="207" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="C39" s="201">
-        <v>1.1248759813699998</v>
+        <v>1.2538339870599999</v>
       </c>
       <c r="G39" s="206"/>
       <c r="I39" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J39" s="203">
         <v>0</v>
       </c>
-      <c r="L39" s="192"/>
       <c r="M39" s="204">
-        <f t="shared" si="2"/>
-        <v>1.1248759813699998</v>
+        <f t="shared" si="3"/>
+        <v>1.2538339870599999</v>
       </c>
       <c r="N39" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B40" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C40" s="201">
-        <v>1.698254491420002</v>
+        <v>2.0362867603999977</v>
       </c>
       <c r="G40" s="206"/>
       <c r="I40" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J40" s="203">
         <v>0</v>
       </c>
-      <c r="L40" s="192"/>
       <c r="M40" s="204">
-        <f t="shared" si="2"/>
-        <v>1.698254491420002</v>
+        <f t="shared" si="3"/>
+        <v>2.0362867603999977</v>
       </c>
       <c r="N40" s="205">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B41" s="200" t="s">
         <v>134</v>
       </c>
       <c r="C41" s="201">
-        <v>5.7610879943999977</v>
+        <v>6.0718974691799996</v>
       </c>
       <c r="G41" s="206"/>
       <c r="I41" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J41" s="203">
         <v>0</v>
       </c>
-      <c r="L41" s="192"/>
       <c r="M41" s="204">
-        <f t="shared" si="1"/>
-        <v>5.7610879943999977</v>
+        <f t="shared" si="2"/>
+        <v>6.0718974691799996</v>
       </c>
       <c r="N41" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="404" t="s">
+      <c r="B42" s="591" t="s">
         <v>174</v>
       </c>
-      <c r="C42" s="405">
+      <c r="C42" s="592">
         <f>SUM(C43:C72)</f>
-        <v>149.07124727852994</v>
-[...10 lines deleted...]
-      <c r="M42" s="415">
+        <v>147.98348389192995</v>
+      </c>
+      <c r="D42" s="593"/>
+      <c r="E42" s="593"/>
+      <c r="F42" s="593"/>
+      <c r="G42" s="595"/>
+      <c r="H42" s="596"/>
+      <c r="I42" s="597"/>
+      <c r="J42" s="598"/>
+      <c r="K42" s="599"/>
+      <c r="L42" s="594"/>
+      <c r="M42" s="605">
         <f>SUM(M43:M72)</f>
-        <v>149.07124727852994</v>
-[...1 lines deleted...]
-      <c r="N42" s="414">
+        <v>147.98348389192995</v>
+      </c>
+      <c r="N42" s="601">
         <f>M42-C42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B43" s="200" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="C43" s="201"/>
       <c r="G43" s="206"/>
       <c r="I43" s="202"/>
-      <c r="J43" s="194"/>
-      <c r="L43" s="192"/>
       <c r="M43" s="204"/>
       <c r="N43" s="205"/>
     </row>
     <row r="44" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B44" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C44" s="201">
-        <v>33.012835428540001</v>
+        <v>33.534954692520003</v>
       </c>
       <c r="G44" s="206"/>
       <c r="I44" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J44" s="203">
         <v>0</v>
       </c>
-      <c r="L44" s="192"/>
       <c r="M44" s="204">
-        <f t="shared" ref="M44:M47" si="4">C44+J44/100*C44</f>
-        <v>33.012835428540001</v>
+        <f t="shared" ref="M44:M47" si="5">C44+J44/100*C44</f>
+        <v>33.534954692520003</v>
       </c>
       <c r="N44" s="205">
-        <f t="shared" ref="N44:N47" si="5">M44-C44</f>
+        <f t="shared" ref="N44:N47" si="6">M44-C44</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B45" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C45" s="201">
-        <v>3.0251187230900003</v>
-[...1 lines deleted...]
-      <c r="E45" s="371"/>
+        <v>3.31380576937</v>
+      </c>
+      <c r="E45" s="365"/>
       <c r="G45" s="206"/>
       <c r="I45" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J45" s="203">
         <v>0</v>
       </c>
-      <c r="L45" s="192"/>
       <c r="M45" s="204">
-        <f t="shared" si="4"/>
-        <v>3.0251187230900003</v>
+        <f t="shared" si="5"/>
+        <v>3.31380576937</v>
       </c>
       <c r="N45" s="205">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B46" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C46" s="201">
-        <v>2.4534711947400001</v>
+        <v>2.4785458832299998</v>
       </c>
       <c r="G46" s="206"/>
       <c r="I46" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J46" s="203">
         <v>0</v>
       </c>
-      <c r="L46" s="192"/>
       <c r="M46" s="204">
-        <f t="shared" si="4"/>
-        <v>2.4534711947400001</v>
+        <f t="shared" si="5"/>
+        <v>2.4785458832299998</v>
       </c>
       <c r="N46" s="205">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B47" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C47" s="201">
-        <v>1.3941394683099966</v>
+        <v>1.5472383349399983</v>
       </c>
       <c r="G47" s="206"/>
       <c r="I47" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J47" s="203">
         <v>0</v>
       </c>
-      <c r="L47" s="192"/>
       <c r="M47" s="204">
-        <f t="shared" si="4"/>
-        <v>1.3941394683099966</v>
+        <f t="shared" si="5"/>
+        <v>1.5472383349399983</v>
       </c>
       <c r="N47" s="205">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B48" s="200" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="C48" s="201"/>
       <c r="G48" s="206"/>
       <c r="I48" s="202"/>
-      <c r="J48" s="436"/>
-      <c r="L48" s="192"/>
+      <c r="J48" s="389"/>
       <c r="M48" s="204"/>
       <c r="N48" s="205"/>
     </row>
     <row r="49" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B49" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C49" s="201">
-        <v>0.71339005794999988</v>
+        <v>0.67592432832999993</v>
       </c>
       <c r="G49" s="206"/>
       <c r="I49" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J49" s="203">
         <v>0</v>
       </c>
-      <c r="L49" s="192"/>
       <c r="M49" s="204">
-        <f t="shared" ref="M49:M72" si="6">C49+J49/100*C49</f>
-        <v>0.71339005794999988</v>
+        <f t="shared" ref="M49:M72" si="7">C49+J49/100*C49</f>
+        <v>0.67592432832999993</v>
       </c>
       <c r="N49" s="205">
-        <f t="shared" ref="N49:N74" si="7">M49-C49</f>
+        <f t="shared" ref="N49:N74" si="8">M49-C49</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B50" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C50" s="201">
-        <v>1.42361816271</v>
-[...1 lines deleted...]
-      <c r="D50" s="372"/>
+        <v>1.49534434937</v>
+      </c>
+      <c r="D50" s="366"/>
       <c r="G50" s="206"/>
       <c r="I50" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J50" s="203">
         <v>0</v>
       </c>
-      <c r="L50" s="192"/>
       <c r="M50" s="204">
-        <f t="shared" si="6"/>
-        <v>1.42361816271</v>
+        <f t="shared" si="7"/>
+        <v>1.49534434937</v>
       </c>
       <c r="N50" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B51" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C51" s="201">
-        <v>4.1646252623900004</v>
+        <v>4.4480746399099997</v>
       </c>
       <c r="D51" s="189"/>
       <c r="G51" s="206"/>
       <c r="I51" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J51" s="203">
         <v>0</v>
       </c>
-      <c r="L51" s="192"/>
       <c r="M51" s="204">
-        <f t="shared" si="6"/>
-        <v>4.1646252623900004</v>
+        <f t="shared" si="7"/>
+        <v>4.4480746399099997</v>
       </c>
       <c r="N51" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B52" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C52" s="201">
-        <v>3.3559988836499999</v>
+        <v>3.4872409183499995</v>
       </c>
       <c r="G52" s="206"/>
       <c r="I52" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J52" s="203">
         <v>0</v>
       </c>
-      <c r="L52" s="192"/>
       <c r="M52" s="204">
-        <f t="shared" si="6"/>
-        <v>3.3559988836499999</v>
+        <f t="shared" si="7"/>
+        <v>3.4872409183499995</v>
       </c>
       <c r="N52" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B53" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C53" s="201">
-        <v>1.1771601204699993</v>
+        <v>1.2614546307800008</v>
       </c>
       <c r="G53" s="206"/>
       <c r="I53" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J53" s="203">
         <v>0</v>
       </c>
-      <c r="L53" s="192"/>
       <c r="M53" s="204">
-        <f t="shared" si="6"/>
-        <v>1.1771601204699993</v>
+        <f t="shared" si="7"/>
+        <v>1.2614546307800008</v>
       </c>
       <c r="N53" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B54" s="200" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="C54" s="201">
-        <v>1.6766769053399999</v>
+        <v>2.0681328148200002</v>
       </c>
       <c r="G54" s="206"/>
       <c r="I54" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J54" s="203">
         <v>0</v>
       </c>
-      <c r="L54" s="192"/>
       <c r="M54" s="204">
-        <f t="shared" si="6"/>
-        <v>1.6766769053399999</v>
+        <f t="shared" si="7"/>
+        <v>2.0681328148200002</v>
       </c>
       <c r="N54" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B55" s="200" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="C55" s="201"/>
       <c r="D55" s="189"/>
       <c r="G55" s="206"/>
       <c r="I55" s="202"/>
-      <c r="J55" s="436"/>
-      <c r="L55" s="192"/>
+      <c r="J55" s="389"/>
       <c r="M55" s="204"/>
       <c r="N55" s="205"/>
     </row>
     <row r="56" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B56" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C56" s="201"/>
       <c r="D56" s="189"/>
       <c r="G56" s="206"/>
       <c r="I56" s="202"/>
-      <c r="J56" s="436"/>
-      <c r="L56" s="192"/>
+      <c r="J56" s="389"/>
       <c r="M56" s="204"/>
       <c r="N56" s="205"/>
     </row>
     <row r="57" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B57" s="208" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C57" s="201">
-        <v>39.57690806171</v>
+        <v>35.555473507720009</v>
       </c>
       <c r="D57" s="189"/>
       <c r="G57" s="206"/>
       <c r="I57" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J57" s="203">
         <v>0</v>
       </c>
-      <c r="L57" s="192"/>
       <c r="M57" s="204">
-        <f t="shared" si="6"/>
-        <v>39.57690806171</v>
+        <f t="shared" si="7"/>
+        <v>35.555473507720009</v>
       </c>
       <c r="N57" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B58" s="208" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C58" s="201">
-        <v>7.2267606642600004</v>
+        <v>7.2704211589599987</v>
       </c>
       <c r="D58" s="189"/>
       <c r="G58" s="206"/>
       <c r="I58" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J58" s="203">
         <v>0</v>
       </c>
-      <c r="L58" s="192"/>
       <c r="M58" s="204">
-        <f t="shared" si="6"/>
-        <v>7.2267606642600004</v>
+        <f t="shared" si="7"/>
+        <v>7.2704211589599987</v>
       </c>
       <c r="N58" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B59" s="208" t="s">
         <v>182</v>
       </c>
       <c r="C59" s="201">
-        <v>3.1220835387099939</v>
+        <v>2.8640649203699842</v>
       </c>
       <c r="D59" s="189"/>
       <c r="G59" s="206"/>
       <c r="I59" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J59" s="203">
         <v>0</v>
       </c>
-      <c r="L59" s="192"/>
       <c r="M59" s="204">
-        <f t="shared" si="6"/>
-        <v>3.1220835387099939</v>
+        <f t="shared" si="7"/>
+        <v>2.8640649203699842</v>
       </c>
       <c r="N59" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B60" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C60" s="201">
-        <v>9.8297862261200013</v>
+        <v>10.240773084840001</v>
       </c>
       <c r="D60" s="189"/>
       <c r="G60" s="206"/>
       <c r="I60" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J60" s="203">
         <v>0</v>
       </c>
-      <c r="L60" s="192"/>
       <c r="M60" s="204">
-        <f t="shared" si="6"/>
-        <v>9.8297862261200013</v>
+        <f t="shared" si="7"/>
+        <v>10.240773084840001</v>
       </c>
       <c r="N60" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B61" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C61" s="201">
-        <v>1.9041914418300001</v>
+        <v>1.8467413234900001</v>
       </c>
       <c r="G61" s="206"/>
       <c r="I61" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J61" s="203">
         <v>0</v>
       </c>
-      <c r="L61" s="192"/>
       <c r="M61" s="204">
-        <f t="shared" si="6"/>
-        <v>1.9041914418300001</v>
+        <f t="shared" si="7"/>
+        <v>1.8467413234900001</v>
       </c>
       <c r="N61" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B62" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C62" s="201">
-        <v>1.5948787960599999</v>
+        <v>1.6828868996999999</v>
       </c>
       <c r="G62" s="206"/>
       <c r="I62" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J62" s="203">
         <v>0</v>
       </c>
-      <c r="L62" s="192"/>
       <c r="M62" s="204">
-        <f t="shared" si="6"/>
-        <v>1.5948787960599999</v>
+        <f t="shared" si="7"/>
+        <v>1.6828868996999999</v>
       </c>
       <c r="N62" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B63" s="207" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="C63" s="201">
-        <v>5.2897117338299999</v>
+        <v>5.7643433671599995</v>
       </c>
       <c r="G63" s="206"/>
       <c r="I63" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J63" s="203">
         <v>0</v>
       </c>
-      <c r="L63" s="192"/>
       <c r="M63" s="204">
-        <f t="shared" si="6"/>
-        <v>5.2897117338299999</v>
+        <f t="shared" si="7"/>
+        <v>5.7643433671599995</v>
       </c>
       <c r="N63" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B64" s="207" t="s">
         <v>177</v>
       </c>
       <c r="C64" s="201">
-        <v>1.79319830216</v>
+        <v>1.8265294054900001</v>
       </c>
       <c r="G64" s="206"/>
       <c r="I64" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J64" s="203">
         <v>0</v>
       </c>
-      <c r="L64" s="192"/>
       <c r="M64" s="204">
-        <f t="shared" si="6"/>
-        <v>1.79319830216</v>
+        <f t="shared" si="7"/>
+        <v>1.8265294054900001</v>
       </c>
       <c r="N64" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B65" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C65" s="201">
-        <v>11.06151150634</v>
+        <v>10.94681641559</v>
       </c>
       <c r="G65" s="206"/>
       <c r="I65" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J65" s="203">
         <v>0</v>
       </c>
-      <c r="L65" s="192"/>
       <c r="M65" s="204">
-        <f t="shared" si="6"/>
-        <v>11.06151150634</v>
+        <f t="shared" si="7"/>
+        <v>10.94681641559</v>
       </c>
       <c r="N65" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B66" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C66" s="201">
-        <v>1.2241927937199915</v>
+        <v>1.4106984933899922</v>
       </c>
       <c r="G66" s="206"/>
       <c r="I66" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J66" s="203">
         <v>0</v>
       </c>
-      <c r="L66" s="192"/>
       <c r="M66" s="204">
-        <f t="shared" si="6"/>
-        <v>1.2241927937199915</v>
+        <f t="shared" si="7"/>
+        <v>1.4106984933899922</v>
       </c>
       <c r="N66" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B67" s="200" t="s">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="C67" s="201">
-        <v>1.7496567326099999</v>
+        <v>1.8407825787900001</v>
       </c>
       <c r="G67" s="206"/>
       <c r="I67" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J67" s="203">
         <v>0</v>
       </c>
-      <c r="L67" s="192"/>
       <c r="M67" s="204">
-        <f t="shared" si="6"/>
-        <v>1.7496567326099999</v>
+        <f t="shared" si="7"/>
+        <v>1.8407825787900001</v>
       </c>
       <c r="N67" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B68" s="200" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="C68" s="201">
-        <v>7.2398210693900005</v>
+        <v>7.8511504437299999</v>
       </c>
       <c r="D68" s="189"/>
       <c r="G68" s="206"/>
       <c r="I68" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J68" s="203">
         <v>0</v>
       </c>
-      <c r="L68" s="192"/>
       <c r="M68" s="204">
-        <f t="shared" si="6"/>
-        <v>7.2398210693900005</v>
+        <f t="shared" si="7"/>
+        <v>7.8511504437299999</v>
       </c>
       <c r="N68" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B69" s="200" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="C69" s="201"/>
       <c r="D69" s="189"/>
       <c r="G69" s="206"/>
       <c r="I69" s="202"/>
-      <c r="J69" s="436"/>
-      <c r="L69" s="192"/>
+      <c r="J69" s="389"/>
       <c r="M69" s="204"/>
       <c r="N69" s="205"/>
     </row>
     <row r="70" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B70" s="207" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="C70" s="201">
-        <v>1.2418037627</v>
+        <v>1.4621992058900002</v>
       </c>
       <c r="D70" s="189"/>
       <c r="G70" s="206"/>
       <c r="I70" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J70" s="203">
         <v>0</v>
       </c>
-      <c r="L70" s="192"/>
       <c r="M70" s="204">
-        <f t="shared" si="6"/>
-        <v>1.2418037627</v>
+        <f t="shared" si="7"/>
+        <v>1.4621992058900002</v>
       </c>
       <c r="N70" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B71" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C71" s="201">
-        <v>1.01454875966</v>
+        <v>1.5047172590999998</v>
       </c>
       <c r="D71" s="189"/>
       <c r="G71" s="206"/>
       <c r="I71" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J71" s="203">
         <v>0</v>
       </c>
-      <c r="L71" s="192"/>
       <c r="M71" s="204">
-        <f t="shared" si="6"/>
-        <v>1.01454875966</v>
+        <f t="shared" si="7"/>
+        <v>1.5047172590999998</v>
       </c>
       <c r="N71" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B72" s="200" t="s">
         <v>254</v>
       </c>
       <c r="C72" s="201">
-        <v>2.8051596822400002</v>
+        <v>1.6051694660900002</v>
       </c>
       <c r="D72" s="189"/>
       <c r="G72" s="206"/>
       <c r="I72" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J72" s="203">
         <v>0</v>
       </c>
-      <c r="L72" s="192"/>
       <c r="M72" s="204">
-        <f t="shared" si="6"/>
-        <v>2.8051596822400002</v>
+        <f t="shared" si="7"/>
+        <v>1.6051694660900002</v>
       </c>
       <c r="N72" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B73" s="404" t="s">
+      <c r="B73" s="591" t="s">
         <v>207</v>
       </c>
-      <c r="C73" s="405">
+      <c r="C73" s="592">
         <f>SUM(C74:C74)</f>
-        <v>0.93808186275999994</v>
-[...10 lines deleted...]
-      <c r="M73" s="415">
+        <v>0.99660433985000008</v>
+      </c>
+      <c r="D73" s="593"/>
+      <c r="E73" s="594"/>
+      <c r="F73" s="593"/>
+      <c r="G73" s="595"/>
+      <c r="H73" s="596"/>
+      <c r="I73" s="597"/>
+      <c r="J73" s="598"/>
+      <c r="K73" s="599"/>
+      <c r="L73" s="594"/>
+      <c r="M73" s="605">
         <f>SUM(M74:M74)</f>
-        <v>0.93808186275999994</v>
-[...2 lines deleted...]
-        <f t="shared" si="7"/>
+        <v>0.99660433985000008</v>
+      </c>
+      <c r="N73" s="601">
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B74" s="200" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="C74" s="201">
-        <v>0.93808186275999994</v>
+        <v>0.99660433985000008</v>
       </c>
       <c r="D74" s="189"/>
       <c r="G74" s="206"/>
       <c r="I74" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J74" s="203">
         <v>0</v>
       </c>
-      <c r="L74" s="192"/>
       <c r="M74" s="204">
         <f>C74+J74/100*C74</f>
-        <v>0.93808186275999994</v>
+        <v>0.99660433985000008</v>
       </c>
       <c r="N74" s="205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B75" s="404" t="s">
+      <c r="B75" s="591" t="s">
         <v>210</v>
       </c>
-      <c r="C75" s="405">
+      <c r="C75" s="592">
         <f>SUM(C76:C77)</f>
-        <v>3.2539563411799999</v>
-[...10 lines deleted...]
-      <c r="M75" s="415">
+        <v>2.0971448293899999</v>
+      </c>
+      <c r="D75" s="593"/>
+      <c r="E75" s="606"/>
+      <c r="F75" s="593"/>
+      <c r="G75" s="595"/>
+      <c r="H75" s="596"/>
+      <c r="I75" s="597"/>
+      <c r="J75" s="598"/>
+      <c r="K75" s="599"/>
+      <c r="L75" s="594"/>
+      <c r="M75" s="605">
         <f>SUM(M76:M77)</f>
-        <v>3.2539563411799999</v>
-[...1 lines deleted...]
-      <c r="N75" s="414">
+        <v>2.0971448293899999</v>
+      </c>
+      <c r="N75" s="601">
         <f>M75-C75</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B76" s="200" t="s">
         <v>211</v>
       </c>
       <c r="C76" s="201">
-        <v>2.5788020635</v>
+        <v>2.01037425126</v>
       </c>
       <c r="G76" s="206"/>
       <c r="I76" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J76" s="203">
         <v>0</v>
       </c>
-      <c r="L76" s="192"/>
       <c r="M76" s="204">
         <f>C76+J76/100*C76</f>
-        <v>2.5788020635</v>
+        <v>2.01037425126</v>
       </c>
       <c r="N76" s="205">
         <f>M76-C76</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B77" s="209" t="s">
         <v>182</v>
       </c>
       <c r="C77" s="210">
-        <v>0.67515427767999991</v>
+        <v>8.6770578129999998E-2</v>
       </c>
       <c r="D77" s="211"/>
       <c r="E77" s="212"/>
       <c r="F77" s="213"/>
       <c r="G77" s="214"/>
       <c r="H77" s="215"/>
       <c r="I77" s="216" t="s">
         <v>115</v>
       </c>
       <c r="J77" s="203">
         <v>0</v>
       </c>
       <c r="K77" s="217"/>
       <c r="L77" s="212"/>
       <c r="M77" s="218">
         <f>C77+J77/100*C77</f>
-        <v>0.67515427767999991</v>
+        <v>8.6770578129999998E-2</v>
       </c>
       <c r="N77" s="219">
         <f>M77-C77</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B78" s="404" t="s">
+      <c r="B78" s="591" t="s">
         <v>182</v>
       </c>
-      <c r="C78" s="405">
+      <c r="C78" s="592">
         <f>SUM(C79:C79)</f>
-        <v>732.08502610258995</v>
-[...10 lines deleted...]
-      <c r="M78" s="415">
+        <v>700.56303725883004</v>
+      </c>
+      <c r="D78" s="593"/>
+      <c r="E78" s="594"/>
+      <c r="F78" s="593"/>
+      <c r="G78" s="595"/>
+      <c r="H78" s="596"/>
+      <c r="I78" s="597"/>
+      <c r="J78" s="598"/>
+      <c r="K78" s="599"/>
+      <c r="L78" s="594"/>
+      <c r="M78" s="605">
         <f>SUM(M79:M79)</f>
-        <v>732.08502610258995</v>
-[...1 lines deleted...]
-      <c r="N78" s="417">
+        <v>700.56303725883004</v>
+      </c>
+      <c r="N78" s="645">
         <f>M78-C78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B79" s="200" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="C79" s="201">
-        <v>732.08502610258995</v>
+        <v>700.56303725883004</v>
       </c>
       <c r="D79" s="189"/>
       <c r="G79" s="206"/>
       <c r="I79" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J79" s="203">
         <v>0</v>
       </c>
-      <c r="L79" s="192"/>
-      <c r="M79" s="218">
+      <c r="M79" s="204">
         <f>C79+J79/100*C79</f>
-        <v>732.08502610258995</v>
-[...1 lines deleted...]
-      <c r="N79" s="205">
+        <v>700.56303725883004</v>
+      </c>
+      <c r="N79" s="220">
         <f>M79-C79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="221" t="s">
         <v>212</v>
       </c>
-      <c r="C80" s="390">
+      <c r="C80" s="607">
         <f>C75+C73+C42+C11+C5+C78</f>
-        <v>1052.9314129221898</v>
-[...10 lines deleted...]
-      <c r="M80" s="425">
+        <v>1035.04156388058</v>
+      </c>
+      <c r="D80" s="608"/>
+      <c r="E80" s="609"/>
+      <c r="F80" s="608"/>
+      <c r="G80" s="610"/>
+      <c r="H80" s="611"/>
+      <c r="I80" s="612"/>
+      <c r="J80" s="613"/>
+      <c r="K80" s="614"/>
+      <c r="L80" s="615"/>
+      <c r="M80" s="616">
         <f>M75+M73+M42+M11+M5+M78</f>
-        <v>1052.9314129221898</v>
-[...1 lines deleted...]
-      <c r="N80" s="349">
+        <v>1035.04156388058</v>
+      </c>
+      <c r="N80" s="222">
         <f>N75+N73+N42+N11+N5+N78</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B81" s="404" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="405">
+      <c r="B81" s="591" t="s">
+        <v>483</v>
+      </c>
+      <c r="C81" s="592">
         <f>SUM(C82:C99)</f>
-        <v>102.52434618222001</v>
-[...10 lines deleted...]
-      <c r="M81" s="415">
+        <v>117.49761239009997</v>
+      </c>
+      <c r="D81" s="593"/>
+      <c r="E81" s="594"/>
+      <c r="F81" s="593"/>
+      <c r="G81" s="595"/>
+      <c r="H81" s="596"/>
+      <c r="I81" s="597"/>
+      <c r="J81" s="598"/>
+      <c r="K81" s="599"/>
+      <c r="L81" s="594"/>
+      <c r="M81" s="605">
         <f>SUM(M82:M99)</f>
-        <v>102.52434618222001</v>
-[...2 lines deleted...]
-        <f t="shared" ref="N81:N99" si="8">M81-C81</f>
+        <v>117.49761239009997</v>
+      </c>
+      <c r="N81" s="601">
+        <f>M81-C81</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B82" s="200" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="C82" s="201"/>
       <c r="G82" s="206"/>
       <c r="I82" s="202"/>
-      <c r="J82" s="436"/>
-      <c r="L82" s="192"/>
+      <c r="J82" s="389"/>
       <c r="M82" s="204"/>
       <c r="N82" s="205"/>
     </row>
     <row r="83" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B83" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C83" s="201">
-        <v>20.605196315960001</v>
+        <v>22.375796977029999</v>
       </c>
       <c r="G83" s="206"/>
       <c r="I83" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J83" s="203">
         <v>0</v>
       </c>
-      <c r="L83" s="192"/>
       <c r="M83" s="204">
         <f t="shared" ref="M83:M99" si="9">C83+J83/100*C83</f>
-        <v>20.605196315960001</v>
+        <v>22.375796977029999</v>
       </c>
       <c r="N83" s="205">
         <f t="shared" ref="N83:N94" si="10">M83-C83</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B84" s="207" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C84" s="201">
-        <v>14.64021922741</v>
+        <v>14.56663015897</v>
       </c>
       <c r="G84" s="206"/>
       <c r="I84" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J84" s="203">
         <v>0</v>
       </c>
-      <c r="L84" s="192"/>
       <c r="M84" s="204">
         <f t="shared" si="9"/>
-        <v>14.64021922741</v>
+        <v>14.56663015897</v>
       </c>
       <c r="N84" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B85" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C85" s="201">
-        <v>12.167557956930001</v>
+        <v>13.693893838969998</v>
       </c>
       <c r="G85" s="206"/>
       <c r="I85" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J85" s="203">
         <v>0</v>
       </c>
-      <c r="L85" s="192"/>
       <c r="M85" s="204">
         <f t="shared" si="9"/>
-        <v>12.167557956930001</v>
+        <v>13.693893838969998</v>
       </c>
       <c r="N85" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B86" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C86" s="201">
-        <v>4.1602728553799997</v>
+        <v>4.6063978377900003</v>
       </c>
       <c r="G86" s="206"/>
       <c r="I86" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J86" s="203">
         <v>0</v>
       </c>
-      <c r="L86" s="192"/>
       <c r="M86" s="204">
         <f t="shared" si="9"/>
-        <v>4.1602728553799997</v>
+        <v>4.6063978377900003</v>
       </c>
       <c r="N86" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B87" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C87" s="201">
-        <v>7.7746407107</v>
+        <v>7.8721880449099997</v>
       </c>
       <c r="G87" s="206"/>
       <c r="I87" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J87" s="203">
         <v>0</v>
       </c>
-      <c r="L87" s="192"/>
       <c r="M87" s="204">
         <f t="shared" si="9"/>
-        <v>7.7746407107</v>
+        <v>7.8721880449099997</v>
       </c>
       <c r="N87" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B88" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C88" s="201">
-        <v>1.0682807196900002</v>
+        <v>0.67038281504999997</v>
       </c>
       <c r="G88" s="206"/>
       <c r="I88" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J88" s="203">
         <v>0</v>
       </c>
-      <c r="L88" s="192"/>
       <c r="M88" s="204">
         <f t="shared" si="9"/>
-        <v>1.0682807196900002</v>
+        <v>0.67038281504999997</v>
       </c>
       <c r="N88" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B89" s="207" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="C89" s="201">
-        <v>19.299812401240001</v>
+        <v>22.453607706810001</v>
       </c>
       <c r="G89" s="206"/>
       <c r="I89" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J89" s="203">
         <v>0</v>
       </c>
-      <c r="L89" s="192"/>
       <c r="M89" s="204">
         <f t="shared" si="9"/>
-        <v>19.299812401240001</v>
+        <v>22.453607706810001</v>
       </c>
       <c r="N89" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B90" s="207" t="s">
         <v>177</v>
       </c>
       <c r="C90" s="201">
-        <v>2.4373582097199997</v>
+        <v>2.7934723226</v>
       </c>
       <c r="G90" s="206"/>
       <c r="I90" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J90" s="203">
         <v>0</v>
       </c>
-      <c r="L90" s="192"/>
       <c r="M90" s="204">
         <f t="shared" si="9"/>
-        <v>2.4373582097199997</v>
+        <v>2.7934723226</v>
       </c>
       <c r="N90" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B91" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="201">
-        <v>2.20523670579</v>
+        <v>2.2931371670300003</v>
       </c>
       <c r="G91" s="206"/>
       <c r="I91" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J91" s="203">
         <v>0</v>
       </c>
-      <c r="L91" s="192"/>
       <c r="M91" s="204">
         <f t="shared" si="9"/>
-        <v>2.20523670579</v>
+        <v>2.2931371670300003</v>
       </c>
       <c r="N91" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B92" s="207" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="C92" s="201">
-        <v>1.1065529815599999</v>
+        <v>1.51867259271</v>
       </c>
       <c r="G92" s="206"/>
       <c r="I92" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J92" s="203">
         <v>0</v>
       </c>
-      <c r="L92" s="192"/>
       <c r="M92" s="204">
         <f t="shared" si="9"/>
-        <v>1.1065529815599999</v>
+        <v>1.51867259271</v>
       </c>
       <c r="N92" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B93" s="207" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="C93" s="201">
-        <v>2.3035359447500001</v>
+        <v>2.8235079980900002</v>
       </c>
       <c r="G93" s="206"/>
       <c r="I93" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J93" s="203">
         <v>0</v>
       </c>
-      <c r="L93" s="192"/>
       <c r="M93" s="204">
         <f t="shared" si="9"/>
-        <v>2.3035359447500001</v>
+        <v>2.8235079980900002</v>
       </c>
       <c r="N93" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B94" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C94" s="201">
-        <v>0.93245115223001096</v>
+        <v>1.2215683467399903</v>
       </c>
       <c r="G94" s="206"/>
       <c r="I94" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J94" s="203">
         <v>0</v>
       </c>
-      <c r="L94" s="192"/>
       <c r="M94" s="204">
         <f t="shared" si="9"/>
-        <v>0.93245115223001096</v>
+        <v>1.2215683467399903</v>
       </c>
       <c r="N94" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B95" s="350" t="s">
+      <c r="B95" s="200" t="s">
         <v>216</v>
       </c>
       <c r="C95" s="201">
-        <v>4.6751696003400003</v>
+        <v>5.3819297342700008</v>
       </c>
       <c r="G95" s="206"/>
       <c r="I95" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J95" s="203">
         <v>0</v>
       </c>
-      <c r="L95" s="192"/>
       <c r="M95" s="204">
         <f t="shared" si="9"/>
-        <v>4.6751696003400003</v>
+        <v>5.3819297342700008</v>
       </c>
       <c r="N95" s="205">
-        <f t="shared" si="8"/>
+        <f t="shared" ref="N95:N99" si="11">M95-C95</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B96" s="200" t="s">
         <v>217</v>
       </c>
       <c r="C96" s="201">
-        <v>1.9918111567700001</v>
+        <v>2.3288445127899999</v>
       </c>
       <c r="G96" s="206"/>
       <c r="I96" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J96" s="203">
         <v>0</v>
       </c>
-      <c r="L96" s="192"/>
       <c r="M96" s="204">
         <f t="shared" si="9"/>
-        <v>1.9918111567700001</v>
+        <v>2.3288445127899999</v>
       </c>
       <c r="N96" s="205">
         <f>M96-C96</f>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B97" s="200" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="C97" s="201">
-        <v>3.6799153970100003</v>
+        <v>5.1413141380000003</v>
       </c>
       <c r="G97" s="206"/>
       <c r="I97" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J97" s="203">
         <v>0</v>
       </c>
-      <c r="L97" s="192"/>
       <c r="M97" s="204">
         <f t="shared" si="9"/>
-        <v>3.6799153970100003</v>
+        <v>5.1413141380000003</v>
       </c>
       <c r="N97" s="205">
         <f>M97-C97</f>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B98" s="200" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C98" s="201">
-        <v>1.6963372723700001</v>
+        <v>5.3837437969900002</v>
       </c>
       <c r="G98" s="206"/>
       <c r="I98" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J98" s="203">
         <v>0</v>
       </c>
-      <c r="L98" s="192"/>
       <c r="M98" s="204">
         <f t="shared" si="9"/>
-        <v>1.6963372723700001</v>
+        <v>5.3837437969900002</v>
       </c>
       <c r="N98" s="205">
-        <f t="shared" si="8"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B99" s="209" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C99" s="210">
-        <v>1.7799975743699998</v>
+        <v>2.3725244013499998</v>
       </c>
       <c r="D99" s="213"/>
       <c r="E99" s="212"/>
       <c r="F99" s="213"/>
       <c r="G99" s="214"/>
       <c r="H99" s="215"/>
       <c r="I99" s="216" t="s">
         <v>115</v>
       </c>
       <c r="J99" s="203">
         <v>0</v>
       </c>
       <c r="K99" s="217"/>
       <c r="L99" s="212"/>
       <c r="M99" s="218">
         <f t="shared" si="9"/>
-        <v>1.7799975743699998</v>
+        <v>2.3725244013499998</v>
       </c>
       <c r="N99" s="219">
-        <f t="shared" si="8"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B100" s="404" t="s">
+      <c r="B100" s="591" t="s">
         <v>220</v>
       </c>
-      <c r="C100" s="405">
+      <c r="C100" s="592">
         <f>SUM(C101:C114)</f>
-        <v>16.198664748440002</v>
-[...10 lines deleted...]
-      <c r="M100" s="415">
+        <v>18.126959000970004</v>
+      </c>
+      <c r="D100" s="593"/>
+      <c r="E100" s="594"/>
+      <c r="F100" s="593"/>
+      <c r="G100" s="595"/>
+      <c r="H100" s="596"/>
+      <c r="I100" s="597"/>
+      <c r="J100" s="598"/>
+      <c r="K100" s="599"/>
+      <c r="L100" s="594"/>
+      <c r="M100" s="605">
         <f>SUM(M101:M114)</f>
-        <v>16.198664748440002</v>
-[...1 lines deleted...]
-      <c r="N100" s="414">
+        <v>18.126959000970004</v>
+      </c>
+      <c r="N100" s="601">
         <f>M100-C100</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B101" s="200" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="C101" s="201"/>
       <c r="G101" s="206"/>
       <c r="I101" s="202"/>
-      <c r="J101" s="194"/>
-      <c r="L101" s="192"/>
       <c r="M101" s="204"/>
       <c r="N101" s="205"/>
     </row>
     <row r="102" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B102" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C102" s="201">
-        <v>5.3478771943599996</v>
+        <v>4.6604017553799997</v>
       </c>
       <c r="G102" s="206"/>
       <c r="I102" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J102" s="203">
         <v>0</v>
       </c>
-      <c r="L102" s="192"/>
       <c r="M102" s="204">
         <f>C102+J102/100*C102</f>
-        <v>5.3478771943599996</v>
+        <v>4.6604017553799997</v>
       </c>
       <c r="N102" s="205">
-        <f t="shared" ref="N102:N114" si="11">M102-C102</f>
+        <f t="shared" ref="N102:N114" si="12">M102-C102</f>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B103" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C103" s="201">
-        <v>0.78180084445000075</v>
+        <v>0.60623611623000051</v>
       </c>
       <c r="G103" s="206"/>
       <c r="I103" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J103" s="203">
         <v>0</v>
       </c>
-      <c r="L103" s="192"/>
       <c r="M103" s="204">
-        <f t="shared" ref="M103:M114" si="12">C103+J103/100*C103</f>
-        <v>0.78180084445000075</v>
+        <f t="shared" ref="M103:M114" si="13">C103+J103/100*C103</f>
+        <v>0.60623611623000051</v>
       </c>
       <c r="N103" s="205">
-        <f t="shared" si="11"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B104" s="200" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="C104" s="201">
-        <v>0.70108624044000001</v>
+        <v>0.79885830436000005</v>
       </c>
       <c r="G104" s="206"/>
       <c r="I104" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J104" s="203">
         <v>0</v>
       </c>
-      <c r="L104" s="192"/>
       <c r="M104" s="204">
+        <f t="shared" si="13"/>
+        <v>0.79885830436000005</v>
+      </c>
+      <c r="N104" s="205">
         <f t="shared" si="12"/>
-        <v>0.70108624044000001</v>
-[...2 lines deleted...]
-        <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B105" s="200" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="C105" s="201"/>
       <c r="G105" s="206"/>
       <c r="I105" s="202"/>
-      <c r="J105" s="436"/>
-      <c r="L105" s="192"/>
+      <c r="J105" s="389"/>
       <c r="M105" s="204"/>
       <c r="N105" s="205"/>
     </row>
     <row r="106" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B106" s="207" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C106" s="201">
-        <v>0.62552045366000009</v>
+        <v>0.67977111159000003</v>
       </c>
       <c r="D106" s="189"/>
       <c r="G106" s="206"/>
       <c r="I106" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J106" s="203">
         <v>0</v>
       </c>
-      <c r="L106" s="192"/>
       <c r="M106" s="204">
-        <f t="shared" ref="M106:M110" si="13">C106+J106/100*C106</f>
-        <v>0.62552045366000009</v>
+        <f t="shared" ref="M106:M110" si="14">C106+J106/100*C106</f>
+        <v>0.67977111159000003</v>
       </c>
       <c r="N106" s="205">
-        <f t="shared" ref="N106:N110" si="14">M106-C106</f>
+        <f t="shared" ref="N106:N110" si="15">M106-C106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B107" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C107" s="201">
-        <v>0.62016674321999998</v>
+        <v>0.55233072918999992</v>
       </c>
       <c r="G107" s="206"/>
       <c r="I107" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J107" s="203">
         <v>0</v>
       </c>
-      <c r="L107" s="192"/>
       <c r="M107" s="204">
-        <f t="shared" si="13"/>
-        <v>0.62016674321999998</v>
+        <f t="shared" si="14"/>
+        <v>0.55233072918999992</v>
       </c>
       <c r="N107" s="205">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B108" s="200" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="C108" s="201"/>
       <c r="G108" s="206"/>
       <c r="I108" s="202"/>
-      <c r="J108" s="436"/>
-      <c r="L108" s="192"/>
+      <c r="J108" s="389"/>
       <c r="M108" s="204"/>
       <c r="N108" s="205"/>
     </row>
     <row r="109" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B109" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C109" s="201">
-        <v>1.4978067866299998</v>
+        <v>1.9688946144799999</v>
       </c>
       <c r="G109" s="206"/>
       <c r="I109" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J109" s="203">
         <v>0</v>
       </c>
-      <c r="L109" s="192"/>
       <c r="M109" s="204">
-        <f t="shared" si="13"/>
-        <v>1.4978067866299998</v>
+        <f t="shared" si="14"/>
+        <v>1.9688946144799999</v>
       </c>
       <c r="N109" s="205">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B110" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C110" s="201">
-        <v>0.5579476539399999</v>
+        <v>0.67478927166999991</v>
       </c>
       <c r="G110" s="206"/>
       <c r="I110" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J110" s="203">
         <v>0</v>
       </c>
-      <c r="L110" s="192"/>
       <c r="M110" s="204">
-        <f t="shared" si="13"/>
-        <v>0.5579476539399999</v>
+        <f t="shared" si="14"/>
+        <v>0.67478927166999991</v>
       </c>
       <c r="N110" s="205">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B111" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C111" s="201">
-        <v>0.80344613379999996</v>
+        <v>0.83145414023999997</v>
       </c>
       <c r="G111" s="206"/>
       <c r="I111" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J111" s="203">
         <v>0</v>
       </c>
-      <c r="L111" s="192"/>
       <c r="M111" s="204">
+        <f t="shared" si="13"/>
+        <v>0.83145414023999997</v>
+      </c>
+      <c r="N111" s="205">
         <f t="shared" si="12"/>
-        <v>0.80344613379999996</v>
-[...2 lines deleted...]
-        <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B112" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C112" s="201">
-        <v>1.4109364503900004</v>
+        <v>1.9439576563800007</v>
       </c>
       <c r="G112" s="206"/>
       <c r="I112" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J112" s="203">
         <v>0</v>
       </c>
-      <c r="L112" s="192"/>
       <c r="M112" s="204">
+        <f t="shared" si="13"/>
+        <v>1.9439576563800007</v>
+      </c>
+      <c r="N112" s="205">
         <f t="shared" si="12"/>
-        <v>1.4109364503900004</v>
-[...6 lines deleted...]
-    <row r="113" spans="1:27" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B113" s="200" t="s">
-        <v>316</v>
+        <v>301</v>
       </c>
       <c r="C113" s="201">
-        <v>3.67417015867</v>
+        <v>5.19001207104</v>
       </c>
       <c r="G113" s="206"/>
       <c r="I113" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J113" s="203">
         <v>0</v>
       </c>
-      <c r="L113" s="192"/>
       <c r="M113" s="204">
+        <f t="shared" si="13"/>
+        <v>5.19001207104</v>
+      </c>
+      <c r="N113" s="205">
         <f t="shared" si="12"/>
-        <v>3.67417015867</v>
-[...6 lines deleted...]
-    <row r="114" spans="1:27" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B114" s="200" t="s">
         <v>226</v>
       </c>
       <c r="C114" s="201">
-        <v>0.17790608888000001</v>
+        <v>0.22025323041</v>
       </c>
       <c r="G114" s="206"/>
       <c r="I114" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J114" s="203">
         <v>0</v>
       </c>
-      <c r="L114" s="192"/>
       <c r="M114" s="204">
+        <f t="shared" si="13"/>
+        <v>0.22025323041</v>
+      </c>
+      <c r="N114" s="205">
         <f t="shared" si="12"/>
-        <v>0.17790608888000001</v>
-[...10 lines deleted...]
-      <c r="C115" s="405">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B115" s="591" t="s">
+        <v>284</v>
+      </c>
+      <c r="C115" s="592">
         <f>SUM(C116:C116)</f>
-        <v>0.67587102666999999</v>
-[...10 lines deleted...]
-      <c r="M115" s="415">
+        <v>0.96842496959000002</v>
+      </c>
+      <c r="D115" s="593"/>
+      <c r="E115" s="594"/>
+      <c r="F115" s="593"/>
+      <c r="G115" s="595"/>
+      <c r="H115" s="596"/>
+      <c r="I115" s="597"/>
+      <c r="J115" s="598"/>
+      <c r="K115" s="599"/>
+      <c r="L115" s="594"/>
+      <c r="M115" s="605">
         <f>SUM(M116:M116)</f>
-        <v>0.67587102666999999</v>
-[...1 lines deleted...]
-      <c r="N115" s="417">
+        <v>0.96842496959000002</v>
+      </c>
+      <c r="N115" s="645">
         <f>M115-C115</f>
         <v>0</v>
       </c>
     </row>
-    <row r="116" spans="1:27" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B116" s="200" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C116" s="201">
-        <v>0.67587102666999999</v>
+        <v>0.96842496959000002</v>
       </c>
       <c r="D116" s="189"/>
       <c r="G116" s="206"/>
       <c r="I116" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J116" s="203">
         <v>0</v>
       </c>
-      <c r="L116" s="192"/>
       <c r="M116" s="204">
         <f>C116+J116/100*C116</f>
-        <v>0.67587102666999999</v>
+        <v>0.96842496959000002</v>
       </c>
       <c r="N116" s="220">
         <f>M116-C116</f>
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:27" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="221" t="s">
         <v>231</v>
       </c>
-      <c r="C117" s="390">
+      <c r="C117" s="607">
         <f>C81+C100+C115</f>
-        <v>119.39888195733002</v>
-[...10 lines deleted...]
-      <c r="M117" s="425">
+        <v>136.59299636065998</v>
+      </c>
+      <c r="D117" s="608"/>
+      <c r="E117" s="617"/>
+      <c r="F117" s="608"/>
+      <c r="G117" s="610"/>
+      <c r="H117" s="611"/>
+      <c r="I117" s="612"/>
+      <c r="J117" s="613"/>
+      <c r="K117" s="614"/>
+      <c r="L117" s="615"/>
+      <c r="M117" s="616">
         <f>M81+M100+M115</f>
-        <v>119.39888195733002</v>
+        <v>136.59299636065998</v>
       </c>
       <c r="N117" s="222">
         <f>M117-C117</f>
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:27" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B118" s="224" t="s">
+    <row r="118" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B118" s="223" t="s">
         <v>62</v>
       </c>
-      <c r="C118" s="225">
+      <c r="C118" s="224">
         <f>C5+C11+C73+C75+C42++C81+C100+C115+C78</f>
-        <v>1172.3302948795199</v>
-[...10 lines deleted...]
-      <c r="M118" s="233">
+        <v>1171.63456024124</v>
+      </c>
+      <c r="D118" s="225"/>
+      <c r="E118" s="226"/>
+      <c r="F118" s="225"/>
+      <c r="G118" s="227"/>
+      <c r="H118" s="228"/>
+      <c r="I118" s="229"/>
+      <c r="J118" s="230"/>
+      <c r="K118" s="231"/>
+      <c r="L118" s="226"/>
+      <c r="M118" s="232">
         <f>M5+M11+M73+M75+M42++M81+M100+M115+M78</f>
-        <v>1172.3302948795199</v>
-[...1 lines deleted...]
-      <c r="N118" s="234">
+        <v>1171.63456024124</v>
+      </c>
+      <c r="N118" s="233">
         <f>N5+N11+N73+N75+N42++N81+N100+N115+N78</f>
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:27" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C119" s="237"/>
+    <row r="119" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B119" s="234"/>
+      <c r="C119" s="235"/>
       <c r="G119" s="206"/>
       <c r="I119" s="202"/>
-      <c r="J119" s="194"/>
-      <c r="L119" s="192"/>
       <c r="M119" s="204"/>
       <c r="N119" s="205"/>
     </row>
-    <row r="120" spans="1:27" s="438" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="M120" s="415">
+    <row r="120" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B120" s="591" t="s">
+        <v>484</v>
+      </c>
+      <c r="C120" s="592">
+        <v>1212.8817855842599</v>
+      </c>
+      <c r="D120" s="619"/>
+      <c r="E120" s="620"/>
+      <c r="F120" s="619"/>
+      <c r="G120" s="621"/>
+      <c r="H120" s="622"/>
+      <c r="I120" s="623"/>
+      <c r="J120" s="624"/>
+      <c r="K120" s="625"/>
+      <c r="L120" s="620"/>
+      <c r="M120" s="605"/>
+      <c r="N120" s="601"/>
+    </row>
+    <row r="121" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B121" s="626" t="s">
+        <v>485</v>
+      </c>
+      <c r="C121" s="646">
+        <f>C120-C118</f>
+        <v>41.247225343019863</v>
+      </c>
+      <c r="D121" s="628"/>
+      <c r="E121" s="629"/>
+      <c r="F121" s="628"/>
+      <c r="G121" s="630"/>
+      <c r="H121" s="631"/>
+      <c r="I121" s="632"/>
+      <c r="J121" s="633"/>
+      <c r="K121" s="634"/>
+      <c r="L121" s="629"/>
+      <c r="M121" s="635"/>
+      <c r="N121" s="636"/>
+    </row>
+    <row r="122" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B122" s="637"/>
+      <c r="C122" s="201"/>
+      <c r="G122" s="206"/>
+      <c r="I122" s="202"/>
+      <c r="M122" s="204"/>
+      <c r="N122" s="205"/>
+    </row>
+    <row r="123" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B123" s="591" t="s">
+        <v>484</v>
+      </c>
+      <c r="C123" s="592"/>
+      <c r="D123" s="619"/>
+      <c r="E123" s="620"/>
+      <c r="F123" s="619"/>
+      <c r="G123" s="621"/>
+      <c r="H123" s="622"/>
+      <c r="I123" s="623"/>
+      <c r="J123" s="624"/>
+      <c r="K123" s="625"/>
+      <c r="L123" s="620"/>
+      <c r="M123" s="605">
         <f>C120</f>
-        <v>1228.04145228673</v>
-[...1123 lines deleted...]
-      <c r="L410" s="192"/>
+        <v>1212.8817855842599</v>
+      </c>
+      <c r="N123" s="601"/>
+    </row>
+    <row r="124" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B124" s="374" t="s">
+        <v>486</v>
+      </c>
+      <c r="C124" s="638"/>
+      <c r="D124" s="639"/>
+      <c r="E124" s="640"/>
+      <c r="F124" s="639"/>
+      <c r="G124" s="236"/>
+      <c r="H124" s="641"/>
+      <c r="I124" s="237"/>
+      <c r="J124" s="642"/>
+      <c r="K124" s="643"/>
+      <c r="L124" s="640"/>
+      <c r="M124" s="644">
+        <f>M123-M118</f>
+        <v>41.247225343019863</v>
+      </c>
+      <c r="N124" s="367"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="AD7l0N5LoS3XFZNLbJ6vmValh543onHYnvFzG0GoWQzHVw0sHxEcaN4w/1Yxc8nn+JicjW5SWVCvVxduTJcu0Q==" saltValue="z74HboTvc4f2gcSdCK6Lpw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="XndZ81HlIdoMyd9nYs2+JYD8q6sUjWphWjNSutjJYJPh+XgO9qnUNumzIDNFFmb8dQfs85+JZwVHetGIwTX7wA==" saltValue="HE1LkiRlEi/HLF32ylJr5g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="I3:M3"/>
     <mergeCell ref="N3:N4"/>
-    <mergeCell ref="B1:N1"/>
+    <mergeCell ref="C1:N1"/>
   </mergeCells>
   <conditionalFormatting sqref="C121">
-    <cfRule type="cellIs" dxfId="7" priority="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="5" priority="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="2" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="2" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M124">
+    <cfRule type="cellIs" dxfId="3" priority="3" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="2" priority="4" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="13" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{579B49D4-EA99-4B58-AC4E-06082693C374}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H15"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4" style="264" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.28515625" style="264"/>
+    <col min="1" max="1" width="4" style="262" customWidth="1"/>
+    <col min="2" max="2" width="51.5703125" style="262" customWidth="1"/>
+    <col min="3" max="3" width="182.85546875" style="262" customWidth="1"/>
+    <col min="4" max="16384" width="9.28515625" style="262"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:8" ht="33.75" x14ac:dyDescent="0.2">
-      <c r="C2" s="667" t="s">
-[...2 lines deleted...]
-      <c r="H2" s="265"/>
+      <c r="C2" s="550" t="s">
+        <v>456</v>
+      </c>
+      <c r="H2" s="263"/>
     </row>
     <row r="3" spans="2:8" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="267" t="s">
-[...3 lines deleted...]
-      <c r="H3" s="265"/>
+      <c r="C3" s="265" t="s">
+        <v>460</v>
+      </c>
+      <c r="G3" s="263"/>
+      <c r="H3" s="263"/>
     </row>
     <row r="4" spans="2:8" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C4" s="668" t="s">
-[...3 lines deleted...]
-      <c r="H4" s="265"/>
+      <c r="C4" s="551" t="s">
+        <v>302</v>
+      </c>
+      <c r="G4" s="263"/>
+      <c r="H4" s="263"/>
     </row>
     <row r="5" spans="2:8" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C5" s="668" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="265"/>
+      <c r="C5" s="551" t="s">
+        <v>461</v>
+      </c>
+      <c r="H5" s="263"/>
     </row>
     <row r="6" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C6" s="271" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="265"/>
+      <c r="C6" s="269" t="s">
+        <v>462</v>
+      </c>
+      <c r="H6" s="263"/>
     </row>
     <row r="7" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C7" s="271" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="265"/>
+      <c r="C7" s="269" t="s">
+        <v>463</v>
+      </c>
+      <c r="H7" s="263"/>
     </row>
     <row r="8" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C8" s="395" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="265"/>
+      <c r="C8" s="378" t="s">
+        <v>464</v>
+      </c>
+      <c r="H8" s="263"/>
     </row>
     <row r="9" spans="2:8" ht="90" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="272"/>
-[...3 lines deleted...]
-      <c r="H9" s="265"/>
+      <c r="B9" s="270"/>
+      <c r="C9" s="378" t="s">
+        <v>465</v>
+      </c>
+      <c r="H9" s="263"/>
     </row>
     <row r="10" spans="2:8" ht="51" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="272"/>
-[...3 lines deleted...]
-      <c r="H10" s="265"/>
+      <c r="B10" s="270"/>
+      <c r="C10" s="265" t="s">
+        <v>466</v>
+      </c>
+      <c r="H10" s="263"/>
     </row>
     <row r="11" spans="2:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C11" s="580" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="265"/>
+      <c r="C11" s="529" t="s">
+        <v>303</v>
+      </c>
+      <c r="H11" s="263"/>
     </row>
     <row r="12" spans="2:8" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C12" s="267" t="s">
-        <v>485</v>
+      <c r="C12" s="265" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="C13" s="274"/>
+      <c r="C13" s="272"/>
     </row>
     <row r="14" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="C14" s="268" t="s">
+      <c r="C14" s="266" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="15" spans="2:8" s="272" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>486</v>
+    <row r="15" spans="2:8" s="270" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C15" s="266" t="s">
+        <v>468</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="m5iItEWk+0jTe3mSCcm35soWHOnJLLxYwrpHitZ3sd+aS6x1i4MF9vgHWpFx5Kzb/LVR2zcoEgWjznbJG/WIhQ==" saltValue="kW7pc1Ps00YdclEBCKi/IA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{671357C9-2BFE-48EC-A066-DCF9359AFA46}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:P64"/>
   <sheetViews>
     <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="L39" sqref="L39"/>
+      <selection activeCell="J48" sqref="J48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="240" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="240"/>
+    <col min="1" max="1" width="4.140625" style="238" customWidth="1"/>
+    <col min="2" max="2" width="131.140625" style="238" customWidth="1"/>
+    <col min="3" max="3" width="24.140625" style="245" customWidth="1"/>
+    <col min="4" max="4" width="28" style="242" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" style="241" customWidth="1"/>
+    <col min="6" max="6" width="39.5703125" style="242" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="241" customWidth="1"/>
+    <col min="8" max="8" width="5.28515625" style="238" customWidth="1"/>
+    <col min="9" max="9" width="28" style="242" customWidth="1"/>
+    <col min="10" max="10" width="17" style="243" customWidth="1"/>
+    <col min="11" max="11" width="42.28515625" style="244" customWidth="1"/>
+    <col min="12" max="12" width="20.85546875" style="241" customWidth="1"/>
+    <col min="13" max="13" width="20.7109375" style="245" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="18" style="246" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="18.42578125" style="238" customWidth="1"/>
+    <col min="16" max="16" width="28.7109375" style="238" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="16" style="238" bestFit="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.140625" style="238"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="165" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="659" t="s">
-[...13 lines deleted...]
-      <c r="N1" s="659"/>
+      <c r="B1" s="711" t="s">
+        <v>459</v>
+      </c>
+      <c r="C1" s="711"/>
+      <c r="D1" s="711"/>
+      <c r="E1" s="711"/>
+      <c r="F1" s="711"/>
+      <c r="G1" s="711"/>
+      <c r="H1" s="711"/>
+      <c r="I1" s="711"/>
+      <c r="J1" s="711"/>
+      <c r="K1" s="711"/>
+      <c r="L1" s="711"/>
+      <c r="M1" s="711"/>
+      <c r="N1" s="711"/>
     </row>
     <row r="2" spans="2:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C2" s="241"/>
-      <c r="D2" s="242"/>
+      <c r="C2" s="239"/>
+      <c r="D2" s="240"/>
     </row>
     <row r="3" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="660" t="s">
+      <c r="B3" s="712" t="s">
         <v>99</v>
       </c>
-      <c r="C3" s="662" t="s">
-[...7 lines deleted...]
-      <c r="I3" s="662" t="s">
+      <c r="C3" s="714" t="s">
+        <v>384</v>
+      </c>
+      <c r="D3" s="715"/>
+      <c r="E3" s="715"/>
+      <c r="F3" s="715"/>
+      <c r="G3" s="716"/>
+      <c r="H3" s="247"/>
+      <c r="I3" s="714" t="s">
         <v>100</v>
       </c>
-      <c r="J3" s="663"/>
-[...3 lines deleted...]
-      <c r="N3" s="665" t="s">
+      <c r="J3" s="715"/>
+      <c r="K3" s="715"/>
+      <c r="L3" s="715"/>
+      <c r="M3" s="716"/>
+      <c r="N3" s="717" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="4" spans="2:14" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="661"/>
-      <c r="C4" s="250" t="s">
+      <c r="B4" s="713"/>
+      <c r="C4" s="248" t="s">
         <v>102</v>
       </c>
-      <c r="D4" s="581" t="s">
+      <c r="D4" s="530" t="s">
         <v>103</v>
       </c>
-      <c r="E4" s="581" t="s">
+      <c r="E4" s="530" t="s">
         <v>104</v>
       </c>
-      <c r="F4" s="581" t="s">
+      <c r="F4" s="530" t="s">
         <v>105</v>
       </c>
-      <c r="G4" s="263" t="s">
-[...3 lines deleted...]
-      <c r="I4" s="250" t="s">
+      <c r="G4" s="261" t="s">
+        <v>304</v>
+      </c>
+      <c r="H4" s="530"/>
+      <c r="I4" s="248" t="s">
         <v>103</v>
       </c>
-      <c r="J4" s="581" t="s">
+      <c r="J4" s="530" t="s">
         <v>104</v>
       </c>
-      <c r="K4" s="581" t="s">
+      <c r="K4" s="530" t="s">
         <v>105</v>
       </c>
-      <c r="L4" s="581" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="263" t="s">
+      <c r="L4" s="530" t="s">
+        <v>304</v>
+      </c>
+      <c r="M4" s="261" t="s">
         <v>102</v>
       </c>
-      <c r="N4" s="666"/>
+      <c r="N4" s="718"/>
     </row>
     <row r="5" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="582"/>
-[...11 lines deleted...]
-      <c r="N5" s="590"/>
+      <c r="B5" s="531"/>
+      <c r="C5" s="532"/>
+      <c r="D5" s="533"/>
+      <c r="E5" s="534"/>
+      <c r="F5" s="533"/>
+      <c r="G5" s="535"/>
+      <c r="H5" s="536"/>
+      <c r="I5" s="537"/>
+      <c r="J5" s="585"/>
+      <c r="K5" s="538"/>
+      <c r="L5" s="586"/>
+      <c r="M5" s="532"/>
+      <c r="N5" s="539"/>
     </row>
     <row r="6" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B6" s="49" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
       <c r="C6" s="31">
         <f>C7+C21+C30</f>
         <v>526.38291900000002</v>
       </c>
-      <c r="D6" s="240"/>
-[...5 lines deleted...]
-      <c r="L6" s="704"/>
+      <c r="D6" s="238"/>
+      <c r="E6" s="238"/>
+      <c r="H6" s="249"/>
+      <c r="I6" s="238"/>
+      <c r="J6" s="238"/>
+      <c r="K6" s="289"/>
+      <c r="L6" s="587"/>
       <c r="M6" s="73">
         <f>M7+M21+M30</f>
         <v>526.38291900000002</v>
       </c>
-      <c r="N6" s="252">
+      <c r="N6" s="250">
         <f>C6-M6</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="253" t="s">
-        <v>381</v>
+      <c r="B7" s="251" t="s">
+        <v>366</v>
       </c>
       <c r="C7" s="31">
         <f>SUM(C8:C20)</f>
         <v>148.69637100000003</v>
       </c>
-      <c r="E7" s="293"/>
-[...4 lines deleted...]
-      <c r="L7" s="704"/>
+      <c r="E7" s="290"/>
+      <c r="H7" s="252"/>
+      <c r="I7" s="253"/>
+      <c r="J7" s="587"/>
+      <c r="K7" s="289"/>
+      <c r="L7" s="587"/>
       <c r="M7" s="73">
         <f>SUM(M8:M20)</f>
         <v>148.69637100000003</v>
       </c>
-      <c r="N7" s="252">
+      <c r="N7" s="250">
         <f>C7-M7</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B8" s="32" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C8" s="17">
         <v>19.830328999999999</v>
       </c>
-      <c r="F8" s="244" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="256">
+      <c r="F8" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G8" s="254">
         <f t="shared" ref="G8:G20" si="0">C8*1000000000/10828717</f>
         <v>1831.2722550603178</v>
       </c>
-      <c r="I8" s="257"/>
-[...4 lines deleted...]
-      <c r="L8" s="258">
+      <c r="I8" s="255"/>
+      <c r="J8" s="582"/>
+      <c r="K8" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L8" s="256">
         <v>1831.2722550603178</v>
       </c>
-      <c r="M8" s="259">
+      <c r="M8" s="257">
         <f t="shared" ref="M8:M20" si="1">(10828717*L8/1000000000)</f>
         <v>19.830328999999999</v>
       </c>
-      <c r="N8" s="252"/>
+      <c r="N8" s="250"/>
     </row>
     <row r="9" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B9" s="32" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="C9" s="17">
         <v>21.790458999999998</v>
       </c>
-      <c r="E9" s="699"/>
-[...3 lines deleted...]
-      <c r="G9" s="256">
+      <c r="E9" s="582"/>
+      <c r="F9" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G9" s="254">
         <f t="shared" si="0"/>
         <v>2012.2844654634523</v>
       </c>
-      <c r="I9" s="257"/>
-[...4 lines deleted...]
-      <c r="L9" s="258">
+      <c r="I9" s="255"/>
+      <c r="J9" s="582"/>
+      <c r="K9" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L9" s="256">
         <v>2012.2844654634523</v>
       </c>
-      <c r="M9" s="259">
+      <c r="M9" s="257">
         <f t="shared" si="1"/>
         <v>21.790458999999998</v>
       </c>
-      <c r="N9" s="252"/>
+      <c r="N9" s="250"/>
     </row>
     <row r="10" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B10" s="32" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="C10" s="591">
+        <v>308</v>
+      </c>
+      <c r="C10" s="540">
         <v>10.860932</v>
       </c>
-      <c r="E10" s="293"/>
-[...3 lines deleted...]
-      <c r="G10" s="256">
+      <c r="E10" s="290"/>
+      <c r="F10" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G10" s="254">
         <f t="shared" si="0"/>
         <v>1002.9749600068042</v>
       </c>
-      <c r="I10" s="257"/>
-[...4 lines deleted...]
-      <c r="L10" s="258">
+      <c r="I10" s="255"/>
+      <c r="J10" s="582"/>
+      <c r="K10" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L10" s="256">
         <v>1002.9749600068042</v>
       </c>
-      <c r="M10" s="259">
+      <c r="M10" s="257">
         <f t="shared" si="1"/>
         <v>10.860932</v>
       </c>
-      <c r="N10" s="252"/>
+      <c r="N10" s="250"/>
     </row>
     <row r="11" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B11" s="32" t="s">
-        <v>324</v>
+        <v>309</v>
       </c>
       <c r="C11" s="17">
         <v>7.0091140000000003</v>
       </c>
-      <c r="E11" s="293"/>
-[...3 lines deleted...]
-      <c r="G11" s="256">
+      <c r="E11" s="290"/>
+      <c r="F11" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G11" s="254">
         <f t="shared" si="0"/>
         <v>647.27095555272149</v>
       </c>
-      <c r="I11" s="257"/>
-[...4 lines deleted...]
-      <c r="L11" s="258">
+      <c r="I11" s="255"/>
+      <c r="J11" s="582"/>
+      <c r="K11" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L11" s="256">
         <v>647.27095555272149</v>
       </c>
-      <c r="M11" s="259">
+      <c r="M11" s="257">
         <f t="shared" si="1"/>
         <v>7.0091140000000003</v>
       </c>
-      <c r="N11" s="252"/>
+      <c r="N11" s="250"/>
     </row>
     <row r="12" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B12" s="32" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="C12" s="591">
+        <v>310</v>
+      </c>
+      <c r="C12" s="540">
         <v>5.5419980000000004</v>
       </c>
-      <c r="E12" s="293"/>
-[...3 lines deleted...]
-      <c r="G12" s="256">
+      <c r="E12" s="290"/>
+      <c r="F12" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G12" s="254">
         <f t="shared" si="0"/>
         <v>511.78713046060767</v>
       </c>
-      <c r="I12" s="257"/>
-[...4 lines deleted...]
-      <c r="L12" s="258">
+      <c r="I12" s="255"/>
+      <c r="J12" s="582"/>
+      <c r="K12" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L12" s="256">
         <v>511.78713046060767</v>
       </c>
-      <c r="M12" s="259">
+      <c r="M12" s="257">
         <f t="shared" si="1"/>
         <v>5.5419980000000004</v>
       </c>
-      <c r="N12" s="252"/>
+      <c r="N12" s="250"/>
     </row>
     <row r="13" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B13" s="32" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="C13" s="17">
         <v>15.674104</v>
       </c>
-      <c r="E13" s="293"/>
-[...3 lines deleted...]
-      <c r="G13" s="256">
+      <c r="E13" s="290"/>
+      <c r="F13" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G13" s="254">
         <f t="shared" si="0"/>
         <v>1447.4571641312632</v>
       </c>
-      <c r="I13" s="257"/>
-[...4 lines deleted...]
-      <c r="L13" s="258">
+      <c r="I13" s="255"/>
+      <c r="J13" s="582"/>
+      <c r="K13" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L13" s="256">
         <v>1447.4571641312632</v>
       </c>
-      <c r="M13" s="259">
+      <c r="M13" s="257">
         <f t="shared" si="1"/>
         <v>15.674104</v>
       </c>
-      <c r="N13" s="252"/>
+      <c r="N13" s="250"/>
     </row>
     <row r="14" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B14" s="32" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="C14" s="17">
         <v>3.6938979999999999</v>
       </c>
-      <c r="E14" s="293"/>
-[...3 lines deleted...]
-      <c r="G14" s="256">
+      <c r="E14" s="290"/>
+      <c r="F14" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G14" s="254">
         <f t="shared" si="0"/>
         <v>341.12055934234866</v>
       </c>
-      <c r="I14" s="257"/>
-[...4 lines deleted...]
-      <c r="L14" s="258">
+      <c r="I14" s="255"/>
+      <c r="J14" s="582"/>
+      <c r="K14" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L14" s="256">
         <v>341.12055934234866</v>
       </c>
-      <c r="M14" s="259">
+      <c r="M14" s="257">
         <f t="shared" si="1"/>
         <v>3.6938979999999995</v>
       </c>
-      <c r="N14" s="252"/>
+      <c r="N14" s="250"/>
     </row>
     <row r="15" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B15" s="32" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="C15" s="17">
         <f>20.465041-C13-C14</f>
         <v>1.0970389999999997</v>
       </c>
-      <c r="E15" s="293"/>
-[...3 lines deleted...]
-      <c r="G15" s="256">
+      <c r="E15" s="290"/>
+      <c r="F15" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G15" s="254">
         <f t="shared" si="0"/>
         <v>101.30830826957614</v>
       </c>
-      <c r="I15" s="257"/>
-[...4 lines deleted...]
-      <c r="L15" s="258">
+      <c r="I15" s="255"/>
+      <c r="J15" s="582"/>
+      <c r="K15" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L15" s="256">
         <v>101.30830826957614</v>
       </c>
-      <c r="M15" s="259">
+      <c r="M15" s="257">
         <f t="shared" si="1"/>
         <v>1.0970389999999997</v>
       </c>
-      <c r="N15" s="252"/>
+      <c r="N15" s="250"/>
     </row>
     <row r="16" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B16" s="32" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="C16" s="17">
         <v>5.7486129999999998</v>
       </c>
-      <c r="E16" s="293"/>
-[...3 lines deleted...]
-      <c r="G16" s="256">
+      <c r="E16" s="290"/>
+      <c r="F16" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G16" s="254">
         <f t="shared" si="0"/>
         <v>530.8674148562568</v>
       </c>
-      <c r="I16" s="257"/>
-[...4 lines deleted...]
-      <c r="L16" s="258">
+      <c r="I16" s="255"/>
+      <c r="J16" s="582"/>
+      <c r="K16" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L16" s="256">
         <v>530.8674148562568</v>
       </c>
-      <c r="M16" s="259">
+      <c r="M16" s="257">
         <f t="shared" si="1"/>
         <v>5.7486130000000006</v>
       </c>
-      <c r="N16" s="252"/>
+      <c r="N16" s="250"/>
     </row>
     <row r="17" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="351" t="s">
-        <v>330</v>
+      <c r="B17" s="346" t="s">
+        <v>315</v>
       </c>
       <c r="C17" s="17">
         <f>46.832495-C18</f>
         <v>42.900323</v>
       </c>
-      <c r="E17" s="293"/>
-[...3 lines deleted...]
-      <c r="G17" s="256">
+      <c r="E17" s="290"/>
+      <c r="F17" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G17" s="254">
         <f t="shared" si="0"/>
         <v>3961.7179948464809</v>
       </c>
-      <c r="I17" s="257"/>
-[...4 lines deleted...]
-      <c r="L17" s="258">
+      <c r="I17" s="255"/>
+      <c r="J17" s="582"/>
+      <c r="K17" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L17" s="256">
         <v>3961.7179948464809</v>
       </c>
-      <c r="M17" s="259">
+      <c r="M17" s="257">
         <f t="shared" si="1"/>
         <v>42.900323</v>
       </c>
-      <c r="N17" s="252"/>
+      <c r="N17" s="250"/>
     </row>
     <row r="18" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B18" s="32" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="C18" s="17">
         <v>3.932172</v>
       </c>
-      <c r="E18" s="293"/>
-[...3 lines deleted...]
-      <c r="G18" s="256">
+      <c r="E18" s="290"/>
+      <c r="F18" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G18" s="254">
         <f t="shared" si="0"/>
         <v>363.12445878860808</v>
       </c>
-      <c r="I18" s="257"/>
-[...4 lines deleted...]
-      <c r="L18" s="258">
+      <c r="I18" s="255"/>
+      <c r="J18" s="582"/>
+      <c r="K18" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L18" s="256">
         <v>363.12445878860808</v>
       </c>
-      <c r="M18" s="259">
+      <c r="M18" s="257">
         <f t="shared" si="1"/>
         <v>3.9321719999999996</v>
       </c>
-      <c r="N18" s="252"/>
+      <c r="N18" s="250"/>
     </row>
     <row r="19" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B19" s="32" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="C19" s="17">
         <v>3.4644840000000001</v>
       </c>
-      <c r="E19" s="293"/>
-[...3 lines deleted...]
-      <c r="G19" s="256">
+      <c r="E19" s="290"/>
+      <c r="F19" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G19" s="254">
         <f t="shared" si="0"/>
         <v>319.93485470162346</v>
       </c>
-      <c r="I19" s="257"/>
-[...4 lines deleted...]
-      <c r="L19" s="258">
+      <c r="I19" s="255"/>
+      <c r="J19" s="582"/>
+      <c r="K19" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L19" s="256">
         <v>319.93485470162346</v>
       </c>
-      <c r="M19" s="259">
+      <c r="M19" s="257">
         <f t="shared" si="1"/>
         <v>3.4644840000000001</v>
       </c>
-      <c r="N19" s="252"/>
+      <c r="N19" s="250"/>
     </row>
     <row r="20" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B20" s="32" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="C20" s="591">
+        <v>318</v>
+      </c>
+      <c r="C20" s="540">
         <v>7.1529059999999998</v>
       </c>
-      <c r="E20" s="293"/>
-[...3 lines deleted...]
-      <c r="G20" s="256">
+      <c r="E20" s="290"/>
+      <c r="F20" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G20" s="254">
         <f t="shared" si="0"/>
         <v>660.54972163368939</v>
       </c>
-      <c r="I20" s="257"/>
-[...4 lines deleted...]
-      <c r="L20" s="258">
+      <c r="I20" s="255"/>
+      <c r="J20" s="582"/>
+      <c r="K20" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L20" s="256">
         <v>660.54972163368939</v>
       </c>
-      <c r="M20" s="259">
+      <c r="M20" s="257">
         <f t="shared" si="1"/>
         <v>7.1529059999999998</v>
       </c>
-      <c r="N20" s="252"/>
+      <c r="N20" s="250"/>
     </row>
     <row r="21" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="669" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="670">
+      <c r="B21" s="552" t="s">
+        <v>367</v>
+      </c>
+      <c r="C21" s="553">
         <f>SUM(C22:C29)</f>
         <v>294.67112300000002</v>
       </c>
-      <c r="D21" s="671"/>
-[...8 lines deleted...]
-      <c r="M21" s="677">
+      <c r="D21" s="554"/>
+      <c r="E21" s="555"/>
+      <c r="F21" s="554"/>
+      <c r="G21" s="556"/>
+      <c r="H21" s="557"/>
+      <c r="I21" s="558"/>
+      <c r="J21" s="578"/>
+      <c r="K21" s="559"/>
+      <c r="L21" s="578"/>
+      <c r="M21" s="560">
         <f>SUM(M22:M29)</f>
         <v>294.67112300000002</v>
       </c>
-      <c r="N21" s="678">
+      <c r="N21" s="561">
         <f>C21-M21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B22" s="32" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="C22" s="17">
         <v>66.693488000000002</v>
       </c>
-      <c r="E22" s="293"/>
-[...3 lines deleted...]
-      <c r="G22" s="256">
+      <c r="E22" s="290"/>
+      <c r="F22" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G22" s="254">
         <f t="shared" ref="G22:G29" si="2">C22*1000000000/10828717</f>
         <v>6158.9464384377206</v>
       </c>
-      <c r="I22" s="257"/>
-[...4 lines deleted...]
-      <c r="L22" s="258">
+      <c r="I22" s="255"/>
+      <c r="J22" s="582"/>
+      <c r="K22" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L22" s="256">
         <v>6158.9464384377206</v>
       </c>
-      <c r="M22" s="259">
+      <c r="M22" s="257">
         <f t="shared" ref="M22:M29" si="3">(10828717*L22/1000000000)</f>
         <v>66.693488000000002</v>
       </c>
-      <c r="N22" s="252"/>
+      <c r="N22" s="250"/>
     </row>
     <row r="23" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B23" s="32" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="C23" s="17">
         <v>151.045119</v>
       </c>
-      <c r="E23" s="293"/>
-[...3 lines deleted...]
-      <c r="G23" s="256">
+      <c r="E23" s="290"/>
+      <c r="F23" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G23" s="254">
         <f t="shared" si="2"/>
         <v>13948.570176873216</v>
       </c>
-      <c r="I23" s="257"/>
-[...4 lines deleted...]
-      <c r="L23" s="258">
+      <c r="I23" s="255"/>
+      <c r="J23" s="582"/>
+      <c r="K23" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L23" s="256">
         <v>13948.570176873216</v>
       </c>
-      <c r="M23" s="259">
+      <c r="M23" s="257">
         <f t="shared" si="3"/>
         <v>151.045119</v>
       </c>
-      <c r="N23" s="252"/>
+      <c r="N23" s="250"/>
     </row>
     <row r="24" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B24" s="32" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="C24" s="17">
         <v>0.66384100000000001</v>
       </c>
-      <c r="E24" s="293"/>
-[...3 lines deleted...]
-      <c r="G24" s="256">
+      <c r="E24" s="290"/>
+      <c r="F24" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G24" s="254">
         <f t="shared" si="2"/>
         <v>61.303753713390051</v>
       </c>
-      <c r="I24" s="257"/>
-[...4 lines deleted...]
-      <c r="L24" s="258">
+      <c r="I24" s="255"/>
+      <c r="J24" s="582"/>
+      <c r="K24" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L24" s="256">
         <v>61.303753713390051</v>
       </c>
-      <c r="M24" s="259">
+      <c r="M24" s="257">
         <f t="shared" si="3"/>
         <v>0.66384100000000001</v>
       </c>
-      <c r="N24" s="252"/>
+      <c r="N24" s="250"/>
     </row>
     <row r="25" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B25" s="32" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
       <c r="C25" s="17">
         <v>40.363419999999998</v>
       </c>
-      <c r="E25" s="293"/>
-[...3 lines deleted...]
-      <c r="G25" s="256">
+      <c r="E25" s="290"/>
+      <c r="F25" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G25" s="254">
         <f t="shared" si="2"/>
         <v>3727.4425031146347</v>
       </c>
-      <c r="I25" s="257"/>
-[...4 lines deleted...]
-      <c r="L25" s="258">
+      <c r="I25" s="255"/>
+      <c r="J25" s="582"/>
+      <c r="K25" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L25" s="256">
         <v>3727.4425031146347</v>
       </c>
-      <c r="M25" s="259">
+      <c r="M25" s="257">
         <f t="shared" si="3"/>
         <v>40.363419999999998</v>
       </c>
-      <c r="N25" s="252"/>
+      <c r="N25" s="250"/>
     </row>
     <row r="26" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B26" s="32" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="C26" s="17">
         <v>16.175706999999999</v>
       </c>
-      <c r="E26" s="293"/>
-[...3 lines deleted...]
-      <c r="G26" s="256">
+      <c r="E26" s="290"/>
+      <c r="F26" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G26" s="254">
         <f t="shared" si="2"/>
         <v>1493.7787181990259</v>
       </c>
-      <c r="I26" s="257"/>
-[...4 lines deleted...]
-      <c r="L26" s="258">
+      <c r="I26" s="255"/>
+      <c r="J26" s="582"/>
+      <c r="K26" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L26" s="256">
         <v>1493.7787181990259</v>
       </c>
-      <c r="M26" s="259">
+      <c r="M26" s="257">
         <f t="shared" si="3"/>
         <v>16.175707000000003</v>
       </c>
-      <c r="N26" s="252"/>
+      <c r="N26" s="250"/>
     </row>
     <row r="27" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B27" s="32" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="C27" s="17">
         <v>15.531356000000001</v>
       </c>
-      <c r="E27" s="293"/>
-[...3 lines deleted...]
-      <c r="G27" s="256">
+      <c r="E27" s="290"/>
+      <c r="F27" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G27" s="254">
         <f t="shared" si="2"/>
         <v>1434.2748083637239</v>
       </c>
-      <c r="I27" s="257"/>
-[...4 lines deleted...]
-      <c r="L27" s="258">
+      <c r="I27" s="255"/>
+      <c r="J27" s="582"/>
+      <c r="K27" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L27" s="256">
         <v>1434.2748083637239</v>
       </c>
-      <c r="M27" s="259">
+      <c r="M27" s="257">
         <f t="shared" si="3"/>
         <v>15.531355999999999</v>
       </c>
-      <c r="N27" s="252"/>
+      <c r="N27" s="250"/>
     </row>
     <row r="28" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B28" s="32" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="C28" s="17">
         <v>3.696456</v>
       </c>
-      <c r="E28" s="293"/>
-[...3 lines deleted...]
-      <c r="G28" s="256">
+      <c r="E28" s="290"/>
+      <c r="F28" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G28" s="254">
         <f t="shared" si="2"/>
         <v>341.35678307965753</v>
       </c>
-      <c r="I28" s="257"/>
-[...4 lines deleted...]
-      <c r="L28" s="258">
+      <c r="I28" s="255"/>
+      <c r="J28" s="582"/>
+      <c r="K28" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L28" s="256">
         <v>341.35678307965753</v>
       </c>
-      <c r="M28" s="259">
+      <c r="M28" s="257">
         <f t="shared" si="3"/>
         <v>3.696456</v>
       </c>
-      <c r="N28" s="252"/>
+      <c r="N28" s="250"/>
     </row>
     <row r="29" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B29" s="32" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="C29" s="591">
+        <v>326</v>
+      </c>
+      <c r="C29" s="540">
         <v>0.50173599999999996</v>
       </c>
-      <c r="E29" s="293"/>
-[...3 lines deleted...]
-      <c r="G29" s="256">
+      <c r="E29" s="290"/>
+      <c r="F29" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G29" s="254">
         <f t="shared" si="2"/>
         <v>46.333836224549955</v>
       </c>
-      <c r="I29" s="257"/>
-[...4 lines deleted...]
-      <c r="L29" s="261">
+      <c r="I29" s="255"/>
+      <c r="J29" s="582"/>
+      <c r="K29" s="258" t="s">
+        <v>306</v>
+      </c>
+      <c r="L29" s="259">
         <v>46.333836224549955</v>
       </c>
-      <c r="M29" s="259">
+      <c r="M29" s="257">
         <f t="shared" si="3"/>
         <v>0.50173599999999996</v>
       </c>
-      <c r="N29" s="252"/>
+      <c r="N29" s="250"/>
     </row>
     <row r="30" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="669" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="670">
+      <c r="B30" s="552" t="s">
+        <v>344</v>
+      </c>
+      <c r="C30" s="553">
         <f>SUM(C31:C43)</f>
         <v>83.015424999999922</v>
       </c>
-      <c r="D30" s="671"/>
-[...8 lines deleted...]
-      <c r="M30" s="677">
+      <c r="D30" s="554"/>
+      <c r="E30" s="555"/>
+      <c r="F30" s="554"/>
+      <c r="G30" s="556"/>
+      <c r="H30" s="557"/>
+      <c r="I30" s="558"/>
+      <c r="J30" s="578"/>
+      <c r="K30" s="291"/>
+      <c r="L30" s="582"/>
+      <c r="M30" s="560">
         <f>SUM(M31:M43)</f>
         <v>83.015424999999922</v>
       </c>
-      <c r="N30" s="678">
+      <c r="N30" s="561">
         <f>C30-M30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B31" s="32" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="C31" s="17">
         <v>4.590573</v>
       </c>
-      <c r="E31" s="293"/>
-[...3 lines deleted...]
-      <c r="G31" s="256">
+      <c r="E31" s="290"/>
+      <c r="F31" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G31" s="254">
         <f t="shared" ref="G31:G44" si="4">C31*1000000000/10828717</f>
         <v>423.92584458528188</v>
       </c>
-      <c r="I31" s="257"/>
-[...4 lines deleted...]
-      <c r="L31" s="258">
+      <c r="I31" s="255"/>
+      <c r="J31" s="582"/>
+      <c r="K31" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L31" s="256">
         <v>423.92584458528188</v>
       </c>
-      <c r="M31" s="259">
-        <f t="shared" ref="M31:M44" si="5">(10828717*L31/1000000000)</f>
+      <c r="M31" s="257">
+        <f t="shared" ref="M31:M42" si="5">(10828717*L31/1000000000)</f>
         <v>4.590573</v>
       </c>
-      <c r="N31" s="252"/>
+      <c r="N31" s="250"/>
     </row>
     <row r="32" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B32" s="32" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="C32" s="17">
         <v>8.4323999999999996E-2</v>
       </c>
-      <c r="E32" s="293"/>
-[...3 lines deleted...]
-      <c r="G32" s="256">
+      <c r="E32" s="290"/>
+      <c r="F32" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G32" s="254">
         <f t="shared" si="4"/>
         <v>7.7870720972761589</v>
       </c>
-      <c r="I32" s="257"/>
-[...4 lines deleted...]
-      <c r="L32" s="258">
+      <c r="I32" s="255"/>
+      <c r="J32" s="582"/>
+      <c r="K32" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L32" s="256">
         <v>7.7870720972761589</v>
       </c>
-      <c r="M32" s="259">
+      <c r="M32" s="257">
         <f t="shared" si="5"/>
         <v>8.4323999999999996E-2</v>
       </c>
-      <c r="N32" s="252"/>
+      <c r="N32" s="250"/>
     </row>
     <row r="33" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B33" s="32" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="C33" s="17">
         <v>5.4649999999999997E-2</v>
       </c>
-      <c r="E33" s="293"/>
-[...3 lines deleted...]
-      <c r="G33" s="256">
+      <c r="E33" s="290"/>
+      <c r="F33" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G33" s="254">
         <f t="shared" si="4"/>
         <v>5.0467659280411521</v>
       </c>
-      <c r="I33" s="257"/>
-[...4 lines deleted...]
-      <c r="L33" s="258">
+      <c r="I33" s="255"/>
+      <c r="J33" s="582"/>
+      <c r="K33" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L33" s="256">
         <v>5.0467659280411521</v>
       </c>
-      <c r="M33" s="259">
+      <c r="M33" s="257">
         <f t="shared" si="5"/>
         <v>5.4649999999999997E-2</v>
       </c>
-      <c r="N33" s="252"/>
+      <c r="N33" s="250"/>
     </row>
     <row r="34" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B34" s="32" t="s">
-        <v>345</v>
+        <v>330</v>
       </c>
       <c r="C34" s="17">
         <v>2.4133390000000001</v>
       </c>
-      <c r="E34" s="293"/>
-[...3 lines deleted...]
-      <c r="G34" s="256">
+      <c r="E34" s="290"/>
+      <c r="F34" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G34" s="254">
         <f t="shared" si="4"/>
         <v>222.8647216470797</v>
       </c>
-      <c r="I34" s="257"/>
-[...4 lines deleted...]
-      <c r="L34" s="258">
+      <c r="I34" s="255"/>
+      <c r="J34" s="582"/>
+      <c r="K34" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L34" s="256">
         <v>222.8647216470797</v>
       </c>
-      <c r="M34" s="259">
+      <c r="M34" s="257">
         <f t="shared" si="5"/>
         <v>2.4133390000000001</v>
       </c>
-      <c r="N34" s="252"/>
+      <c r="N34" s="250"/>
     </row>
     <row r="35" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B35" s="32" t="s">
-        <v>346</v>
+        <v>331</v>
       </c>
       <c r="C35" s="17">
         <v>6.4232740000000002</v>
       </c>
-      <c r="E35" s="293"/>
-[...3 lines deleted...]
-      <c r="G35" s="256">
+      <c r="E35" s="290"/>
+      <c r="F35" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G35" s="254">
         <f t="shared" si="4"/>
         <v>593.17036358046846</v>
       </c>
-      <c r="I35" s="257"/>
-[...4 lines deleted...]
-      <c r="L35" s="258">
+      <c r="I35" s="255"/>
+      <c r="J35" s="582"/>
+      <c r="K35" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L35" s="256">
         <v>593.17036358046846</v>
       </c>
-      <c r="M35" s="259">
+      <c r="M35" s="257">
         <f t="shared" si="5"/>
         <v>6.4232740000000002</v>
       </c>
-      <c r="N35" s="252"/>
+      <c r="N35" s="250"/>
     </row>
     <row r="36" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B36" s="32" t="s">
-        <v>347</v>
+        <v>332</v>
       </c>
       <c r="C36" s="17">
         <v>35.081147819792399</v>
       </c>
-      <c r="E36" s="293"/>
-[...3 lines deleted...]
-      <c r="G36" s="256">
+      <c r="E36" s="290"/>
+      <c r="F36" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G36" s="254">
         <f t="shared" si="4"/>
         <v>3239.6402842361099</v>
       </c>
-      <c r="I36" s="257"/>
-[...4 lines deleted...]
-      <c r="L36" s="258">
+      <c r="I36" s="255"/>
+      <c r="J36" s="582"/>
+      <c r="K36" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L36" s="256">
         <v>3239.6402842361099</v>
       </c>
-      <c r="M36" s="259">
+      <c r="M36" s="257">
         <f t="shared" si="5"/>
         <v>35.081147819792399</v>
       </c>
-      <c r="N36" s="252"/>
+      <c r="N36" s="250"/>
     </row>
     <row r="37" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B37" s="32" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="C37" s="17">
         <v>16.4753781802075</v>
       </c>
-      <c r="E37" s="293"/>
-[...3 lines deleted...]
-      <c r="G37" s="256">
+      <c r="E37" s="290"/>
+      <c r="F37" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G37" s="254">
         <f t="shared" si="4"/>
         <v>1521.4524657175452</v>
       </c>
-      <c r="I37" s="257"/>
-[...4 lines deleted...]
-      <c r="L37" s="258">
+      <c r="I37" s="255"/>
+      <c r="J37" s="582"/>
+      <c r="K37" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L37" s="256">
         <v>1521.4524657175452</v>
       </c>
-      <c r="M37" s="259">
+      <c r="M37" s="257">
         <f t="shared" si="5"/>
         <v>16.4753781802075</v>
       </c>
-      <c r="N37" s="252"/>
+      <c r="N37" s="250"/>
     </row>
     <row r="38" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B38" s="32" t="s">
-        <v>349</v>
+        <v>334</v>
       </c>
       <c r="C38" s="17">
         <v>8.296367</v>
       </c>
-      <c r="E38" s="293"/>
-[...3 lines deleted...]
-      <c r="G38" s="256">
+      <c r="E38" s="290"/>
+      <c r="F38" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G38" s="254">
         <f t="shared" si="4"/>
         <v>766.14496435727335</v>
       </c>
-      <c r="I38" s="257"/>
-[...4 lines deleted...]
-      <c r="L38" s="258">
+      <c r="I38" s="255"/>
+      <c r="J38" s="582"/>
+      <c r="K38" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L38" s="256">
         <v>766.14496435727335</v>
       </c>
-      <c r="M38" s="259">
+      <c r="M38" s="257">
         <f t="shared" si="5"/>
         <v>8.296367</v>
       </c>
-      <c r="N38" s="252"/>
+      <c r="N38" s="250"/>
     </row>
     <row r="39" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B39" s="32" t="s">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="C39" s="17">
         <v>5.7611080000000001</v>
       </c>
-      <c r="E39" s="293"/>
-[...3 lines deleted...]
-      <c r="G39" s="256">
+      <c r="E39" s="290"/>
+      <c r="F39" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G39" s="254">
         <f t="shared" si="4"/>
         <v>532.0212911649644</v>
       </c>
-      <c r="I39" s="257"/>
-[...4 lines deleted...]
-      <c r="L39" s="258">
+      <c r="I39" s="255"/>
+      <c r="J39" s="582"/>
+      <c r="K39" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L39" s="256">
         <v>532.0212911649644</v>
       </c>
-      <c r="M39" s="259">
+      <c r="M39" s="257">
         <f t="shared" si="5"/>
         <v>5.7611080000000001</v>
       </c>
-      <c r="N39" s="252"/>
+      <c r="N39" s="250"/>
     </row>
     <row r="40" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B40" s="32" t="s">
-        <v>351</v>
+        <v>336</v>
       </c>
       <c r="C40" s="17">
         <v>1.597728</v>
       </c>
-      <c r="E40" s="293"/>
-[...3 lines deleted...]
-      <c r="G40" s="256">
+      <c r="E40" s="290"/>
+      <c r="F40" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G40" s="254">
         <f t="shared" si="4"/>
         <v>147.54545713956696</v>
       </c>
-      <c r="I40" s="257"/>
-[...4 lines deleted...]
-      <c r="L40" s="258">
+      <c r="I40" s="255"/>
+      <c r="J40" s="582"/>
+      <c r="K40" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L40" s="256">
         <v>147.54545713956696</v>
       </c>
-      <c r="M40" s="259">
+      <c r="M40" s="257">
         <f t="shared" si="5"/>
         <v>1.5977280000000003</v>
       </c>
-      <c r="N40" s="252"/>
+      <c r="N40" s="250"/>
     </row>
     <row r="41" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B41" s="32" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="C41" s="17">
         <v>0.46594000000000002</v>
       </c>
-      <c r="E41" s="293"/>
-[...3 lines deleted...]
-      <c r="G41" s="256">
+      <c r="E41" s="290"/>
+      <c r="F41" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G41" s="254">
         <f t="shared" si="4"/>
         <v>43.028181454922127</v>
       </c>
-      <c r="I41" s="257"/>
-[...4 lines deleted...]
-      <c r="L41" s="258">
+      <c r="I41" s="255"/>
+      <c r="J41" s="582"/>
+      <c r="K41" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L41" s="256">
         <v>43.028181454922127</v>
       </c>
-      <c r="M41" s="259">
+      <c r="M41" s="257">
         <f t="shared" si="5"/>
         <v>0.46593999999999997</v>
       </c>
-      <c r="N41" s="252"/>
+      <c r="N41" s="250"/>
     </row>
     <row r="42" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B42" s="32" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
       <c r="C42" s="17">
         <v>1.2902960000000001</v>
       </c>
-      <c r="E42" s="293"/>
-[...3 lines deleted...]
-      <c r="G42" s="256">
+      <c r="E42" s="290"/>
+      <c r="F42" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G42" s="254">
         <f t="shared" si="4"/>
         <v>119.15502085796498</v>
       </c>
-      <c r="I42" s="257"/>
-[...4 lines deleted...]
-      <c r="L42" s="258">
+      <c r="I42" s="255"/>
+      <c r="J42" s="582"/>
+      <c r="K42" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L42" s="256">
         <v>119.15502085796498</v>
       </c>
-      <c r="M42" s="259">
+      <c r="M42" s="257">
         <f t="shared" si="5"/>
         <v>1.2902960000000001</v>
       </c>
-      <c r="N42" s="252"/>
+      <c r="N42" s="250"/>
     </row>
     <row r="43" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B43" s="32" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="C43" s="591">
+        <v>370</v>
+      </c>
+      <c r="C43" s="540">
         <v>0.48130000000000001</v>
       </c>
-      <c r="E43" s="293"/>
-[...3 lines deleted...]
-      <c r="G43" s="256">
+      <c r="E43" s="290"/>
+      <c r="F43" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G43" s="254">
         <f t="shared" si="4"/>
         <v>44.446632043297463</v>
       </c>
-      <c r="I43" s="257"/>
-[...4 lines deleted...]
-      <c r="L43" s="258">
+      <c r="I43" s="255"/>
+      <c r="J43" s="582"/>
+      <c r="K43" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L43" s="256">
         <v>44.446632043297463</v>
       </c>
-      <c r="M43" s="259">
+      <c r="M43" s="257">
         <f>(10828717*L43/1000000000)</f>
         <v>0.48129999999999995</v>
       </c>
-      <c r="N43" s="252"/>
+      <c r="N43" s="250"/>
     </row>
     <row r="44" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B44" s="679" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="680">
+      <c r="B44" s="562" t="s">
+        <v>338</v>
+      </c>
+      <c r="C44" s="563">
         <v>2.9097300000000001</v>
       </c>
-      <c r="D44" s="671"/>
-[...4 lines deleted...]
-      <c r="G44" s="673">
+      <c r="D44" s="554"/>
+      <c r="E44" s="555"/>
+      <c r="F44" s="554" t="s">
+        <v>306</v>
+      </c>
+      <c r="G44" s="556">
         <f t="shared" si="4"/>
         <v>268.70496292404721</v>
       </c>
-      <c r="H44" s="681"/>
-[...3 lines deleted...]
-      <c r="L44" s="684">
+      <c r="H44" s="564"/>
+      <c r="I44" s="565"/>
+      <c r="J44" s="584"/>
+      <c r="K44" s="566"/>
+      <c r="L44" s="567">
         <v>268.70496292404721</v>
       </c>
-      <c r="M44" s="685">
+      <c r="M44" s="568">
         <f>(10828717*L44/1000000000)</f>
         <v>2.9097299999999997</v>
       </c>
-      <c r="N44" s="686">
+      <c r="N44" s="569">
         <f>C44-M44</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="687" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="592">
+      <c r="B45" s="570" t="s">
+        <v>339</v>
+      </c>
+      <c r="C45" s="541">
         <f>SUM(C46:C49)</f>
         <v>11.218096000000001</v>
       </c>
-      <c r="D45" s="671"/>
-[...7 lines deleted...]
-      <c r="M45" s="677">
+      <c r="D45" s="554"/>
+      <c r="E45" s="555"/>
+      <c r="F45" s="554"/>
+      <c r="G45" s="556"/>
+      <c r="I45" s="558"/>
+      <c r="J45" s="582"/>
+      <c r="K45" s="292"/>
+      <c r="L45" s="582"/>
+      <c r="M45" s="560">
         <f>SUM(M46:M49)</f>
         <v>11.218096000000001</v>
       </c>
-      <c r="N45" s="262">
+      <c r="N45" s="260">
         <f>C45-M45</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B46" s="67" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="C46" s="17">
         <v>5.8318940000000001</v>
       </c>
-      <c r="D46" s="593" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="243">
+      <c r="D46" s="542" t="s">
+        <v>341</v>
+      </c>
+      <c r="E46" s="241">
         <v>6298</v>
       </c>
-      <c r="F46" s="244" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="256">
+      <c r="F46" s="242" t="s">
+        <v>342</v>
+      </c>
+      <c r="G46" s="254">
         <f>C46*1000000000/E46/12</f>
         <v>77165.952154123006</v>
       </c>
-      <c r="H46" s="251"/>
-[...3 lines deleted...]
-      <c r="J46" s="258">
+      <c r="H46" s="249"/>
+      <c r="I46" s="242" t="s">
+        <v>341</v>
+      </c>
+      <c r="J46" s="256">
         <v>6298</v>
       </c>
-      <c r="K46" s="244" t="s">
-[...2 lines deleted...]
-      <c r="L46" s="336">
+      <c r="K46" s="242" t="s">
+        <v>342</v>
+      </c>
+      <c r="L46" s="333">
         <v>77165.952154123006</v>
       </c>
-      <c r="M46" s="259">
+      <c r="M46" s="257">
         <f>J46*L46*12/1000000000</f>
         <v>5.8318940000000001</v>
       </c>
-      <c r="N46" s="252"/>
+      <c r="N46" s="250"/>
     </row>
     <row r="47" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B47" s="16" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="C47" s="17">
         <v>1.9494020000000001</v>
       </c>
-      <c r="F47" s="244" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="256">
+      <c r="F47" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="G47" s="254">
         <f>C47*1000000000/10828717</f>
         <v>180.02151132031616</v>
       </c>
-      <c r="I47" s="257"/>
-[...4 lines deleted...]
-      <c r="L47" s="258">
+      <c r="I47" s="255"/>
+      <c r="J47" s="582"/>
+      <c r="K47" s="242" t="s">
+        <v>306</v>
+      </c>
+      <c r="L47" s="256">
         <v>180.02151132031616</v>
       </c>
-      <c r="M47" s="259">
+      <c r="M47" s="257">
         <f>(10828717*L47/1000000000)</f>
         <v>1.9494020000000001</v>
       </c>
-      <c r="N47" s="252"/>
+      <c r="N47" s="250"/>
     </row>
     <row r="48" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B48" s="16" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="C48" s="17">
         <v>3.1820810000000002</v>
       </c>
-      <c r="G48" s="256"/>
-[...2 lines deleted...]
-      <c r="K48" s="294" t="s">
+      <c r="G48" s="254"/>
+      <c r="I48" s="255"/>
+      <c r="J48" s="582"/>
+      <c r="K48" s="291" t="s">
         <v>115</v>
       </c>
-      <c r="L48" s="258">
-[...2 lines deleted...]
-      <c r="M48" s="259">
+      <c r="L48" s="256">
+        <v>0</v>
+      </c>
+      <c r="M48" s="257">
         <f>(C48)+(C48)/100*L48</f>
         <v>3.1820810000000002</v>
       </c>
-      <c r="N48" s="252"/>
+      <c r="N48" s="250"/>
     </row>
     <row r="49" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B49" s="16" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="C49" s="591">
+        <v>345</v>
+      </c>
+      <c r="C49" s="540">
         <v>0.25471899999999997</v>
       </c>
-      <c r="G49" s="256"/>
-[...2 lines deleted...]
-      <c r="K49" s="294" t="s">
+      <c r="G49" s="254"/>
+      <c r="I49" s="255"/>
+      <c r="J49" s="582"/>
+      <c r="K49" s="291" t="s">
         <v>115</v>
       </c>
-      <c r="L49" s="258">
-[...2 lines deleted...]
-      <c r="M49" s="259">
+      <c r="L49" s="256">
+        <v>0</v>
+      </c>
+      <c r="M49" s="257">
         <f t="shared" ref="M49:M51" si="6">(C49)+(C49)/100*L49</f>
         <v>0.25471899999999997</v>
       </c>
-      <c r="N49" s="252"/>
+      <c r="N49" s="250"/>
     </row>
     <row r="50" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B50" s="679" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="680">
+      <c r="B50" s="562" t="s">
+        <v>346</v>
+      </c>
+      <c r="C50" s="563">
         <v>1.2558717572633</v>
       </c>
-      <c r="D50" s="671"/>
-[...6 lines deleted...]
-      <c r="K50" s="700" t="s">
+      <c r="D50" s="554"/>
+      <c r="E50" s="555"/>
+      <c r="F50" s="554"/>
+      <c r="G50" s="556"/>
+      <c r="H50" s="564"/>
+      <c r="I50" s="558"/>
+      <c r="J50" s="578"/>
+      <c r="K50" s="583" t="s">
         <v>115</v>
       </c>
-      <c r="L50" s="684">
-[...2 lines deleted...]
-      <c r="M50" s="685">
+      <c r="L50" s="567">
+        <v>0</v>
+      </c>
+      <c r="M50" s="568">
         <f t="shared" si="6"/>
         <v>1.2558717572633</v>
       </c>
-      <c r="N50" s="686">
+      <c r="N50" s="569">
         <f>C50-M50</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="679" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="592">
+      <c r="B51" s="562" t="s">
+        <v>368</v>
+      </c>
+      <c r="C51" s="541">
         <v>3.9166583679999999E-2</v>
       </c>
-      <c r="D51" s="671"/>
-[...5 lines deleted...]
-      <c r="K51" s="700" t="s">
+      <c r="D51" s="554"/>
+      <c r="E51" s="555"/>
+      <c r="F51" s="554"/>
+      <c r="G51" s="556"/>
+      <c r="I51" s="558"/>
+      <c r="J51" s="578"/>
+      <c r="K51" s="583" t="s">
         <v>115</v>
       </c>
-      <c r="L51" s="258">
-[...2 lines deleted...]
-      <c r="M51" s="688">
+      <c r="L51" s="256">
+        <v>0</v>
+      </c>
+      <c r="M51" s="571">
         <f t="shared" si="6"/>
         <v>3.9166583679999999E-2</v>
       </c>
-      <c r="N51" s="252">
+      <c r="N51" s="250">
         <f>C51-M51</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:16" s="8" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B52" s="296" t="s">
+      <c r="B52" s="293" t="s">
         <v>62</v>
       </c>
-      <c r="C52" s="297">
+      <c r="C52" s="294">
         <f>SUM(C6,C44,C45,C50,C51)</f>
         <v>541.80578334094321</v>
       </c>
-      <c r="D52" s="298"/>
-[...8 lines deleted...]
-      <c r="M52" s="305">
+      <c r="D52" s="295"/>
+      <c r="E52" s="296"/>
+      <c r="F52" s="295"/>
+      <c r="G52" s="297"/>
+      <c r="H52" s="298"/>
+      <c r="I52" s="299"/>
+      <c r="J52" s="300"/>
+      <c r="K52" s="301"/>
+      <c r="L52" s="296"/>
+      <c r="M52" s="302">
         <f>M6+M44+M45+M50+M51</f>
         <v>541.80578334094321</v>
       </c>
-      <c r="N52" s="306">
+      <c r="N52" s="303">
         <f>N6+N44+N45+N50+N51</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:16" s="8" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B53" s="240"/>
-[...17 lines deleted...]
-      <c r="C54" s="594">
+      <c r="B53" s="238"/>
+      <c r="C53" s="245"/>
+      <c r="D53" s="242"/>
+      <c r="E53" s="241"/>
+      <c r="F53" s="242"/>
+      <c r="G53" s="241"/>
+      <c r="H53" s="238"/>
+      <c r="I53" s="242"/>
+      <c r="J53" s="243"/>
+      <c r="K53" s="244"/>
+      <c r="L53" s="241"/>
+      <c r="M53" s="245"/>
+      <c r="N53" s="246"/>
+    </row>
+    <row r="54" spans="2:16" s="239" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="304" t="s">
+        <v>347</v>
+      </c>
+      <c r="C54" s="543">
         <f>C55+C56+C57+0.000255</f>
         <v>366.09898900000002</v>
       </c>
-      <c r="D54" s="308"/>
-[...8 lines deleted...]
-      <c r="M54" s="314">
+      <c r="D54" s="305"/>
+      <c r="E54" s="306"/>
+      <c r="F54" s="305"/>
+      <c r="G54" s="307"/>
+      <c r="H54" s="308"/>
+      <c r="I54" s="309"/>
+      <c r="J54" s="581"/>
+      <c r="K54" s="310"/>
+      <c r="L54" s="581"/>
+      <c r="M54" s="311">
         <f>M55+M56+M57+0.000255</f>
         <v>366.09898900015679</v>
       </c>
-      <c r="N54" s="315">
+      <c r="N54" s="312">
         <f>C54-M54</f>
         <v>-1.5677414921810851E-10</v>
       </c>
     </row>
-    <row r="55" spans="2:16" s="241" customFormat="1" ht="22.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:16" s="239" customFormat="1" ht="22.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="16" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="C55" s="17">
         <v>332.93893800000001</v>
       </c>
-      <c r="D55" s="244" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="247">
+      <c r="D55" s="242" t="s">
+        <v>457</v>
+      </c>
+      <c r="E55" s="245">
         <v>13.5</v>
       </c>
-      <c r="F55" s="244" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="256">
+      <c r="F55" s="242" t="s">
+        <v>349</v>
+      </c>
+      <c r="G55" s="254">
         <f>(C55*1000000000)/12/0.135/4767243</f>
         <v>43110.423144564469</v>
       </c>
-      <c r="H55" s="352"/>
-[...3 lines deleted...]
-      <c r="J55" s="693">
+      <c r="H55" s="347"/>
+      <c r="I55" s="242" t="s">
+        <v>457</v>
+      </c>
+      <c r="J55" s="576">
         <v>13.5</v>
       </c>
-      <c r="K55" s="244" t="s">
-[...2 lines deleted...]
-      <c r="L55" s="258">
+      <c r="K55" s="242" t="s">
+        <v>349</v>
+      </c>
+      <c r="L55" s="256">
         <v>43110.423144564469</v>
       </c>
-      <c r="M55" s="259">
+      <c r="M55" s="257">
         <f>L55*(J55/100)*12*4767243/1000000000</f>
         <v>332.93893800000001</v>
       </c>
-      <c r="N55" s="252"/>
-[...1 lines deleted...]
-    <row r="56" spans="2:16" s="241" customFormat="1" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N55" s="250"/>
+    </row>
+    <row r="56" spans="2:16" s="239" customFormat="1" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="16" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="C56" s="17">
         <v>27.401805</v>
       </c>
-      <c r="D56" s="244" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="247">
+      <c r="D56" s="242" t="s">
+        <v>457</v>
+      </c>
+      <c r="E56" s="245">
         <v>13.5</v>
       </c>
-      <c r="F56" s="244" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="256">
+      <c r="F56" s="242" t="s">
+        <v>349</v>
+      </c>
+      <c r="G56" s="254">
         <v>23278.5</v>
       </c>
-      <c r="H56" s="352"/>
-[...3 lines deleted...]
-      <c r="J56" s="693">
+      <c r="H56" s="347"/>
+      <c r="I56" s="242" t="s">
+        <v>457</v>
+      </c>
+      <c r="J56" s="576">
         <v>13.5</v>
       </c>
-      <c r="K56" s="244" t="s">
-[...2 lines deleted...]
-      <c r="L56" s="258">
+      <c r="K56" s="242" t="s">
+        <v>349</v>
+      </c>
+      <c r="L56" s="256">
         <v>23278.5</v>
       </c>
-      <c r="M56" s="259">
+      <c r="M56" s="257">
         <f>L56*(J56/100)*12*726623.04/1000000000</f>
         <v>27.401804987356805</v>
       </c>
-      <c r="N56" s="252"/>
-[...1 lines deleted...]
-    <row r="57" spans="2:16" s="241" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N56" s="250"/>
+    </row>
+    <row r="57" spans="2:16" s="239" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="67" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="C57" s="595">
+        <v>351</v>
+      </c>
+      <c r="C57" s="544">
         <v>5.7579909999999996</v>
       </c>
-      <c r="D57" s="244" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="247">
+      <c r="D57" s="242" t="s">
+        <v>457</v>
+      </c>
+      <c r="E57" s="245">
         <v>13.5</v>
       </c>
-      <c r="F57" s="244" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="596">
+      <c r="F57" s="242" t="s">
+        <v>349</v>
+      </c>
+      <c r="G57" s="545">
         <v>20800</v>
       </c>
-      <c r="H57" s="352"/>
-[...3 lines deleted...]
-      <c r="J57" s="693">
+      <c r="H57" s="347"/>
+      <c r="I57" s="242" t="s">
+        <v>457</v>
+      </c>
+      <c r="J57" s="576">
         <v>13.5</v>
       </c>
-      <c r="K57" s="244" t="s">
-[...2 lines deleted...]
-      <c r="L57" s="258">
+      <c r="K57" s="242" t="s">
+        <v>349</v>
+      </c>
+      <c r="L57" s="256">
         <v>20800</v>
       </c>
-      <c r="M57" s="259">
+      <c r="M57" s="257">
         <f>L57*(J57/100)*12*170880.55/1000000000</f>
         <v>5.7579910127999989</v>
       </c>
-      <c r="N57" s="252"/>
+      <c r="N57" s="250"/>
     </row>
     <row r="58" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B58" s="679" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="680">
+      <c r="B58" s="562" t="s">
+        <v>352</v>
+      </c>
+      <c r="C58" s="563">
         <v>158.94999999999999</v>
       </c>
-      <c r="D58" s="689" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="690">
+      <c r="D58" s="572" t="s">
+        <v>457</v>
+      </c>
+      <c r="E58" s="573">
         <v>13.5</v>
       </c>
-      <c r="F58" s="689" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="256">
+      <c r="F58" s="572" t="s">
+        <v>349</v>
+      </c>
+      <c r="G58" s="254">
         <v>15749</v>
       </c>
-      <c r="H58" s="597"/>
-[...3 lines deleted...]
-      <c r="J58" s="694">
+      <c r="H58" s="546"/>
+      <c r="I58" s="572" t="s">
+        <v>457</v>
+      </c>
+      <c r="J58" s="577">
         <v>13.5</v>
       </c>
-      <c r="K58" s="689" t="s">
-[...2 lines deleted...]
-      <c r="L58" s="684">
+      <c r="K58" s="572" t="s">
+        <v>349</v>
+      </c>
+      <c r="L58" s="567">
         <v>15749</v>
       </c>
-      <c r="M58" s="685">
+      <c r="M58" s="568">
         <f>L58*(J58/100)*12*6230064.38190471/1000000000</f>
         <v>158.95000000000002</v>
       </c>
-      <c r="N58" s="686">
+      <c r="N58" s="569">
         <f>C58-M58</f>
         <v>0</v>
       </c>
-      <c r="P58" s="241"/>
+      <c r="P58" s="239"/>
     </row>
     <row r="59" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B59" s="691" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="680">
+      <c r="B59" s="574" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" s="563">
         <v>3.42</v>
       </c>
-      <c r="D59" s="671"/>
-[...7 lines deleted...]
-      <c r="L59" s="696"/>
+      <c r="D59" s="554"/>
+      <c r="E59" s="555"/>
+      <c r="F59" s="554"/>
+      <c r="G59" s="556"/>
+      <c r="H59" s="564"/>
+      <c r="I59" s="558"/>
+      <c r="J59" s="578"/>
+      <c r="K59" s="554"/>
+      <c r="L59" s="579"/>
       <c r="M59" s="73">
         <v>3.42</v>
       </c>
-      <c r="N59" s="686">
+      <c r="N59" s="569">
         <f>C59-M59</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B60" s="679" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="680">
+      <c r="B60" s="562" t="s">
+        <v>354</v>
+      </c>
+      <c r="C60" s="563">
         <v>2.76</v>
       </c>
-      <c r="D60" s="671"/>
-[...8 lines deleted...]
-      <c r="M60" s="692">
+      <c r="D60" s="554"/>
+      <c r="E60" s="555"/>
+      <c r="F60" s="554"/>
+      <c r="G60" s="556"/>
+      <c r="H60" s="564"/>
+      <c r="I60" s="558"/>
+      <c r="J60" s="578"/>
+      <c r="K60" s="554"/>
+      <c r="L60" s="579"/>
+      <c r="M60" s="575">
         <v>2.76</v>
       </c>
-      <c r="N60" s="686">
+      <c r="N60" s="569">
         <f>C60-M60</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:16" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B61" s="679" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="680">
+      <c r="B61" s="562" t="s">
+        <v>355</v>
+      </c>
+      <c r="C61" s="563">
         <v>0.08</v>
       </c>
-      <c r="D61" s="671"/>
-[...8 lines deleted...]
-      <c r="M61" s="598">
+      <c r="D61" s="554"/>
+      <c r="E61" s="555"/>
+      <c r="F61" s="554"/>
+      <c r="G61" s="556"/>
+      <c r="H61" s="564"/>
+      <c r="I61" s="558"/>
+      <c r="J61" s="578"/>
+      <c r="K61" s="554"/>
+      <c r="L61" s="580"/>
+      <c r="M61" s="547">
         <v>0.08</v>
       </c>
-      <c r="N61" s="686">
+      <c r="N61" s="569">
         <f>C61-M61</f>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="2:16" s="241" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B62" s="321" t="s">
+    <row r="62" spans="2:16" s="239" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="318" t="s">
         <v>61</v>
       </c>
-      <c r="C62" s="322">
+      <c r="C62" s="319">
         <f>C54+C58+C59+C60+C61</f>
         <v>531.308989</v>
       </c>
-      <c r="D62" s="323"/>
-[...8 lines deleted...]
-      <c r="M62" s="353">
+      <c r="D62" s="320"/>
+      <c r="E62" s="321"/>
+      <c r="F62" s="320"/>
+      <c r="G62" s="322"/>
+      <c r="H62" s="323"/>
+      <c r="I62" s="324"/>
+      <c r="J62" s="325"/>
+      <c r="K62" s="326"/>
+      <c r="L62" s="327"/>
+      <c r="M62" s="348">
         <f>M54+M58+M59+M60+M61</f>
         <v>531.30898900015677</v>
       </c>
-      <c r="N62" s="331">
+      <c r="N62" s="328">
         <f>M62-C62</f>
         <v>1.5677414921810851E-10</v>
       </c>
     </row>
-    <row r="63" spans="2:16" s="241" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      <c r="C64" s="338">
+    <row r="63" spans="2:16" s="239" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C63" s="330"/>
+      <c r="D63" s="313"/>
+      <c r="E63" s="314"/>
+      <c r="F63" s="313"/>
+      <c r="G63" s="314"/>
+      <c r="I63" s="331"/>
+      <c r="J63" s="315"/>
+      <c r="K63" s="316"/>
+      <c r="L63" s="317"/>
+      <c r="M63" s="332"/>
+      <c r="N63" s="329"/>
+    </row>
+    <row r="64" spans="2:16" s="239" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B64" s="334" t="s">
+        <v>458</v>
+      </c>
+      <c r="C64" s="335">
         <f>C62-C52</f>
         <v>-10.496794340943211</v>
       </c>
-      <c r="D64" s="339"/>
-[...8 lines deleted...]
-      <c r="M64" s="346">
+      <c r="D64" s="336"/>
+      <c r="E64" s="337"/>
+      <c r="F64" s="336"/>
+      <c r="G64" s="338"/>
+      <c r="H64" s="339"/>
+      <c r="I64" s="340"/>
+      <c r="J64" s="341"/>
+      <c r="K64" s="342"/>
+      <c r="L64" s="337"/>
+      <c r="M64" s="343">
         <f>M62-M52</f>
         <v>-10.496794340786437</v>
       </c>
-      <c r="N64" s="347">
+      <c r="N64" s="344">
         <f>M64-C64</f>
         <v>1.5677414921810851E-10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="HmrKE7hPa3QdqWWLWgFISPVHY2nIH7mGYSxxK0D2Fq+KExd2BFwflmmZzJ4p6YmmeG6aZ8X6gw8p+g0iXwZVyw==" saltValue="PslRwHMI9FMsjXgs7CVZlg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="B1:N1"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="I3:M3"/>
     <mergeCell ref="N3:N4"/>
   </mergeCells>
   <conditionalFormatting sqref="M64">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="10" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFECD140-7C2D-4A99-B71E-40485F82C3B1}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:I24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4" style="281" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.28515625" style="281"/>
+    <col min="1" max="1" width="4" style="279" customWidth="1"/>
+    <col min="2" max="2" width="51.5703125" style="279" customWidth="1"/>
+    <col min="3" max="3" width="147.28515625" style="279" customWidth="1"/>
+    <col min="4" max="16384" width="9.28515625" style="279"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="27" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:9" ht="33.75" x14ac:dyDescent="0.2">
-      <c r="C2" s="489" t="s">
+      <c r="C2" s="438" t="s">
         <v>11</v>
       </c>
-      <c r="I2" s="282"/>
+      <c r="I2" s="280"/>
     </row>
     <row r="3" spans="2:9" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="490" t="s">
+      <c r="C3" s="439" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="282"/>
-      <c r="I3" s="282"/>
+      <c r="H3" s="280"/>
+      <c r="I3" s="280"/>
     </row>
     <row r="4" spans="2:9" ht="37.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C4" s="490" t="s">
+      <c r="C4" s="439" t="s">
         <v>13</v>
       </c>
-      <c r="H4" s="282"/>
-      <c r="I4" s="282"/>
+      <c r="H4" s="280"/>
+      <c r="I4" s="280"/>
     </row>
     <row r="5" spans="2:9" ht="63" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C5" s="283" t="s">
+      <c r="C5" s="281" t="s">
         <v>14</v>
       </c>
-      <c r="H5" s="282"/>
-      <c r="I5" s="282"/>
+      <c r="H5" s="280"/>
+      <c r="I5" s="280"/>
     </row>
     <row r="6" spans="2:9" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="76"/>
-      <c r="C6" s="283" t="s">
+      <c r="C6" s="281" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="282"/>
-      <c r="I6" s="282"/>
+      <c r="H6" s="280"/>
+      <c r="I6" s="280"/>
     </row>
     <row r="7" spans="2:9" ht="34.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C7" s="283" t="s">
+      <c r="C7" s="281" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="282"/>
-[...1 lines deleted...]
-      <c r="I7" s="282"/>
+      <c r="E7" s="280"/>
+      <c r="H7" s="280"/>
+      <c r="I7" s="280"/>
     </row>
     <row r="8" spans="2:9" ht="54" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C8" s="397" t="s">
-[...3 lines deleted...]
-      <c r="I8" s="282"/>
+      <c r="C8" s="380" t="s">
+        <v>411</v>
+      </c>
+      <c r="E8" s="280"/>
+      <c r="I8" s="280"/>
     </row>
     <row r="9" spans="2:9" ht="52.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="C9" s="396" t="s">
-[...3 lines deleted...]
-      <c r="I9" s="282"/>
+      <c r="C9" s="379" t="s">
+        <v>412</v>
+      </c>
+      <c r="E9" s="282"/>
+      <c r="I9" s="280"/>
     </row>
     <row r="10" spans="2:9" s="76" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C10" s="398" t="s">
+      <c r="C10" s="381" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="77"/>
     </row>
     <row r="11" spans="2:9" ht="80.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C11" s="383" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="282"/>
+      <c r="C11" s="369" t="s">
+        <v>413</v>
+      </c>
+      <c r="I11" s="280"/>
     </row>
     <row r="12" spans="2:9" ht="49.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C12" s="383" t="s">
+      <c r="C12" s="369" t="s">
         <v>18</v>
       </c>
-      <c r="I12" s="282"/>
+      <c r="I12" s="280"/>
     </row>
     <row r="13" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="C13" s="285"/>
+      <c r="C13" s="283"/>
     </row>
     <row r="14" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="C14" s="285" t="s">
+      <c r="C14" s="283" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="2:9" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C15" s="286" t="s">
-        <v>487</v>
+      <c r="C15" s="284" t="s">
+        <v>469</v>
       </c>
     </row>
     <row r="16" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="C16" s="286" t="s">
-        <v>488</v>
+      <c r="C16" s="284" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C18" s="285" t="s">
+      <c r="C18" s="283" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C19" s="287" t="s">
+      <c r="C19" s="285" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C20" s="287" t="s">
+      <c r="C20" s="285" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C21" s="287" t="s">
-        <v>430</v>
+      <c r="C21" s="285" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="22" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C22" s="287" t="s">
-        <v>429</v>
+      <c r="C22" s="285" t="s">
+        <v>414</v>
       </c>
     </row>
     <row r="23" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C23" s="287" t="s">
+      <c r="C23" s="285" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C24" s="287"/>
+      <c r="C24" s="285"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="BINOEShRWDJpnCAAaHkGlG/QJtBn6aRwQl4xa5I1OBRJ9gVTOSvke0/Poj5BckrjaqeuIv165BF7aiFnKegn/g==" saltValue="unt32k+wRriNlyEAULEBCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A576312-932B-4518-A394-5E9BB13DBDFC}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T714"/>
   <sheetViews>
     <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <selection activeCell="I27" sqref="I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="75" customWidth="1"/>
     <col min="2" max="2" width="58.28515625" style="75" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" style="76" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="28.5703125" style="75" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" style="75" customWidth="1"/>
     <col min="6" max="6" width="20.42578125" style="75" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="75" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" style="75" customWidth="1"/>
     <col min="9" max="9" width="18.7109375" style="75" customWidth="1"/>
     <col min="10" max="10" width="18.42578125" style="75" customWidth="1"/>
     <col min="11" max="11" width="18.28515625" style="75" customWidth="1"/>
     <col min="12" max="12" width="17.85546875" style="75" customWidth="1"/>
     <col min="13" max="13" width="74.28515625" style="75" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="24.28515625" style="75" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="29.28515625" style="75" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.28515625" style="75"/>
     <col min="17" max="17" width="17" style="75" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="9.28515625" style="75"/>
     <col min="19" max="19" width="45" style="75" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="8.7109375" style="75" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.28515625" style="75" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="5" style="75" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15" style="75" bestFit="1" customWidth="1"/>
     <col min="24" max="16384" width="9.28515625" style="75"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:19" ht="165" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="629" t="s">
-[...11 lines deleted...]
-      <c r="L1" s="629"/>
+      <c r="B1" s="680" t="s">
+        <v>416</v>
+      </c>
+      <c r="C1" s="680"/>
+      <c r="D1" s="680"/>
+      <c r="E1" s="680"/>
+      <c r="F1" s="680"/>
+      <c r="G1" s="680"/>
+      <c r="H1" s="680"/>
+      <c r="I1" s="680"/>
+      <c r="J1" s="680"/>
+      <c r="K1" s="680"/>
+      <c r="L1" s="680"/>
       <c r="M1" s="77"/>
       <c r="N1" s="77"/>
       <c r="O1" s="77"/>
       <c r="P1" s="77"/>
       <c r="Q1" s="77"/>
       <c r="R1" s="77"/>
       <c r="S1" s="77"/>
     </row>
     <row r="2" spans="2:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C2" s="78" t="s">
         <v>24</v>
       </c>
       <c r="E2" s="79" t="s">
         <v>25</v>
       </c>
       <c r="M2" s="77"/>
       <c r="N2" s="77"/>
       <c r="O2" s="77"/>
       <c r="P2" s="77"/>
       <c r="Q2" s="77"/>
       <c r="R2" s="77"/>
       <c r="S2" s="77"/>
     </row>
     <row r="3" spans="2:19" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="630"/>
-[...9 lines deleted...]
-      <c r="H3" s="632" t="s">
+      <c r="B3" s="681"/>
+      <c r="C3" s="273"/>
+      <c r="D3" s="683" t="s">
+        <v>417</v>
+      </c>
+      <c r="E3" s="684"/>
+      <c r="F3" s="685"/>
+      <c r="G3" s="686" t="s">
+        <v>418</v>
+      </c>
+      <c r="H3" s="683" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="633"/>
-[...1 lines deleted...]
-      <c r="K3" s="637" t="s">
+      <c r="I3" s="684"/>
+      <c r="J3" s="685"/>
+      <c r="K3" s="688" t="s">
         <v>27</v>
       </c>
-      <c r="L3" s="638"/>
+      <c r="L3" s="689"/>
       <c r="M3" s="78"/>
       <c r="N3" s="78"/>
       <c r="O3" s="80"/>
       <c r="P3" s="77"/>
       <c r="Q3" s="77"/>
       <c r="R3" s="77"/>
       <c r="S3" s="77"/>
     </row>
     <row r="4" spans="2:19" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="631"/>
-      <c r="C4" s="276" t="s">
+      <c r="B4" s="682"/>
+      <c r="C4" s="274" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="277" t="s">
+      <c r="D4" s="275" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="277" t="s">
+      <c r="E4" s="275" t="s">
         <v>30</v>
       </c>
-      <c r="F4" s="277" t="s">
+      <c r="F4" s="275" t="s">
         <v>31</v>
       </c>
-      <c r="G4" s="636"/>
-      <c r="H4" s="278" t="s">
+      <c r="G4" s="687"/>
+      <c r="H4" s="276" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="277" t="s">
+      <c r="I4" s="275" t="s">
         <v>33</v>
       </c>
-      <c r="J4" s="279" t="s">
+      <c r="J4" s="277" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="277" t="s">
+      <c r="K4" s="275" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="279" t="s">
+      <c r="L4" s="277" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="81"/>
       <c r="N4" s="82"/>
       <c r="O4" s="77"/>
       <c r="P4" s="77"/>
       <c r="Q4" s="77"/>
       <c r="R4" s="77"/>
       <c r="S4" s="77"/>
     </row>
     <row r="5" spans="2:19" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="83" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="84"/>
       <c r="D5" s="85"/>
       <c r="E5" s="86">
         <v>1583</v>
       </c>
       <c r="F5" s="86">
         <f>E5/C53*100</f>
         <v>18.865666978901899</v>
       </c>
       <c r="G5" s="87">
         <v>26.1</v>
@@ -20959,51 +19887,51 @@
       </c>
       <c r="J5" s="90">
         <f>I5/$C$53*100</f>
         <v>18.865666978873794</v>
       </c>
       <c r="K5" s="89">
         <f>I5-E5</f>
         <v>-2.3583197616972029E-9</v>
       </c>
       <c r="L5" s="90">
         <f t="shared" ref="L5" si="0">J5-F5</f>
         <v>-2.8105517912990763E-11</v>
       </c>
       <c r="M5" s="91"/>
       <c r="N5" s="92"/>
       <c r="O5" s="77"/>
       <c r="P5" s="77"/>
       <c r="Q5" s="77"/>
       <c r="R5" s="77"/>
       <c r="S5" s="77"/>
     </row>
     <row r="6" spans="2:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="93" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="491">
+      <c r="C6" s="440">
         <f>E6/D6</f>
         <v>1444.5217619047621</v>
       </c>
       <c r="D6" s="94">
         <v>0.21</v>
       </c>
       <c r="E6" s="95">
         <v>303.34957000000003</v>
       </c>
       <c r="F6" s="96">
         <f>E6/$C$53*100</f>
         <v>3.6152191824466771</v>
       </c>
       <c r="G6" s="97">
         <v>3.2</v>
       </c>
       <c r="H6" s="4">
         <v>0.21</v>
       </c>
       <c r="I6" s="98">
         <f>C6*H6</f>
         <v>303.34957000000003</v>
       </c>
       <c r="J6" s="99">
         <f>I6/$C$53*100</f>
@@ -21012,760 +19940,760 @@
       <c r="K6" s="98">
         <f>I6-E6</f>
         <v>0</v>
       </c>
       <c r="L6" s="99">
         <f>J6-F6</f>
         <v>0</v>
       </c>
       <c r="M6" s="91"/>
       <c r="N6" s="92"/>
       <c r="O6" s="77"/>
       <c r="P6" s="77"/>
       <c r="Q6" s="77"/>
       <c r="R6" s="77"/>
       <c r="S6" s="77"/>
     </row>
     <row r="7" spans="2:19" s="104" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="100" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="57"/>
       <c r="D7" s="1"/>
       <c r="E7" s="101">
         <v>326.73877069235857</v>
       </c>
-      <c r="F7" s="492">
+      <c r="F7" s="441">
         <f>E7/$C$53*100</f>
         <v>3.8939638894364048</v>
       </c>
       <c r="G7" s="102">
         <v>9.3000000000000007</v>
       </c>
       <c r="H7" s="2"/>
-      <c r="I7" s="493">
+      <c r="I7" s="442">
         <f>I8+I9-I10</f>
         <v>326.73877069000002</v>
       </c>
-      <c r="J7" s="494">
+      <c r="J7" s="443">
         <f>I7/$C$53*100</f>
         <v>3.8939638894082957</v>
       </c>
-      <c r="K7" s="493">
+      <c r="K7" s="442">
         <f>I7-E7</f>
         <v>-2.3585471353726462E-9</v>
       </c>
-      <c r="L7" s="494">
+      <c r="L7" s="443">
         <f>J7-F7</f>
         <v>-2.8109070626669563E-11</v>
       </c>
       <c r="M7" s="103"/>
       <c r="N7" s="92"/>
       <c r="O7" s="80"/>
       <c r="P7" s="80"/>
       <c r="Q7" s="80"/>
       <c r="R7" s="80"/>
       <c r="S7" s="80"/>
     </row>
     <row r="8" spans="2:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="186" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="105">
         <f>E8/D8</f>
         <v>3250.2584712666667</v>
       </c>
       <c r="D8" s="3">
         <v>0.15</v>
       </c>
       <c r="E8" s="124">
         <f>326.73877069-E9+E10</f>
         <v>487.53877068999998</v>
       </c>
-      <c r="F8" s="495"/>
+      <c r="F8" s="444"/>
       <c r="G8" s="102"/>
       <c r="H8" s="5">
         <v>0.15</v>
       </c>
       <c r="I8" s="107">
         <f>C8*H8</f>
         <v>487.53877068999998</v>
       </c>
-      <c r="J8" s="496"/>
+      <c r="J8" s="445"/>
       <c r="K8" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L8" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M8" s="91"/>
       <c r="N8" s="92"/>
       <c r="O8" s="77"/>
       <c r="P8" s="77"/>
       <c r="Q8" s="77"/>
       <c r="R8" s="77"/>
       <c r="S8" s="77"/>
     </row>
     <row r="9" spans="2:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="186" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="105">
         <f>E9/D9</f>
         <v>26.521739130434781</v>
       </c>
       <c r="D9" s="3">
         <v>0.23</v>
       </c>
       <c r="E9" s="124">
         <v>6.1</v>
       </c>
-      <c r="F9" s="497"/>
+      <c r="F9" s="446"/>
       <c r="G9" s="102"/>
       <c r="H9" s="5">
         <v>0.23</v>
       </c>
       <c r="I9" s="107">
         <f>C9*H9</f>
         <v>6.1</v>
       </c>
-      <c r="J9" s="496"/>
+      <c r="J9" s="445"/>
       <c r="K9" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L9" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M9" s="91"/>
       <c r="N9" s="92"/>
       <c r="O9" s="77"/>
       <c r="P9" s="77"/>
       <c r="Q9" s="77"/>
       <c r="R9" s="77"/>
       <c r="S9" s="77"/>
     </row>
     <row r="10" spans="2:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="186" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="109">
         <f>(E10*1000000000)/D10</f>
         <v>5411802.8534370949</v>
       </c>
       <c r="D10" s="110">
         <v>30840</v>
       </c>
       <c r="E10" s="129">
         <v>166.9</v>
       </c>
-      <c r="F10" s="498"/>
+      <c r="F10" s="447"/>
       <c r="G10" s="102"/>
       <c r="H10" s="55">
         <v>30840</v>
       </c>
       <c r="I10" s="112">
         <f>C10*H10/1000000000</f>
         <v>166.9</v>
       </c>
-      <c r="J10" s="499"/>
+      <c r="J10" s="448"/>
       <c r="K10" s="112" t="s">
         <v>41</v>
       </c>
       <c r="L10" s="113" t="s">
         <v>41</v>
       </c>
       <c r="M10" s="91"/>
       <c r="N10" s="92"/>
       <c r="O10" s="77"/>
       <c r="P10" s="77"/>
       <c r="Q10" s="77"/>
       <c r="R10" s="77"/>
       <c r="S10" s="77"/>
     </row>
     <row r="11" spans="2:19" s="104" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="500" t="s">
+      <c r="B11" s="449" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="501">
+      <c r="C11" s="450">
         <f>SUM(C12:C13)</f>
         <v>3545.6503959583715</v>
       </c>
-      <c r="D11" s="502">
+      <c r="D11" s="451">
         <f>E11/C11</f>
         <v>0.1749457825448115</v>
       </c>
-      <c r="E11" s="503">
+      <c r="E11" s="452">
         <v>620.29658315125801</v>
       </c>
-      <c r="F11" s="492">
+      <c r="F11" s="441">
         <f>E11/$C$53*100</f>
         <v>7.3924881654342158</v>
       </c>
-      <c r="G11" s="504">
+      <c r="G11" s="453">
         <v>7.1</v>
       </c>
-      <c r="H11" s="505"/>
-      <c r="I11" s="493">
+      <c r="H11" s="454"/>
+      <c r="I11" s="442">
         <f>SUM(I12:I13)</f>
         <v>620.29658315125801</v>
       </c>
-      <c r="J11" s="494">
+      <c r="J11" s="443">
         <f>I11/$C$53*100</f>
         <v>7.3924881654342158</v>
       </c>
-      <c r="K11" s="493">
+      <c r="K11" s="442">
         <f>SUM(I12:I13)-SUM(E12:E13)</f>
         <v>0</v>
       </c>
-      <c r="L11" s="494">
+      <c r="L11" s="443">
         <f>J11-F11</f>
         <v>0</v>
       </c>
       <c r="M11" s="114"/>
       <c r="N11" s="92"/>
       <c r="O11" s="115"/>
       <c r="P11" s="80"/>
       <c r="Q11" s="80"/>
       <c r="R11" s="80"/>
       <c r="S11" s="80"/>
     </row>
     <row r="12" spans="2:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="186" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="506">
+      <c r="C12" s="455">
         <f>E12/D12</f>
         <v>2164.6503959583715</v>
       </c>
       <c r="D12" s="3">
         <v>0.21</v>
       </c>
       <c r="E12" s="124">
         <f>E11-E13</f>
         <v>454.57658315125798</v>
       </c>
       <c r="F12" s="116">
         <f t="shared" ref="F12:F21" si="1">E12/$C$53*100</f>
         <v>5.4174923778513833</v>
       </c>
       <c r="G12" s="102"/>
       <c r="H12" s="5">
         <v>0.21</v>
       </c>
       <c r="I12" s="107">
         <f>C12*H12</f>
         <v>454.57658315125798</v>
       </c>
-      <c r="J12" s="496"/>
+      <c r="J12" s="445"/>
       <c r="K12" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L12" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M12" s="117"/>
       <c r="N12" s="92"/>
       <c r="O12" s="118"/>
       <c r="P12" s="77"/>
       <c r="Q12" s="77"/>
       <c r="R12" s="77"/>
       <c r="S12" s="77"/>
     </row>
     <row r="13" spans="2:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="186" t="s">
         <v>46</v>
       </c>
-      <c r="C13" s="507">
+      <c r="C13" s="456">
         <v>1381</v>
       </c>
       <c r="D13" s="184">
         <v>0.12</v>
       </c>
       <c r="E13" s="129">
         <f>C13*D13</f>
         <v>165.72</v>
       </c>
       <c r="F13" s="185">
         <f t="shared" si="1"/>
         <v>1.9749957875828315</v>
       </c>
       <c r="G13" s="102"/>
       <c r="H13" s="5">
         <v>0.12</v>
       </c>
       <c r="I13" s="107">
         <f>C13*H13</f>
         <v>165.72</v>
       </c>
-      <c r="J13" s="496"/>
+      <c r="J13" s="445"/>
       <c r="K13" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L13" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M13" s="119"/>
       <c r="N13" s="92"/>
       <c r="O13" s="118"/>
       <c r="P13" s="77"/>
       <c r="Q13" s="77"/>
       <c r="R13" s="120"/>
       <c r="S13" s="77"/>
     </row>
     <row r="14" spans="2:19" s="104" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="500" t="s">
+      <c r="B14" s="449" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="57"/>
       <c r="D14" s="121"/>
       <c r="E14" s="101">
         <f>E15+E16+E17+E18+E20+E23+E19+E21+E22</f>
         <v>176.54550174899998</v>
       </c>
       <c r="F14" s="122">
         <f t="shared" si="1"/>
         <v>2.1040105133416152</v>
       </c>
-      <c r="G14" s="504">
+      <c r="G14" s="453">
         <v>1.9</v>
       </c>
-      <c r="H14" s="505"/>
-      <c r="I14" s="493">
+      <c r="H14" s="454"/>
+      <c r="I14" s="442">
         <f>SUM(I15:I23)</f>
         <v>176.54550174899998</v>
       </c>
-      <c r="J14" s="494">
+      <c r="J14" s="443">
         <f>I14/$C$53*100</f>
         <v>2.1040105133416152</v>
       </c>
-      <c r="K14" s="493">
+      <c r="K14" s="442">
         <f t="shared" ref="K14:L38" si="2">I14-E14</f>
         <v>0</v>
       </c>
-      <c r="L14" s="494">
+      <c r="L14" s="443">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M14" s="114"/>
       <c r="N14" s="92"/>
       <c r="O14" s="80"/>
       <c r="P14" s="80"/>
       <c r="Q14" s="80"/>
       <c r="R14" s="80"/>
       <c r="S14" s="80"/>
     </row>
     <row r="15" spans="2:19" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="186" t="s">
         <v>48</v>
       </c>
-      <c r="C15" s="508">
+      <c r="C15" s="457">
         <f>E15/J61</f>
         <v>8.7778287492481191</v>
       </c>
       <c r="D15" s="123" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
       <c r="E15" s="124">
         <v>93.396097892</v>
       </c>
       <c r="F15" s="125">
         <f t="shared" si="1"/>
         <v>1.1130636007324028</v>
       </c>
       <c r="G15" s="102"/>
       <c r="H15" s="56">
         <v>10.64</v>
       </c>
       <c r="I15" s="126">
         <f>C15*H15</f>
         <v>93.396097891999986</v>
       </c>
       <c r="J15" s="127">
         <f>I15/$C$53*100</f>
         <v>1.1130636007324026</v>
       </c>
       <c r="K15" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L15" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M15" s="117"/>
       <c r="N15" s="92"/>
       <c r="O15" s="118"/>
       <c r="P15" s="77"/>
       <c r="Q15" s="77"/>
       <c r="R15" s="77"/>
       <c r="S15" s="77"/>
     </row>
     <row r="16" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="186" t="s">
         <v>49</v>
       </c>
-      <c r="C16" s="508">
+      <c r="C16" s="457">
         <f>E16/I56</f>
         <v>13.502117985810809</v>
       </c>
       <c r="D16" s="128" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="E16" s="124">
         <v>59.949403857</v>
       </c>
       <c r="F16" s="125">
         <f t="shared" si="1"/>
         <v>0.71445703648127545</v>
       </c>
       <c r="G16" s="102"/>
       <c r="H16" s="56">
         <v>4.4400000000000004</v>
       </c>
       <c r="I16" s="126">
         <f>C16*H16</f>
         <v>59.949403857</v>
       </c>
       <c r="J16" s="127">
         <f>I16/$C$53*100</f>
         <v>0.71445703648127545</v>
       </c>
       <c r="K16" s="126">
         <f>I16-E16</f>
         <v>0</v>
       </c>
       <c r="L16" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M16" s="117"/>
       <c r="N16" s="92"/>
       <c r="O16" s="118"/>
       <c r="P16" s="77"/>
       <c r="Q16" s="77"/>
       <c r="R16" s="77"/>
       <c r="S16" s="77"/>
     </row>
     <row r="17" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="186" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="C17" s="508">
+        <v>421</v>
+      </c>
+      <c r="C17" s="457">
         <f>E17/J53</f>
         <v>3.5434412265758095E-2</v>
       </c>
       <c r="D17" s="128" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="E17" s="124">
         <v>10.4</v>
       </c>
       <c r="F17" s="125">
         <f t="shared" si="1"/>
         <v>0.12394373757459239</v>
       </c>
       <c r="G17" s="102"/>
       <c r="H17" s="6">
         <v>293.5</v>
       </c>
       <c r="I17" s="126">
         <f>C17*H17</f>
         <v>10.4</v>
       </c>
       <c r="J17" s="127">
         <f t="shared" ref="J17:J23" si="3">I17/$C$53*100</f>
         <v>0.12394373757459239</v>
       </c>
       <c r="K17" s="126">
         <f>I17-E17</f>
         <v>0</v>
       </c>
       <c r="L17" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M17" s="117"/>
       <c r="N17" s="92"/>
       <c r="O17" s="118"/>
       <c r="P17" s="77"/>
       <c r="Q17" s="77"/>
       <c r="R17" s="77"/>
       <c r="S17" s="77"/>
     </row>
     <row r="18" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="186" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="C18" s="508">
+        <v>423</v>
+      </c>
+      <c r="C18" s="457">
         <f>E18/I54</f>
         <v>1.5333333333333332</v>
       </c>
       <c r="D18" s="128" t="s">
-        <v>439</v>
+        <v>424</v>
       </c>
       <c r="E18" s="124">
         <v>4.5999999999999996</v>
       </c>
       <c r="F18" s="125">
         <f t="shared" si="1"/>
         <v>5.4821268542608166E-2</v>
       </c>
       <c r="G18" s="102"/>
       <c r="H18" s="6">
         <v>3</v>
       </c>
       <c r="I18" s="126">
         <f>H18*C18</f>
         <v>4.5999999999999996</v>
       </c>
       <c r="J18" s="127">
         <f t="shared" si="3"/>
         <v>5.4821268542608166E-2</v>
       </c>
       <c r="K18" s="126">
         <f>I18-E18</f>
         <v>0</v>
       </c>
       <c r="L18" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M18" s="117"/>
       <c r="N18" s="92"/>
       <c r="O18" s="118"/>
       <c r="P18" s="77"/>
       <c r="Q18" s="77"/>
       <c r="R18" s="77"/>
       <c r="S18" s="77"/>
     </row>
     <row r="19" spans="2:19" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="186" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="C19" s="508">
+        <v>425</v>
+      </c>
+      <c r="C19" s="457">
         <f>E19/J58</f>
         <v>5.6537102473498232E-2</v>
       </c>
       <c r="D19" s="128" t="s">
-        <v>441</v>
+        <v>426</v>
       </c>
       <c r="E19" s="124">
         <v>1.6</v>
       </c>
       <c r="F19" s="125">
         <f t="shared" si="1"/>
         <v>1.906826731916806E-2</v>
       </c>
       <c r="G19" s="102"/>
       <c r="H19" s="6">
         <v>28.3</v>
       </c>
       <c r="I19" s="126">
         <f>H19*C19</f>
         <v>1.6</v>
       </c>
       <c r="J19" s="127">
         <f t="shared" si="3"/>
         <v>1.906826731916806E-2</v>
       </c>
       <c r="K19" s="126">
         <f t="shared" ref="K19:K23" si="4">I19-E19</f>
         <v>0</v>
       </c>
       <c r="L19" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M19" s="117"/>
       <c r="N19" s="92"/>
       <c r="O19" s="118"/>
       <c r="P19" s="77"/>
       <c r="Q19" s="77"/>
       <c r="R19" s="77"/>
       <c r="S19" s="77"/>
     </row>
     <row r="20" spans="2:19" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="188" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="C20" s="508">
+        <v>427</v>
+      </c>
+      <c r="C20" s="457">
         <f>E20/J59</f>
         <v>5.2287581699346407E-2</v>
       </c>
       <c r="D20" s="128" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="E20" s="124">
         <v>1.6</v>
       </c>
       <c r="F20" s="125">
         <f t="shared" si="1"/>
         <v>1.906826731916806E-2</v>
       </c>
       <c r="G20" s="102"/>
       <c r="H20" s="6">
         <v>30.6</v>
       </c>
       <c r="I20" s="126">
         <f>H20*C20</f>
         <v>1.6</v>
       </c>
       <c r="J20" s="127">
         <f t="shared" si="3"/>
         <v>1.906826731916806E-2</v>
       </c>
       <c r="K20" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L20" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M20" s="117"/>
       <c r="N20" s="92"/>
       <c r="O20" s="118"/>
       <c r="P20" s="77"/>
       <c r="Q20" s="77"/>
       <c r="R20" s="77"/>
       <c r="S20" s="77"/>
     </row>
     <row r="21" spans="2:19" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="188" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="C21" s="508">
+        <v>429</v>
+      </c>
+      <c r="C21" s="457">
         <f>E21/J60</f>
         <v>4.7058823529411764E-2</v>
       </c>
       <c r="D21" s="128" t="s">
-        <v>445</v>
+        <v>430</v>
       </c>
       <c r="E21" s="124">
         <v>0.4</v>
       </c>
       <c r="F21" s="125">
         <f t="shared" si="1"/>
         <v>4.767066829792015E-3</v>
       </c>
       <c r="G21" s="102"/>
       <c r="H21" s="6">
         <v>8.5</v>
       </c>
       <c r="I21" s="126">
         <f>H21*C21</f>
         <v>0.4</v>
       </c>
       <c r="J21" s="127">
         <f t="shared" si="3"/>
         <v>4.767066829792015E-3</v>
       </c>
       <c r="K21" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L21" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M21" s="117"/>
       <c r="N21" s="92"/>
       <c r="O21" s="118"/>
       <c r="P21" s="77"/>
       <c r="Q21" s="77"/>
       <c r="R21" s="77"/>
       <c r="S21" s="77"/>
     </row>
     <row r="22" spans="2:19" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="188" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="C22" s="508"/>
+        <v>431</v>
+      </c>
+      <c r="C22" s="457"/>
       <c r="D22" s="128"/>
       <c r="E22" s="124">
         <v>4.0999999999999996</v>
       </c>
       <c r="F22" s="125">
         <f>E22/$C$53*100</f>
         <v>4.8862435005368146E-2</v>
       </c>
       <c r="G22" s="102"/>
-      <c r="H22" s="509"/>
+      <c r="H22" s="458"/>
       <c r="I22" s="126">
         <v>4.0999999999999996</v>
       </c>
       <c r="J22" s="127">
         <f t="shared" si="3"/>
         <v>4.8862435005368146E-2</v>
       </c>
       <c r="K22" s="126">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L22" s="127">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M22" s="117"/>
       <c r="N22" s="92"/>
       <c r="O22" s="118"/>
       <c r="P22" s="77"/>
       <c r="Q22" s="77"/>
       <c r="R22" s="77"/>
       <c r="S22" s="77"/>
     </row>
     <row r="23" spans="2:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="510" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="511">
+      <c r="B23" s="459" t="s">
+        <v>432</v>
+      </c>
+      <c r="C23" s="460">
         <f>E23/I53</f>
         <v>2.1367521367521368E-2</v>
       </c>
       <c r="D23" s="152" t="s">
-        <v>448</v>
+        <v>433</v>
       </c>
       <c r="E23" s="129">
         <v>0.5</v>
       </c>
       <c r="F23" s="130">
         <f t="shared" ref="F23:F47" si="5">E23/$C$53*100</f>
         <v>5.9588335372400183E-3</v>
       </c>
       <c r="G23" s="97"/>
-      <c r="H23" s="512">
+      <c r="H23" s="461">
         <v>23.4</v>
       </c>
       <c r="I23" s="131">
         <f>H23*C23</f>
         <v>0.5</v>
       </c>
       <c r="J23" s="132">
         <f t="shared" si="3"/>
         <v>5.9588335372400183E-3</v>
       </c>
-      <c r="K23" s="513">
+      <c r="K23" s="462">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L23" s="132">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M23" s="117"/>
       <c r="N23" s="92"/>
       <c r="O23" s="118"/>
       <c r="P23" s="77"/>
       <c r="Q23" s="77"/>
       <c r="R23" s="77"/>
       <c r="S23" s="77"/>
     </row>
     <row r="24" spans="2:19" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="100" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="133" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="134"/>
       <c r="E24" s="101">
         <f>E5-(E6+E7+E11+E14)</f>
@@ -21808,273 +20736,273 @@
         <v>52</v>
       </c>
       <c r="C25" s="138"/>
       <c r="D25" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E25" s="124">
         <v>22.7</v>
       </c>
       <c r="F25" s="139">
         <f t="shared" si="5"/>
         <v>0.27053104259069682</v>
       </c>
       <c r="G25" s="102">
         <v>1</v>
       </c>
       <c r="H25" s="140"/>
       <c r="I25" s="126">
         <f>E25</f>
         <v>22.7</v>
       </c>
       <c r="J25" s="127">
         <f t="shared" ref="I25:J31" si="6">F25</f>
         <v>0.27053104259069682</v>
       </c>
-      <c r="K25" s="514">
+      <c r="K25" s="463">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L25" s="515">
+      <c r="L25" s="464">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M25" s="117"/>
       <c r="N25" s="92"/>
     </row>
     <row r="26" spans="2:19" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="186" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="138"/>
       <c r="D26" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E26" s="124">
         <v>20.7</v>
       </c>
       <c r="F26" s="139">
         <f t="shared" si="5"/>
         <v>0.24669570844173672</v>
       </c>
       <c r="G26" s="102"/>
       <c r="H26" s="140"/>
       <c r="I26" s="126">
         <f>E26</f>
         <v>20.7</v>
       </c>
       <c r="J26" s="127">
         <f>F26</f>
         <v>0.24669570844173672</v>
       </c>
-      <c r="K26" s="514">
+      <c r="K26" s="463">
         <f>I26-E26</f>
         <v>0</v>
       </c>
-      <c r="L26" s="515">
+      <c r="L26" s="464">
         <f>J26-F26</f>
         <v>0</v>
       </c>
       <c r="M26" s="117"/>
       <c r="N26" s="92"/>
     </row>
     <row r="27" spans="2:19" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="186" t="s">
-        <v>449</v>
+        <v>434</v>
       </c>
       <c r="C27" s="141"/>
       <c r="D27" s="121"/>
       <c r="E27" s="124">
         <v>23.013000000000002</v>
       </c>
       <c r="F27" s="139">
         <f t="shared" si="5"/>
         <v>0.27426127238500914</v>
       </c>
       <c r="G27" s="142"/>
       <c r="H27" s="143"/>
       <c r="I27" s="126">
         <f>I28+I29</f>
         <v>23.012999999999998</v>
       </c>
       <c r="J27" s="127">
         <f t="shared" ref="I27:J30" si="7">F27</f>
         <v>0.27426127238500914</v>
       </c>
-      <c r="K27" s="514">
+      <c r="K27" s="463">
         <f>I27-E27</f>
         <v>0</v>
       </c>
-      <c r="L27" s="515">
+      <c r="L27" s="464">
         <f t="shared" ref="K27:L30" si="8">J27-F27</f>
         <v>0</v>
       </c>
       <c r="M27" s="117"/>
       <c r="N27" s="92"/>
     </row>
     <row r="28" spans="2:19" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B28" s="554" t="s">
-        <v>450</v>
+      <c r="B28" s="503" t="s">
+        <v>435</v>
       </c>
       <c r="C28" s="141"/>
       <c r="D28" s="134" t="s">
-        <v>451</v>
+        <v>436</v>
       </c>
       <c r="E28" s="124">
         <f>E27-E29</f>
         <v>12.530500000000002</v>
       </c>
       <c r="F28" s="139">
         <f t="shared" si="5"/>
         <v>0.14933432727677212</v>
       </c>
       <c r="G28" s="142"/>
       <c r="H28" s="6">
         <v>263.8</v>
       </c>
       <c r="I28" s="126">
         <f>H28*J65/1000000</f>
         <v>12.5305</v>
       </c>
       <c r="J28" s="127">
         <f>I28/$C$53*100</f>
         <v>0.14933432727677209</v>
       </c>
-      <c r="K28" s="514">
+      <c r="K28" s="463">
         <f>I28-E28</f>
         <v>0</v>
       </c>
-      <c r="L28" s="515">
+      <c r="L28" s="464">
         <f>J28-F28</f>
         <v>0</v>
       </c>
       <c r="M28" s="117"/>
       <c r="N28" s="92"/>
     </row>
     <row r="29" spans="2:19" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="554" t="s">
-        <v>452</v>
+      <c r="B29" s="503" t="s">
+        <v>437</v>
       </c>
       <c r="C29" s="141"/>
       <c r="D29" s="134" t="s">
-        <v>453</v>
+        <v>438</v>
       </c>
       <c r="E29" s="124">
         <v>10.4825</v>
       </c>
       <c r="F29" s="139">
         <f t="shared" si="5"/>
         <v>0.12492694510823699</v>
       </c>
       <c r="G29" s="142"/>
       <c r="H29" s="6">
         <v>599</v>
       </c>
       <c r="I29" s="126">
         <f>H29*J64/1000000</f>
         <v>10.4825</v>
       </c>
       <c r="J29" s="127">
         <f>I29/$C$53*100</f>
         <v>0.12492694510823699</v>
       </c>
-      <c r="K29" s="514">
+      <c r="K29" s="463">
         <f>I29-E29</f>
         <v>0</v>
       </c>
-      <c r="L29" s="515">
+      <c r="L29" s="464">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M29" s="117"/>
       <c r="N29" s="92"/>
     </row>
     <row r="30" spans="2:19" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="186" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="C30" s="141"/>
       <c r="D30" s="134"/>
       <c r="E30" s="124">
         <v>16.57</v>
       </c>
       <c r="F30" s="139">
         <f t="shared" si="5"/>
         <v>0.19747574342413424</v>
       </c>
       <c r="G30" s="142"/>
       <c r="H30" s="143"/>
       <c r="I30" s="126">
         <f t="shared" si="7"/>
         <v>16.57</v>
       </c>
       <c r="J30" s="127">
         <f t="shared" si="7"/>
         <v>0.19747574342413424</v>
       </c>
-      <c r="K30" s="514">
+      <c r="K30" s="463">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="L30" s="515">
+      <c r="L30" s="464">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M30" s="117"/>
       <c r="N30" s="92"/>
     </row>
     <row r="31" spans="2:19" ht="40.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="188" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-      <c r="D31" s="385" t="s">
+        <v>440</v>
+      </c>
+      <c r="C31" s="370"/>
+      <c r="D31" s="371" t="s">
         <v>41</v>
       </c>
-      <c r="E31" s="386">
+      <c r="E31" s="372">
         <f>E24-(E25+E26+E27+E30)</f>
         <v>73.086574407383694</v>
       </c>
       <c r="F31" s="139">
         <f t="shared" si="5"/>
         <v>0.87102146140141201</v>
       </c>
       <c r="G31" s="102"/>
       <c r="H31" s="140"/>
       <c r="I31" s="126">
         <f t="shared" si="6"/>
         <v>73.086574407383694</v>
       </c>
       <c r="J31" s="127">
         <f t="shared" si="6"/>
         <v>0.87102146140141201</v>
       </c>
-      <c r="K31" s="514">
+      <c r="K31" s="463">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="L31" s="515">
+      <c r="L31" s="464">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M31" s="117"/>
       <c r="N31" s="92"/>
     </row>
     <row r="32" spans="2:19" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="83" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="144"/>
       <c r="D32" s="145" t="s">
         <v>41</v>
       </c>
       <c r="E32" s="86">
         <f>E33+E38+E42</f>
         <v>1345.4971223813129</v>
       </c>
       <c r="F32" s="86">
         <f>E32/$C$53*100</f>
         <v>16.035186754211409</v>
       </c>
       <c r="G32" s="87">
         <v>13.7</v>
       </c>
@@ -22132,164 +21060,164 @@
         <f>J33-F33</f>
         <v>0</v>
       </c>
       <c r="M33" s="150"/>
       <c r="N33" s="92"/>
     </row>
     <row r="34" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="186" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="151">
         <f>E34/D34</f>
         <v>2357.2537831455402</v>
       </c>
       <c r="D34" s="128">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="E34" s="106">
         <f>167.177278298+G55</f>
         <v>167.36501860333334</v>
       </c>
       <c r="F34" s="106">
         <f t="shared" si="5"/>
         <v>1.9946005716286845</v>
       </c>
-      <c r="G34" s="516"/>
+      <c r="G34" s="465"/>
       <c r="H34" s="7">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="I34" s="107">
         <f>C34*H34</f>
         <v>167.36501860333334</v>
       </c>
-      <c r="J34" s="496"/>
+      <c r="J34" s="445"/>
       <c r="K34" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L34" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M34" s="117"/>
       <c r="N34" s="92"/>
     </row>
     <row r="35" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="186" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="151">
         <f>E35/D35</f>
         <v>2402.7446573118282</v>
       </c>
       <c r="D35" s="128">
         <v>0.248</v>
       </c>
       <c r="E35" s="106">
         <f>595.692934708+G56</f>
         <v>595.88067501333342</v>
       </c>
       <c r="F35" s="106">
         <f t="shared" si="5"/>
         <v>7.1015075009253428</v>
       </c>
-      <c r="G35" s="516"/>
+      <c r="G35" s="465"/>
       <c r="H35" s="7">
         <v>0.248</v>
       </c>
       <c r="I35" s="107">
         <f t="shared" ref="I35:I36" si="9">C35*H35</f>
         <v>595.88067501333342</v>
       </c>
-      <c r="J35" s="496"/>
+      <c r="J35" s="445"/>
       <c r="K35" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L35" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M35" s="117"/>
       <c r="N35" s="92"/>
     </row>
     <row r="36" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="186" t="s">
         <v>58</v>
       </c>
-      <c r="C36" s="517">
+      <c r="C36" s="466">
         <f>E36/D36</f>
         <v>158.20569281621005</v>
       </c>
       <c r="D36" s="128">
         <v>0.29199999999999998</v>
       </c>
       <c r="E36" s="106">
         <f>46.008321997+G57</f>
         <v>46.196062302333331</v>
       </c>
       <c r="F36" s="106">
         <f t="shared" si="5"/>
         <v>0.55054929067114633</v>
       </c>
-      <c r="G36" s="516"/>
+      <c r="G36" s="465"/>
       <c r="H36" s="7">
         <v>0.29199999999999998</v>
       </c>
       <c r="I36" s="107">
         <f t="shared" si="9"/>
         <v>46.196062302333331</v>
       </c>
-      <c r="J36" s="496"/>
+      <c r="J36" s="445"/>
       <c r="K36" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L36" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M36" s="117"/>
       <c r="N36" s="92"/>
     </row>
     <row r="37" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="518"/>
-[...3 lines deleted...]
-      <c r="C37" s="520"/>
+      <c r="A37" s="467"/>
+      <c r="B37" s="468" t="s">
+        <v>441</v>
+      </c>
+      <c r="C37" s="469"/>
       <c r="D37" s="152"/>
       <c r="E37" s="111">
         <v>14.9008832960034</v>
       </c>
       <c r="F37" s="185">
         <f t="shared" si="5"/>
         <v>0.17758376623744929</v>
       </c>
-      <c r="G37" s="521"/>
-      <c r="H37" s="522"/>
+      <c r="G37" s="470"/>
+      <c r="H37" s="471"/>
       <c r="I37" s="112">
         <f>E37</f>
         <v>14.9008832960034</v>
       </c>
-      <c r="J37" s="523"/>
-      <c r="K37" s="524"/>
+      <c r="J37" s="472"/>
+      <c r="K37" s="473"/>
       <c r="L37" s="113"/>
       <c r="M37" s="117"/>
       <c r="N37" s="92"/>
     </row>
     <row r="38" spans="1:18" s="104" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="100" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="153"/>
       <c r="D38" s="148"/>
       <c r="E38" s="101">
         <f>E39+E40+E41</f>
         <v>367.35448316630954</v>
       </c>
       <c r="F38" s="101">
         <f t="shared" si="5"/>
         <v>4.3780084286937582</v>
       </c>
       <c r="G38" s="149" t="s">
         <v>41</v>
       </c>
       <c r="H38" s="2"/>
       <c r="I38" s="136">
         <f>SUM(I39:I41)</f>
         <v>367.35448316630931</v>
@@ -22313,315 +21241,315 @@
       <c r="B39" s="186" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="151">
         <f>E39/D39</f>
         <v>2416.376155938392</v>
       </c>
       <c r="D39" s="128">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="E39" s="106">
         <v>108.73692701722763</v>
       </c>
       <c r="F39" s="106">
         <f t="shared" si="5"/>
         <v>1.2958904948933525</v>
       </c>
       <c r="G39" s="149"/>
       <c r="H39" s="7">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="I39" s="107">
         <f>C39*H39</f>
         <v>108.73692701722764</v>
       </c>
-      <c r="J39" s="496"/>
+      <c r="J39" s="445"/>
       <c r="K39" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L39" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M39" s="155"/>
       <c r="N39" s="92"/>
     </row>
     <row r="40" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="186" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="151">
         <f t="shared" ref="C40" si="10">E40/D40</f>
         <v>2424.5395888976432</v>
       </c>
       <c r="D40" s="128">
         <v>0.09</v>
       </c>
       <c r="E40" s="106">
         <v>218.20856300078788</v>
       </c>
       <c r="F40" s="106">
         <f t="shared" si="5"/>
         <v>2.6005370066440925</v>
       </c>
       <c r="G40" s="149"/>
       <c r="H40" s="7">
         <v>8.99999999999999E-2</v>
       </c>
       <c r="I40" s="107">
         <f>C40*H40</f>
         <v>218.20856300078765</v>
       </c>
-      <c r="J40" s="496"/>
+      <c r="J40" s="445"/>
       <c r="K40" s="107" t="s">
         <v>41</v>
       </c>
       <c r="L40" s="108" t="s">
         <v>41</v>
       </c>
       <c r="M40" s="155"/>
       <c r="N40" s="92"/>
     </row>
     <row r="41" spans="1:18" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="525" t="s">
+      <c r="B41" s="474" t="s">
         <v>58</v>
       </c>
-      <c r="C41" s="526">
+      <c r="C41" s="475">
         <f>E41/D41</f>
         <v>299.32587517254854</v>
       </c>
-      <c r="D41" s="527">
+      <c r="D41" s="476">
         <v>0.13500000000000001</v>
       </c>
-      <c r="E41" s="528">
+      <c r="E41" s="477">
         <v>40.408993148294051</v>
       </c>
-      <c r="F41" s="528">
+      <c r="F41" s="477">
         <f t="shared" si="5"/>
         <v>0.4815809271563134</v>
       </c>
-      <c r="G41" s="529"/>
-      <c r="H41" s="530">
+      <c r="G41" s="478"/>
+      <c r="H41" s="479">
         <v>0.13500000000000001</v>
       </c>
-      <c r="I41" s="531">
+      <c r="I41" s="480">
         <f>C41*H41</f>
         <v>40.408993148294051</v>
       </c>
-      <c r="J41" s="532"/>
-      <c r="K41" s="531" t="s">
+      <c r="J41" s="481"/>
+      <c r="K41" s="480" t="s">
         <v>41</v>
       </c>
-      <c r="L41" s="533" t="s">
+      <c r="L41" s="482" t="s">
         <v>41</v>
       </c>
       <c r="M41" s="155"/>
       <c r="N41" s="92"/>
     </row>
     <row r="42" spans="1:18" s="104" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="534"/>
-      <c r="B42" s="535" t="s">
+      <c r="A42" s="483"/>
+      <c r="B42" s="484" t="s">
         <v>188</v>
       </c>
-      <c r="C42" s="536" t="s">
+      <c r="C42" s="485" t="s">
         <v>41</v>
       </c>
-      <c r="D42" s="537" t="s">
+      <c r="D42" s="486" t="s">
         <v>41</v>
       </c>
-      <c r="E42" s="538">
+      <c r="E42" s="487">
         <v>153.80000000000001</v>
       </c>
-      <c r="F42" s="539">
+      <c r="F42" s="488">
         <f t="shared" si="5"/>
         <v>1.8329371960550296</v>
       </c>
-      <c r="G42" s="540" t="s">
+      <c r="G42" s="489" t="s">
         <v>41</v>
       </c>
-      <c r="H42" s="541"/>
-      <c r="I42" s="542">
+      <c r="H42" s="490"/>
+      <c r="I42" s="491">
         <f>E42</f>
         <v>153.80000000000001</v>
       </c>
-      <c r="J42" s="543"/>
-      <c r="K42" s="544" t="s">
+      <c r="J42" s="492"/>
+      <c r="K42" s="493" t="s">
         <v>41</v>
       </c>
-      <c r="L42" s="545" t="s">
+      <c r="L42" s="494" t="s">
         <v>41</v>
       </c>
       <c r="M42" s="157"/>
       <c r="N42" s="92"/>
       <c r="R42" s="158"/>
     </row>
     <row r="43" spans="1:18" s="104" customFormat="1" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="534"/>
+      <c r="A43" s="483"/>
       <c r="B43" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C43" s="159" t="s">
         <v>41</v>
       </c>
       <c r="D43" s="160" t="s">
         <v>41</v>
       </c>
       <c r="E43" s="86">
         <f>E49-(E5+E32)</f>
         <v>502.19097761868716</v>
       </c>
       <c r="F43" s="178">
         <f t="shared" si="5"/>
         <v>5.9849448790671689</v>
       </c>
       <c r="G43" s="87" t="s">
         <v>41</v>
       </c>
       <c r="H43" s="168"/>
       <c r="I43" s="89">
         <f>E43</f>
         <v>502.19097761868716</v>
       </c>
       <c r="J43" s="90">
         <f>F43</f>
         <v>5.9849448790671689</v>
       </c>
       <c r="K43" s="89">
         <f t="shared" ref="K43:L43" si="11">I43-E43</f>
         <v>0</v>
       </c>
       <c r="L43" s="90">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="M43" s="157"/>
       <c r="N43" s="92"/>
       <c r="R43" s="158"/>
     </row>
     <row r="44" spans="1:18" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="100" t="s">
-        <v>457</v>
+        <v>442</v>
       </c>
       <c r="C44" s="147"/>
       <c r="D44" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E44" s="124">
         <v>103</v>
       </c>
       <c r="F44" s="124">
         <f t="shared" si="5"/>
         <v>1.2275197086714438</v>
       </c>
       <c r="G44" s="149"/>
       <c r="H44" s="156"/>
       <c r="I44" s="126"/>
       <c r="J44" s="127"/>
       <c r="K44" s="136"/>
       <c r="L44" s="137"/>
       <c r="M44" s="150"/>
       <c r="N44" s="92"/>
       <c r="R44" s="162"/>
     </row>
     <row r="45" spans="1:18" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="546" t="s">
-        <v>458</v>
+      <c r="B45" s="495" t="s">
+        <v>443</v>
       </c>
       <c r="C45" s="147"/>
       <c r="D45" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E45" s="124">
         <v>61</v>
       </c>
       <c r="F45" s="124">
         <f t="shared" si="5"/>
         <v>0.72697769154328218</v>
       </c>
       <c r="G45" s="149"/>
       <c r="H45" s="156"/>
       <c r="I45" s="126"/>
       <c r="J45" s="127"/>
       <c r="K45" s="136"/>
       <c r="L45" s="137"/>
       <c r="M45" s="150"/>
       <c r="N45" s="92"/>
       <c r="R45" s="162"/>
     </row>
     <row r="46" spans="1:18" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="546" t="s">
-        <v>459</v>
+      <c r="B46" s="495" t="s">
+        <v>444</v>
       </c>
       <c r="C46" s="147"/>
       <c r="D46" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E46" s="124">
         <v>17.8</v>
       </c>
       <c r="F46" s="124">
         <f t="shared" si="5"/>
         <v>0.21213447392574467</v>
       </c>
       <c r="G46" s="149"/>
       <c r="H46" s="156"/>
       <c r="I46" s="126"/>
       <c r="J46" s="127"/>
       <c r="K46" s="136"/>
       <c r="L46" s="137"/>
       <c r="M46" s="150"/>
       <c r="N46" s="92"/>
       <c r="R46" s="162"/>
     </row>
     <row r="47" spans="1:18" ht="31.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B47" s="546" t="s">
-        <v>460</v>
+      <c r="B47" s="495" t="s">
+        <v>445</v>
       </c>
       <c r="C47" s="147"/>
       <c r="D47" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E47" s="124">
         <v>8</v>
       </c>
       <c r="F47" s="124">
         <f t="shared" si="5"/>
         <v>9.5341336595840293E-2</v>
       </c>
       <c r="G47" s="149"/>
       <c r="H47" s="156"/>
       <c r="I47" s="126"/>
       <c r="J47" s="127"/>
       <c r="K47" s="136"/>
       <c r="L47" s="137"/>
       <c r="M47" s="150"/>
       <c r="N47" s="92"/>
       <c r="R47" s="162"/>
     </row>
     <row r="48" spans="1:18" ht="38.450000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B48" s="546" t="s">
-        <v>461</v>
+      <c r="B48" s="495" t="s">
+        <v>446</v>
       </c>
       <c r="C48" s="147"/>
       <c r="D48" s="121" t="s">
         <v>41</v>
       </c>
       <c r="E48" s="124">
         <f>E43-E44-E45-E46-E47</f>
         <v>312.39097761868715</v>
       </c>
       <c r="F48" s="124">
         <f>E48/C53*100</f>
         <v>3.722971668330858</v>
       </c>
       <c r="G48" s="149"/>
       <c r="H48" s="156"/>
       <c r="I48" s="126"/>
       <c r="J48" s="127"/>
       <c r="K48" s="163"/>
       <c r="L48" s="164"/>
       <c r="M48" s="150"/>
       <c r="N48" s="92"/>
       <c r="R48" s="162"/>
     </row>
     <row r="49" spans="2:20" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B49" s="165" t="s">
@@ -22727,7069 +21655,7069 @@
       <c r="H51" s="179" t="s">
         <v>65</v>
       </c>
       <c r="I51" s="68">
         <f>I49-I50</f>
         <v>-187.00000000235787</v>
       </c>
       <c r="J51" s="178">
         <f>I51/$C$53*100</f>
         <v>-2.2286037429558672</v>
       </c>
       <c r="K51" s="172"/>
       <c r="L51" s="180" t="s">
         <v>41</v>
       </c>
       <c r="M51" s="77"/>
       <c r="N51" s="77"/>
       <c r="O51" s="77"/>
       <c r="P51" s="77"/>
       <c r="Q51" s="77"/>
       <c r="R51" s="77"/>
       <c r="S51" s="77"/>
       <c r="T51" s="77"/>
     </row>
     <row r="52" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B52" s="547" t="s">
-[...3 lines deleted...]
-      <c r="D52" s="548"/>
+      <c r="B52" s="496" t="s">
+        <v>447</v>
+      </c>
+      <c r="C52" s="497"/>
+      <c r="D52" s="497"/>
       <c r="E52" s="181"/>
       <c r="F52" s="181"/>
       <c r="G52" s="181"/>
       <c r="H52" s="181"/>
       <c r="I52" s="181"/>
       <c r="J52" s="181"/>
       <c r="K52" s="181"/>
       <c r="L52" s="181"/>
       <c r="M52" s="77"/>
       <c r="N52" s="77"/>
       <c r="O52" s="77"/>
       <c r="P52" s="77"/>
       <c r="Q52" s="77"/>
       <c r="R52" s="77"/>
       <c r="S52" s="77"/>
       <c r="T52" s="77"/>
     </row>
     <row r="53" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B53" s="280" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="549">
+      <c r="B53" s="278" t="s">
+        <v>448</v>
+      </c>
+      <c r="C53" s="498">
         <v>8390.9039726521278</v>
       </c>
       <c r="D53" s="181"/>
       <c r="E53" s="181"/>
       <c r="F53" s="181"/>
       <c r="G53" s="181"/>
       <c r="H53" s="181"/>
-      <c r="I53" s="550">
+      <c r="I53" s="499">
         <v>23.4</v>
       </c>
       <c r="J53" s="181">
         <v>293.5</v>
       </c>
       <c r="K53" s="181"/>
       <c r="L53" s="181"/>
       <c r="M53" s="77"/>
       <c r="N53" s="77"/>
       <c r="O53" s="77"/>
       <c r="P53" s="77"/>
       <c r="Q53" s="77"/>
       <c r="R53" s="77"/>
       <c r="S53" s="77"/>
       <c r="T53" s="77"/>
     </row>
     <row r="54" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B54" s="551" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="552">
+      <c r="B54" s="500" t="s">
+        <v>449</v>
+      </c>
+      <c r="C54" s="501">
         <v>824.34263921500349</v>
       </c>
       <c r="D54" s="182"/>
       <c r="E54" s="182"/>
       <c r="F54" s="182"/>
-      <c r="G54" s="553">
+      <c r="G54" s="502">
         <f>E33-SUM(E34:E36)</f>
         <v>14.900883296003371</v>
       </c>
       <c r="H54" s="182" t="s">
-        <v>465</v>
+        <v>450</v>
       </c>
       <c r="I54" s="183">
         <v>3</v>
       </c>
       <c r="J54" s="182"/>
       <c r="K54" s="182"/>
       <c r="L54" s="182"/>
       <c r="M54" s="77"/>
       <c r="N54" s="77"/>
       <c r="O54" s="77"/>
       <c r="P54" s="77"/>
       <c r="Q54" s="182"/>
       <c r="R54" s="77"/>
       <c r="S54" s="77"/>
       <c r="T54" s="77"/>
     </row>
     <row r="55" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="80"/>
-      <c r="C55" s="555">
+      <c r="C55" s="504">
         <v>14.900883296003371</v>
       </c>
       <c r="D55" s="182"/>
-      <c r="E55" s="556"/>
+      <c r="E55" s="505"/>
       <c r="F55" s="182"/>
       <c r="G55" s="182">
         <v>0.18774030533332584</v>
       </c>
       <c r="H55" s="182" t="s">
         <v>66</v>
       </c>
-      <c r="I55" s="557">
+      <c r="I55" s="506">
         <v>344.96772272034411</v>
       </c>
-      <c r="J55" s="558">
+      <c r="J55" s="507">
         <v>0.59499999999999997</v>
       </c>
-      <c r="K55" s="558">
+      <c r="K55" s="507">
         <v>0.29499999999999998</v>
       </c>
-      <c r="L55" s="559">
+      <c r="L55" s="508">
         <v>0.11</v>
       </c>
       <c r="M55" s="77"/>
       <c r="N55" s="77"/>
       <c r="O55" s="77"/>
       <c r="P55" s="77"/>
       <c r="Q55" s="182"/>
       <c r="R55" s="77"/>
       <c r="S55" s="77"/>
       <c r="T55" s="77"/>
     </row>
     <row r="56" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="80"/>
       <c r="C56" s="77"/>
       <c r="D56" s="182"/>
-      <c r="E56" s="560"/>
+      <c r="E56" s="509"/>
       <c r="F56" s="182"/>
       <c r="G56" s="182">
         <v>0.18774030533332584</v>
       </c>
       <c r="H56" s="182" t="s">
         <v>67</v>
       </c>
       <c r="I56" s="183">
         <v>4.4400000000000004</v>
       </c>
-      <c r="J56" s="556">
+      <c r="J56" s="505">
         <f>E39+E40+E41</f>
         <v>367.35448316630954</v>
       </c>
-      <c r="K56" s="561">
+      <c r="K56" s="510">
         <f>J56-I55</f>
         <v>22.386760445965422</v>
       </c>
-      <c r="L56" s="556">
+      <c r="L56" s="505">
         <f>E41</f>
         <v>40.408993148294051</v>
       </c>
       <c r="M56" s="77"/>
       <c r="N56" s="77"/>
       <c r="O56" s="77"/>
       <c r="P56" s="77"/>
       <c r="Q56" s="182"/>
       <c r="R56" s="77"/>
       <c r="S56" s="77"/>
       <c r="T56" s="77"/>
     </row>
     <row r="57" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="80"/>
       <c r="C57" s="77"/>
       <c r="D57" s="182"/>
-      <c r="E57" s="560"/>
+      <c r="E57" s="509"/>
       <c r="F57" s="182"/>
       <c r="G57" s="182">
         <v>0.18774030533332584</v>
       </c>
       <c r="H57" s="182" t="s">
         <v>68</v>
       </c>
-      <c r="I57" s="562">
+      <c r="I57" s="511">
         <f>E15/C15</f>
         <v>10.640000000000002</v>
       </c>
       <c r="J57" s="182"/>
       <c r="K57" s="182"/>
-      <c r="L57" s="561">
+      <c r="L57" s="510">
         <f>L56-K56</f>
         <v>18.02223270232863</v>
       </c>
       <c r="M57" s="77"/>
       <c r="N57" s="77"/>
       <c r="O57" s="77"/>
       <c r="P57" s="77"/>
       <c r="Q57" s="182"/>
       <c r="R57" s="77"/>
     </row>
     <row r="58" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="80"/>
       <c r="C58" s="77"/>
       <c r="D58" s="182"/>
-      <c r="E58" s="556"/>
+      <c r="E58" s="505"/>
       <c r="F58" s="182"/>
       <c r="G58" s="182"/>
       <c r="H58" s="79" t="s">
         <v>69</v>
       </c>
-      <c r="I58" s="563">
+      <c r="I58" s="512">
         <f>F49*0.01*C53</f>
         <v>3430.6880999999998</v>
       </c>
       <c r="J58" s="182">
         <v>28.3</v>
       </c>
       <c r="K58" s="182">
         <v>3337.6851010940331</v>
       </c>
       <c r="L58" s="182"/>
       <c r="M58" s="77"/>
       <c r="N58" s="77"/>
       <c r="O58" s="77"/>
       <c r="P58" s="77"/>
       <c r="Q58" s="182" t="s">
         <v>70</v>
       </c>
       <c r="R58" s="77"/>
     </row>
     <row r="59" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="77"/>
       <c r="C59" s="77"/>
       <c r="D59" s="182"/>
-      <c r="E59" s="556"/>
+      <c r="E59" s="505"/>
       <c r="F59" s="182"/>
       <c r="G59" s="182"/>
       <c r="H59" s="79" t="s">
         <v>71</v>
       </c>
-      <c r="I59" s="563">
+      <c r="I59" s="512">
         <f>F50*0.01*C53</f>
         <v>3617.6880999999998</v>
       </c>
       <c r="J59" s="182">
         <v>30.6</v>
       </c>
       <c r="K59" s="182">
         <v>3337.6851010940331</v>
       </c>
       <c r="L59" s="182"/>
       <c r="M59" s="77"/>
       <c r="N59" s="77"/>
       <c r="O59" s="77"/>
       <c r="P59" s="77"/>
       <c r="Q59" s="182">
         <v>2192.0359856729997</v>
       </c>
       <c r="R59" s="77"/>
     </row>
     <row r="60" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B60" s="564"/>
+      <c r="B60" s="513"/>
       <c r="C60" s="147"/>
-      <c r="D60" s="565"/>
+      <c r="D60" s="514"/>
       <c r="E60" s="106">
         <v>103</v>
       </c>
       <c r="F60" s="182"/>
       <c r="G60" s="182"/>
       <c r="H60" s="182" t="s">
         <v>72</v>
       </c>
-      <c r="I60" s="566">
+      <c r="I60" s="515">
         <f>I58-I59</f>
         <v>-187</v>
       </c>
       <c r="J60" s="182">
         <v>8.5</v>
       </c>
       <c r="K60" s="182"/>
       <c r="L60" s="182"/>
       <c r="M60" s="77"/>
       <c r="N60" s="77"/>
       <c r="O60" s="77"/>
       <c r="P60" s="77"/>
       <c r="Q60" s="182"/>
       <c r="R60" s="77"/>
     </row>
     <row r="61" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B61" s="564"/>
+      <c r="B61" s="513"/>
       <c r="C61" s="147"/>
-      <c r="D61" s="565" t="s">
+      <c r="D61" s="514" t="s">
         <v>41</v>
       </c>
       <c r="E61" s="106">
         <v>61</v>
       </c>
       <c r="F61" s="182"/>
       <c r="G61" s="182"/>
       <c r="H61" s="182" t="s">
         <v>73</v>
       </c>
-      <c r="I61" s="567">
+      <c r="I61" s="516">
         <v>0.73199999999999998</v>
       </c>
       <c r="J61" s="182">
         <v>10.64</v>
       </c>
       <c r="K61" s="182"/>
       <c r="L61" s="182"/>
       <c r="M61" s="77"/>
       <c r="N61" s="77"/>
       <c r="O61" s="77"/>
       <c r="P61" s="77"/>
       <c r="Q61" s="182"/>
       <c r="R61" s="77"/>
     </row>
     <row r="62" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B62" s="564"/>
+      <c r="B62" s="513"/>
       <c r="C62" s="147"/>
-      <c r="D62" s="565"/>
+      <c r="D62" s="514"/>
       <c r="E62" s="106">
         <v>17.8</v>
       </c>
       <c r="F62" s="182"/>
       <c r="G62" s="182"/>
       <c r="H62" s="182" t="s">
         <v>56</v>
       </c>
-      <c r="I62" s="568">
+      <c r="I62" s="517">
         <v>0.21</v>
       </c>
       <c r="J62" s="182">
         <v>599</v>
       </c>
       <c r="K62" s="182"/>
       <c r="L62" s="182"/>
       <c r="M62" s="182"/>
       <c r="N62" s="77"/>
       <c r="O62" s="77"/>
       <c r="P62" s="77"/>
       <c r="Q62" s="182"/>
       <c r="R62" s="77"/>
     </row>
     <row r="63" spans="2:20" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B63" s="569"/>
+      <c r="B63" s="518"/>
       <c r="C63" s="147"/>
-      <c r="D63" s="565"/>
+      <c r="D63" s="514"/>
       <c r="E63" s="106">
         <v>8</v>
       </c>
       <c r="F63" s="182"/>
       <c r="G63" s="182"/>
       <c r="H63" s="182" t="s">
         <v>58</v>
       </c>
-      <c r="I63" s="567">
+      <c r="I63" s="516">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="J63" s="182">
         <v>264</v>
       </c>
       <c r="K63" s="182"/>
       <c r="L63" s="182"/>
       <c r="M63" s="77"/>
       <c r="N63" s="77"/>
       <c r="O63" s="77"/>
       <c r="P63" s="77"/>
       <c r="Q63" s="182"/>
       <c r="R63" s="77"/>
     </row>
     <row r="64" spans="2:20" x14ac:dyDescent="0.25">
       <c r="B64" s="77"/>
       <c r="C64" s="77"/>
       <c r="D64" s="182"/>
       <c r="E64" s="182"/>
       <c r="F64" s="182"/>
       <c r="G64" s="182"/>
       <c r="H64" s="182" t="s">
         <v>74</v>
       </c>
-      <c r="I64" s="570">
+      <c r="I64" s="519">
         <f>E33-SUM(E34:E36)</f>
         <v>14.900883296003371</v>
       </c>
       <c r="J64" s="182">
         <v>17500</v>
       </c>
       <c r="K64" s="182"/>
       <c r="L64" s="182"/>
       <c r="M64" s="77"/>
       <c r="N64" s="77"/>
       <c r="O64" s="77"/>
       <c r="P64" s="77"/>
       <c r="Q64" s="182"/>
       <c r="R64" s="77"/>
     </row>
     <row r="65" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="77"/>
       <c r="C65" s="77"/>
       <c r="D65" s="183"/>
       <c r="E65" s="183"/>
       <c r="F65" s="183"/>
       <c r="G65" s="182"/>
       <c r="H65" s="182"/>
       <c r="I65" s="79">
         <v>0.33771503770151412</v>
       </c>
       <c r="J65" s="182">
         <v>47500</v>
       </c>
       <c r="K65" s="182"/>
       <c r="L65" s="182"/>
       <c r="M65" s="77"/>
       <c r="N65" s="77"/>
       <c r="O65" s="77"/>
       <c r="P65" s="77"/>
       <c r="Q65" s="182">
         <v>322.94016408965001</v>
       </c>
       <c r="R65" s="77"/>
     </row>
     <row r="66" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="77"/>
       <c r="C66" s="77"/>
       <c r="D66" s="79"/>
-      <c r="E66" s="571"/>
-[...1 lines deleted...]
-      <c r="G66" s="571"/>
+      <c r="E66" s="520"/>
+      <c r="F66" s="520"/>
+      <c r="G66" s="520"/>
       <c r="H66" s="182">
         <v>41.122213309999999</v>
       </c>
       <c r="I66" s="182">
         <f>H66/100</f>
         <v>0.4112221331</v>
       </c>
       <c r="J66" s="182"/>
       <c r="K66" s="182"/>
       <c r="L66" s="79">
         <v>3070.6861290890383</v>
       </c>
       <c r="M66" s="77"/>
       <c r="N66" s="77"/>
       <c r="O66" s="77"/>
       <c r="P66" s="77"/>
       <c r="Q66" s="182">
         <v>26</v>
       </c>
       <c r="R66" s="77"/>
     </row>
     <row r="67" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="77"/>
       <c r="C67" s="77"/>
       <c r="D67" s="79"/>
-      <c r="E67" s="571"/>
-      <c r="F67" s="571"/>
+      <c r="E67" s="520"/>
+      <c r="F67" s="520"/>
       <c r="G67" s="182"/>
       <c r="H67" s="182">
         <v>18.641936990000001</v>
       </c>
       <c r="I67" s="182"/>
-      <c r="J67" s="572"/>
+      <c r="J67" s="521"/>
       <c r="K67" s="182"/>
       <c r="L67" s="79">
         <v>3073.8208539085376</v>
       </c>
       <c r="M67" s="77"/>
       <c r="N67" s="77"/>
       <c r="O67" s="77"/>
       <c r="P67" s="77"/>
       <c r="Q67" s="182">
         <f>Q65-Q66</f>
         <v>296.94016408965001</v>
       </c>
       <c r="R67" s="77"/>
     </row>
     <row r="68" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="77"/>
       <c r="C68" s="77"/>
       <c r="D68" s="79"/>
-      <c r="E68" s="571"/>
-      <c r="F68" s="571"/>
+      <c r="E68" s="520"/>
+      <c r="F68" s="520"/>
       <c r="G68" s="182"/>
       <c r="H68" s="182">
         <v>44.652243970000001</v>
       </c>
       <c r="I68" s="182">
         <f>H68/100</f>
         <v>0.4465224397</v>
       </c>
       <c r="J68" s="182"/>
       <c r="K68" s="182"/>
       <c r="L68" s="79">
         <v>3073.8208532207473</v>
       </c>
       <c r="M68" s="77"/>
       <c r="N68" s="77"/>
       <c r="O68" s="77"/>
       <c r="P68" s="77"/>
       <c r="Q68" s="182"/>
       <c r="R68" s="77"/>
     </row>
     <row r="69" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="77"/>
       <c r="C69" s="77"/>
       <c r="D69" s="79"/>
-      <c r="E69" s="571"/>
-      <c r="F69" s="571"/>
+      <c r="E69" s="520"/>
+      <c r="F69" s="520"/>
       <c r="G69" s="182"/>
       <c r="H69" s="182"/>
       <c r="I69" s="182"/>
       <c r="J69" s="182"/>
       <c r="K69" s="182"/>
       <c r="L69" s="79">
         <f>L67-L66</f>
         <v>3.1347248194992972</v>
       </c>
       <c r="M69" s="77"/>
       <c r="N69" s="77"/>
       <c r="O69" s="77"/>
       <c r="P69" s="77"/>
       <c r="Q69" s="182"/>
       <c r="R69" s="77"/>
     </row>
     <row r="70" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B70" s="77"/>
       <c r="C70" s="77"/>
       <c r="D70" s="182"/>
       <c r="E70" s="183"/>
       <c r="F70" s="183"/>
       <c r="G70" s="182"/>
       <c r="H70" s="182"/>
       <c r="I70" s="182"/>
       <c r="J70" s="182"/>
       <c r="K70" s="182"/>
       <c r="L70" s="182"/>
       <c r="M70" s="77"/>
       <c r="N70" s="77"/>
       <c r="O70" s="77"/>
       <c r="P70" s="77"/>
       <c r="Q70" s="77"/>
       <c r="R70" s="77"/>
     </row>
     <row r="71" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B71" s="77"/>
       <c r="C71" s="77"/>
       <c r="D71" s="79"/>
-      <c r="E71" s="573" t="s">
+      <c r="E71" s="522" t="s">
         <v>64</v>
       </c>
-      <c r="F71" s="573" t="s">
+      <c r="F71" s="522" t="s">
         <v>65</v>
       </c>
       <c r="G71" s="182"/>
       <c r="H71" s="182"/>
       <c r="I71" s="182"/>
       <c r="J71" s="182"/>
       <c r="K71" s="182"/>
       <c r="L71" s="182"/>
       <c r="M71" s="77"/>
       <c r="N71" s="77"/>
       <c r="O71" s="77"/>
       <c r="P71" s="77"/>
       <c r="Q71" s="77"/>
       <c r="R71" s="77"/>
     </row>
     <row r="72" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B72" s="77"/>
       <c r="C72" s="77"/>
       <c r="D72" s="79" t="s">
         <v>75</v>
       </c>
-      <c r="E72" s="574">
+      <c r="E72" s="523">
         <f>E6</f>
         <v>303.34957000000003</v>
       </c>
-      <c r="F72" s="574">
+      <c r="F72" s="523">
         <f>I6</f>
         <v>303.34957000000003</v>
       </c>
       <c r="G72" s="182"/>
       <c r="H72" s="182"/>
       <c r="I72" s="182" t="s">
         <v>75</v>
       </c>
       <c r="J72" s="182">
         <v>278.90100000000001</v>
       </c>
       <c r="K72" s="182"/>
       <c r="L72" s="182"/>
       <c r="M72" s="77"/>
       <c r="N72" s="77"/>
       <c r="O72" s="77"/>
       <c r="P72" s="77"/>
       <c r="Q72" s="77"/>
       <c r="R72" s="77"/>
     </row>
     <row r="73" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="77"/>
       <c r="C73" s="77"/>
       <c r="D73" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="E73" s="574">
+      <c r="E73" s="523">
         <f>E7</f>
         <v>326.73877069235857</v>
       </c>
-      <c r="F73" s="574">
+      <c r="F73" s="523">
         <f>I7</f>
         <v>326.73877069000002</v>
       </c>
       <c r="G73" s="182"/>
       <c r="H73" s="182"/>
       <c r="I73" s="182" t="s">
         <v>76</v>
       </c>
       <c r="J73" s="182">
         <v>76.499995893640758</v>
       </c>
       <c r="K73" s="182">
         <v>87.81811889954443</v>
       </c>
       <c r="L73" s="182">
         <v>1.1748490199999999</v>
       </c>
       <c r="M73" s="77"/>
       <c r="N73" s="77"/>
       <c r="O73" s="77"/>
       <c r="P73" s="77"/>
       <c r="Q73" s="77"/>
       <c r="R73" s="77"/>
     </row>
     <row r="74" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="77"/>
       <c r="C74" s="77"/>
       <c r="D74" s="79" t="s">
         <v>44</v>
       </c>
-      <c r="E74" s="574">
+      <c r="E74" s="523">
         <f>E11</f>
         <v>620.29658315125801</v>
       </c>
-      <c r="F74" s="574">
+      <c r="F74" s="523">
         <f>I11</f>
         <v>620.29658315125801</v>
       </c>
       <c r="G74" s="182"/>
       <c r="H74" s="182"/>
       <c r="I74" s="182" t="s">
         <v>77</v>
       </c>
       <c r="J74" s="182">
         <v>60.913864162431508</v>
       </c>
       <c r="K74" s="182">
         <v>11.1</v>
       </c>
       <c r="L74" s="182">
         <v>0.14849810364211355</v>
       </c>
       <c r="M74" s="77"/>
       <c r="N74" s="77"/>
       <c r="O74" s="77"/>
       <c r="P74" s="77"/>
       <c r="Q74" s="77"/>
       <c r="R74" s="77"/>
     </row>
     <row r="75" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="77"/>
       <c r="C75" s="77"/>
       <c r="D75" s="79" t="s">
         <v>78</v>
       </c>
-      <c r="E75" s="574">
+      <c r="E75" s="523">
         <f>E14</f>
         <v>176.54550174899998</v>
       </c>
-      <c r="F75" s="574">
+      <c r="F75" s="523">
         <f>I14</f>
         <v>176.54550174899998</v>
       </c>
       <c r="G75" s="182"/>
       <c r="H75" s="182"/>
       <c r="I75" s="182" t="s">
         <v>79</v>
       </c>
       <c r="J75" s="182">
         <v>22.500255640397249</v>
       </c>
       <c r="K75" s="182">
         <v>417.33350014307615</v>
       </c>
       <c r="L75" s="182">
         <v>5.5831741763578862</v>
       </c>
       <c r="M75" s="77"/>
       <c r="N75" s="77"/>
       <c r="O75" s="77"/>
       <c r="P75" s="77"/>
       <c r="Q75" s="77"/>
       <c r="R75" s="77"/>
     </row>
     <row r="76" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="77"/>
       <c r="C76" s="77"/>
       <c r="D76" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="E76" s="574">
+      <c r="E76" s="523">
         <f>E24</f>
         <v>156.0695744073837</v>
       </c>
-      <c r="F76" s="574">
+      <c r="F76" s="523">
         <f>I24</f>
         <v>156.0695744073837</v>
       </c>
       <c r="G76" s="182"/>
       <c r="H76" s="182"/>
       <c r="I76" s="182" t="s">
         <v>81</v>
       </c>
       <c r="J76" s="182">
         <v>703.28356246195085</v>
       </c>
       <c r="K76" s="182"/>
       <c r="L76" s="182"/>
       <c r="M76" s="77"/>
       <c r="N76" s="77"/>
       <c r="O76" s="77"/>
       <c r="P76" s="77"/>
       <c r="Q76" s="77"/>
       <c r="R76" s="77"/>
     </row>
     <row r="77" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="77"/>
       <c r="C77" s="77"/>
       <c r="D77" s="79" t="s">
         <v>82</v>
       </c>
-      <c r="E77" s="574">
+      <c r="E77" s="523">
         <f>E33</f>
         <v>824.34263921500349</v>
       </c>
-      <c r="F77" s="574">
+      <c r="F77" s="523">
         <f>I33</f>
         <v>824.34263921500349</v>
       </c>
       <c r="G77" s="182"/>
       <c r="H77" s="182"/>
       <c r="I77" s="182" t="s">
         <v>83</v>
       </c>
       <c r="J77" s="182">
         <v>319.73016276436567</v>
       </c>
       <c r="K77" s="182"/>
       <c r="L77" s="182"/>
       <c r="M77" s="77"/>
       <c r="N77" s="77"/>
       <c r="O77" s="77"/>
       <c r="P77" s="77"/>
       <c r="Q77" s="77"/>
       <c r="R77" s="77"/>
     </row>
     <row r="78" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="77"/>
       <c r="C78" s="77"/>
       <c r="D78" s="79" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="E78" s="574">
+        <v>451</v>
+      </c>
+      <c r="E78" s="523">
         <f>E38</f>
         <v>367.35448316630954</v>
       </c>
-      <c r="F78" s="574">
+      <c r="F78" s="523">
         <f>I38</f>
         <v>367.35448316630931</v>
       </c>
       <c r="G78" s="182"/>
       <c r="H78" s="182"/>
       <c r="I78" s="182" t="s">
         <v>84</v>
       </c>
       <c r="J78" s="182">
         <v>141.1</v>
       </c>
       <c r="K78" s="182">
         <v>516.25161904262063</v>
       </c>
       <c r="L78" s="182">
         <v>6.9065212999999996</v>
       </c>
       <c r="M78" s="77"/>
       <c r="N78" s="77"/>
       <c r="O78" s="77"/>
       <c r="P78" s="77"/>
       <c r="Q78" s="77"/>
       <c r="R78" s="77"/>
     </row>
     <row r="79" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="77"/>
       <c r="C79" s="77"/>
       <c r="D79" s="79" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="E79" s="574">
+        <v>452</v>
+      </c>
+      <c r="E79" s="523">
         <f>E42</f>
         <v>153.80000000000001</v>
       </c>
-      <c r="F79" s="574">
+      <c r="F79" s="523">
         <f>I42</f>
         <v>153.80000000000001</v>
       </c>
       <c r="G79" s="182"/>
       <c r="H79" s="182"/>
       <c r="I79" s="182"/>
       <c r="J79" s="182"/>
       <c r="K79" s="182"/>
       <c r="L79" s="182"/>
       <c r="M79" s="77"/>
       <c r="N79" s="77"/>
       <c r="O79" s="77"/>
       <c r="P79" s="77"/>
       <c r="Q79" s="77"/>
       <c r="R79" s="77"/>
     </row>
     <row r="80" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B80" s="77"/>
       <c r="C80" s="77"/>
-      <c r="D80" s="575" t="s">
+      <c r="D80" s="524" t="s">
         <v>85</v>
       </c>
-      <c r="E80" s="574">
+      <c r="E80" s="523">
         <f>E43</f>
         <v>502.19097761868716</v>
       </c>
-      <c r="F80" s="574">
+      <c r="F80" s="523">
         <f>I43</f>
         <v>502.19097761868716</v>
       </c>
       <c r="G80" s="182"/>
       <c r="H80" s="182"/>
       <c r="I80" s="182" t="s">
         <v>86</v>
       </c>
       <c r="J80" s="182">
         <v>1.1748490199999999</v>
       </c>
       <c r="K80" s="182"/>
       <c r="L80" s="182"/>
       <c r="M80" s="77"/>
       <c r="N80" s="77"/>
       <c r="O80" s="77"/>
       <c r="P80" s="77"/>
       <c r="Q80" s="77"/>
       <c r="R80" s="77"/>
     </row>
     <row r="81" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B81" s="77"/>
       <c r="C81" s="77"/>
-      <c r="D81" s="574"/>
-      <c r="E81" s="574" t="s">
+      <c r="D81" s="523"/>
+      <c r="E81" s="523" t="s">
         <v>64</v>
       </c>
-      <c r="F81" s="574" t="s">
+      <c r="F81" s="523" t="s">
         <v>87</v>
       </c>
       <c r="G81" s="79" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
       <c r="H81" s="182"/>
       <c r="I81" s="182" t="s">
         <v>88</v>
       </c>
       <c r="J81" s="182">
         <v>5.7316722799999997</v>
       </c>
       <c r="K81" s="182"/>
       <c r="L81" s="182"/>
       <c r="M81" s="77"/>
       <c r="N81" s="77"/>
       <c r="O81" s="77"/>
       <c r="P81" s="77"/>
       <c r="Q81" s="77"/>
       <c r="R81" s="77"/>
     </row>
     <row r="82" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B82" s="77"/>
       <c r="C82" s="77"/>
       <c r="D82" s="79" t="s">
         <v>89</v>
       </c>
-      <c r="E82" s="574">
+      <c r="E82" s="523">
         <f>F5</f>
         <v>18.865666978901899</v>
       </c>
-      <c r="F82" s="574">
+      <c r="F82" s="523">
         <f>J5</f>
         <v>18.865666978873794</v>
       </c>
-      <c r="G82" s="574">
+      <c r="G82" s="523">
         <f>G5</f>
         <v>26.1</v>
       </c>
       <c r="H82" s="182"/>
       <c r="I82" s="182"/>
       <c r="J82" s="182"/>
       <c r="K82" s="182"/>
       <c r="L82" s="182"/>
       <c r="M82" s="77"/>
       <c r="N82" s="77"/>
       <c r="O82" s="77"/>
       <c r="P82" s="77"/>
       <c r="Q82" s="77"/>
       <c r="R82" s="77"/>
     </row>
     <row r="83" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="77"/>
       <c r="C83" s="77"/>
       <c r="D83" s="79" t="s">
         <v>75</v>
       </c>
-      <c r="E83" s="574">
+      <c r="E83" s="523">
         <f>F6</f>
         <v>3.6152191824466771</v>
       </c>
-      <c r="F83" s="574">
+      <c r="F83" s="523">
         <f>J6</f>
         <v>3.6152191824466771</v>
       </c>
-      <c r="G83" s="574">
+      <c r="G83" s="523">
         <f>G6</f>
         <v>3.2</v>
       </c>
       <c r="H83" s="182"/>
       <c r="I83" s="182"/>
       <c r="J83" s="182"/>
       <c r="K83" s="182"/>
       <c r="L83" s="182"/>
       <c r="M83" s="77"/>
       <c r="N83" s="77"/>
       <c r="O83" s="77"/>
       <c r="P83" s="77"/>
       <c r="Q83" s="77"/>
       <c r="R83" s="77"/>
     </row>
     <row r="84" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="77"/>
       <c r="C84" s="77"/>
       <c r="D84" s="79" t="s">
         <v>39</v>
       </c>
-      <c r="E84" s="574">
+      <c r="E84" s="523">
         <f>F7</f>
         <v>3.8939638894364048</v>
       </c>
-      <c r="F84" s="574">
+      <c r="F84" s="523">
         <f>J7</f>
         <v>3.8939638894082957</v>
       </c>
-      <c r="G84" s="574">
+      <c r="G84" s="523">
         <f>G7</f>
         <v>9.3000000000000007</v>
       </c>
       <c r="H84" s="182"/>
       <c r="I84" s="182"/>
-      <c r="J84" s="576" t="s">
+      <c r="J84" s="525" t="s">
         <v>58</v>
       </c>
-      <c r="K84" s="576" t="s">
+      <c r="K84" s="525" t="s">
         <v>90</v>
       </c>
-      <c r="L84" s="576" t="s">
+      <c r="L84" s="525" t="s">
         <v>73</v>
       </c>
       <c r="M84" s="77"/>
       <c r="N84" s="77"/>
       <c r="O84" s="77"/>
       <c r="P84" s="77"/>
       <c r="Q84" s="77"/>
       <c r="R84" s="77"/>
     </row>
     <row r="85" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="77"/>
       <c r="C85" s="77"/>
       <c r="D85" s="79" t="s">
         <v>44</v>
       </c>
-      <c r="E85" s="574">
+      <c r="E85" s="523">
         <f>F11</f>
         <v>7.3924881654342158</v>
       </c>
-      <c r="F85" s="574">
+      <c r="F85" s="523">
         <f>J11</f>
         <v>7.3924881654342158</v>
       </c>
-      <c r="G85" s="574">
+      <c r="G85" s="523">
         <f>G11</f>
         <v>7.1</v>
       </c>
       <c r="H85" s="182"/>
       <c r="I85" s="182"/>
-      <c r="J85" s="568">
+      <c r="J85" s="517">
         <v>0.2</v>
       </c>
-      <c r="K85" s="568">
+      <c r="K85" s="517">
         <v>0.06</v>
       </c>
-      <c r="L85" s="568">
+      <c r="L85" s="517">
         <v>0.15</v>
       </c>
       <c r="M85" s="77"/>
       <c r="N85" s="77"/>
       <c r="O85" s="77"/>
       <c r="P85" s="77"/>
       <c r="Q85" s="77"/>
       <c r="R85" s="77"/>
     </row>
     <row r="86" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="77"/>
       <c r="C86" s="77"/>
       <c r="D86" s="79" t="s">
         <v>78</v>
       </c>
-      <c r="E86" s="574">
+      <c r="E86" s="523">
         <f>F14</f>
         <v>2.1040105133416152</v>
       </c>
-      <c r="F86" s="574">
+      <c r="F86" s="523">
         <f>J14</f>
         <v>2.1040105133416152</v>
       </c>
-      <c r="G86" s="574">
+      <c r="G86" s="523">
         <f>G14</f>
         <v>1.9</v>
       </c>
       <c r="H86" s="182"/>
       <c r="I86" s="182"/>
-      <c r="J86" s="568">
+      <c r="J86" s="517">
         <v>0.20100000000000001</v>
       </c>
-      <c r="K86" s="568">
+      <c r="K86" s="517">
         <v>6.0999999999999999E-2</v>
       </c>
-      <c r="L86" s="568">
+      <c r="L86" s="517">
         <v>0.151</v>
       </c>
       <c r="M86" s="77"/>
       <c r="N86" s="77"/>
       <c r="O86" s="77"/>
       <c r="P86" s="77"/>
       <c r="Q86" s="77"/>
       <c r="R86" s="77"/>
     </row>
     <row r="87" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="77"/>
       <c r="C87" s="77"/>
       <c r="D87" s="79" t="s">
         <v>91</v>
       </c>
-      <c r="E87" s="574">
+      <c r="E87" s="523">
         <f>F25</f>
         <v>0.27053104259069682</v>
       </c>
-      <c r="F87" s="574">
+      <c r="F87" s="523">
         <f>J25</f>
         <v>0.27053104259069682</v>
       </c>
-      <c r="G87" s="574">
+      <c r="G87" s="523">
         <f>G25</f>
         <v>1</v>
       </c>
       <c r="H87" s="182"/>
       <c r="I87" s="182"/>
-      <c r="J87" s="568">
+      <c r="J87" s="517">
         <v>0.20200000000000001</v>
       </c>
-      <c r="K87" s="568">
+      <c r="K87" s="517">
         <v>6.2E-2</v>
       </c>
-      <c r="L87" s="568">
+      <c r="L87" s="517">
         <v>0.152</v>
       </c>
       <c r="M87" s="77"/>
       <c r="N87" s="77"/>
       <c r="O87" s="77"/>
       <c r="P87" s="77"/>
       <c r="Q87" s="77"/>
       <c r="R87" s="77"/>
     </row>
     <row r="88" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="77"/>
       <c r="C88" s="77"/>
       <c r="D88" s="79" t="s">
         <v>92</v>
       </c>
-      <c r="E88" s="574">
+      <c r="E88" s="523">
         <f>F32</f>
         <v>16.035186754211409</v>
       </c>
-      <c r="F88" s="574">
+      <c r="F88" s="523">
         <f>J32</f>
         <v>16.035186754211406</v>
       </c>
-      <c r="G88" s="574">
+      <c r="G88" s="523">
         <f>G32</f>
         <v>13.7</v>
       </c>
       <c r="H88" s="182"/>
       <c r="I88" s="182"/>
-      <c r="J88" s="568">
+      <c r="J88" s="517">
         <v>0.20300000000000001</v>
       </c>
-      <c r="K88" s="568">
+      <c r="K88" s="517">
         <v>6.3E-2</v>
       </c>
-      <c r="L88" s="568">
+      <c r="L88" s="517">
         <v>0.153</v>
       </c>
       <c r="M88" s="77"/>
       <c r="N88" s="77"/>
       <c r="O88" s="77"/>
       <c r="P88" s="77"/>
       <c r="Q88" s="77"/>
       <c r="R88" s="77"/>
     </row>
     <row r="89" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B89" s="77"/>
       <c r="C89" s="77"/>
       <c r="D89" s="182"/>
-      <c r="E89" s="571"/>
-[...1 lines deleted...]
-      <c r="G89" s="571"/>
+      <c r="E89" s="520"/>
+      <c r="F89" s="520"/>
+      <c r="G89" s="520"/>
       <c r="H89" s="182"/>
       <c r="I89" s="182"/>
-      <c r="J89" s="568">
+      <c r="J89" s="517">
         <v>0.20399999999999999</v>
       </c>
-      <c r="K89" s="568">
+      <c r="K89" s="517">
         <v>6.4000000000000001E-2</v>
       </c>
-      <c r="L89" s="568">
+      <c r="L89" s="517">
         <v>0.154</v>
       </c>
       <c r="M89" s="77"/>
       <c r="N89" s="77"/>
       <c r="O89" s="77"/>
       <c r="P89" s="77"/>
       <c r="Q89" s="77"/>
       <c r="R89" s="77"/>
     </row>
     <row r="90" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B90" s="77"/>
       <c r="C90" s="77"/>
       <c r="D90" s="182"/>
       <c r="E90" s="182"/>
       <c r="F90" s="182"/>
       <c r="G90" s="182"/>
       <c r="H90" s="182"/>
       <c r="I90" s="182"/>
-      <c r="J90" s="568">
+      <c r="J90" s="517">
         <v>0.20499999999999999</v>
       </c>
-      <c r="K90" s="568">
+      <c r="K90" s="517">
         <v>6.5000000000000002E-2</v>
       </c>
-      <c r="L90" s="568">
+      <c r="L90" s="517">
         <v>0.155</v>
       </c>
       <c r="M90" s="77"/>
       <c r="N90" s="77"/>
       <c r="O90" s="77"/>
       <c r="P90" s="77"/>
       <c r="Q90" s="77"/>
       <c r="R90" s="77"/>
     </row>
     <row r="91" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="77"/>
       <c r="C91" s="77"/>
       <c r="D91" s="79"/>
-      <c r="E91" s="577" t="s">
+      <c r="E91" s="526" t="s">
         <v>93</v>
       </c>
-      <c r="F91" s="577" t="s">
+      <c r="F91" s="526" t="s">
         <v>65</v>
       </c>
       <c r="G91" s="182"/>
       <c r="H91" s="182"/>
       <c r="I91" s="182"/>
-      <c r="J91" s="568">
+      <c r="J91" s="517">
         <v>0.20599999999999999</v>
       </c>
-      <c r="K91" s="568">
+      <c r="K91" s="517">
         <v>6.6000000000000003E-2</v>
       </c>
-      <c r="L91" s="568">
+      <c r="L91" s="517">
         <v>0.156</v>
       </c>
       <c r="M91" s="77"/>
       <c r="N91" s="77"/>
       <c r="O91" s="77"/>
       <c r="P91" s="77"/>
       <c r="Q91" s="77"/>
       <c r="R91" s="77"/>
     </row>
     <row r="92" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="77"/>
       <c r="C92" s="77"/>
-      <c r="D92" s="578" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="579">
+      <c r="D92" s="527" t="s">
+        <v>454</v>
+      </c>
+      <c r="E92" s="528">
         <f>E51</f>
         <v>-187</v>
       </c>
-      <c r="F92" s="579">
+      <c r="F92" s="528">
         <f>I51</f>
         <v>-187.00000000235787</v>
       </c>
       <c r="G92" s="182">
         <v>-400</v>
       </c>
       <c r="H92" s="182">
         <v>-450</v>
       </c>
       <c r="I92" s="182">
         <v>-300</v>
       </c>
-      <c r="J92" s="568">
+      <c r="J92" s="517">
         <v>0.20699999999999999</v>
       </c>
-      <c r="K92" s="568">
+      <c r="K92" s="517">
         <v>6.7000000000000004E-2</v>
       </c>
-      <c r="L92" s="568">
+      <c r="L92" s="517">
         <v>0.157</v>
       </c>
       <c r="M92" s="77"/>
       <c r="N92" s="77"/>
       <c r="O92" s="77"/>
       <c r="P92" s="77"/>
       <c r="Q92" s="77"/>
       <c r="R92" s="77"/>
     </row>
     <row r="93" spans="2:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="77"/>
       <c r="C93" s="77"/>
-      <c r="D93" s="578" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="579">
+      <c r="D93" s="527" t="s">
+        <v>455</v>
+      </c>
+      <c r="E93" s="528">
         <f>F51</f>
         <v>-2.228603742927767</v>
       </c>
-      <c r="F93" s="579">
+      <c r="F93" s="528">
         <f>J51</f>
         <v>-2.2286037429558672</v>
       </c>
       <c r="G93" s="182">
         <v>-6</v>
       </c>
       <c r="H93" s="182">
         <v>-7</v>
       </c>
       <c r="I93" s="182">
         <v>-5</v>
       </c>
-      <c r="J93" s="568">
+      <c r="J93" s="517">
         <v>0.20799999999999999</v>
       </c>
-      <c r="K93" s="568">
+      <c r="K93" s="517">
         <v>6.8000000000000005E-2</v>
       </c>
-      <c r="L93" s="568">
+      <c r="L93" s="517">
         <v>0.158</v>
       </c>
       <c r="M93" s="77"/>
       <c r="N93" s="77"/>
       <c r="O93" s="77"/>
       <c r="P93" s="77"/>
       <c r="Q93" s="77"/>
       <c r="R93" s="77"/>
     </row>
     <row r="94" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B94" s="77"/>
       <c r="C94" s="77"/>
       <c r="D94" s="182"/>
       <c r="E94" s="182"/>
       <c r="F94" s="182"/>
       <c r="G94" s="182"/>
       <c r="H94" s="182"/>
       <c r="I94" s="182"/>
-      <c r="J94" s="568">
+      <c r="J94" s="517">
         <v>0.20899999999999999</v>
       </c>
-      <c r="K94" s="568">
+      <c r="K94" s="517">
         <v>6.9000000000000006E-2</v>
       </c>
-      <c r="L94" s="568">
+      <c r="L94" s="517">
         <v>0.159</v>
       </c>
       <c r="M94" s="77"/>
       <c r="N94" s="77"/>
       <c r="O94" s="77"/>
       <c r="P94" s="77"/>
       <c r="Q94" s="77"/>
       <c r="R94" s="77"/>
     </row>
     <row r="95" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B95" s="77"/>
       <c r="C95" s="77"/>
       <c r="D95" s="182"/>
       <c r="E95" s="182"/>
       <c r="F95" s="182"/>
       <c r="G95" s="182"/>
       <c r="H95" s="182"/>
       <c r="I95" s="182"/>
-      <c r="J95" s="568">
+      <c r="J95" s="517">
         <v>0.21</v>
       </c>
-      <c r="K95" s="568">
+      <c r="K95" s="517">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="L95" s="568">
+      <c r="L95" s="517">
         <v>0.16</v>
       </c>
       <c r="M95" s="77"/>
       <c r="N95" s="77"/>
       <c r="O95" s="77"/>
       <c r="P95" s="77"/>
       <c r="Q95" s="77"/>
       <c r="R95" s="77"/>
     </row>
     <row r="96" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B96" s="77"/>
       <c r="C96" s="77"/>
       <c r="D96" s="182"/>
       <c r="E96" s="182"/>
       <c r="F96" s="182"/>
       <c r="G96" s="182"/>
       <c r="H96" s="182"/>
       <c r="I96" s="182"/>
-      <c r="J96" s="568">
+      <c r="J96" s="517">
         <v>0.21099999999999999</v>
       </c>
-      <c r="K96" s="568">
+      <c r="K96" s="517">
         <v>7.0999999999999994E-2</v>
       </c>
-      <c r="L96" s="568">
+      <c r="L96" s="517">
         <v>0.161</v>
       </c>
       <c r="M96" s="77"/>
       <c r="N96" s="77"/>
       <c r="O96" s="77"/>
       <c r="P96" s="77"/>
       <c r="Q96" s="77"/>
       <c r="R96" s="77"/>
     </row>
     <row r="97" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B97" s="77"/>
       <c r="C97" s="77"/>
       <c r="D97" s="182"/>
       <c r="E97" s="182"/>
       <c r="F97" s="182"/>
       <c r="G97" s="182"/>
       <c r="H97" s="182"/>
       <c r="I97" s="182"/>
-      <c r="J97" s="568">
+      <c r="J97" s="517">
         <v>0.21199999999999999</v>
       </c>
-      <c r="K97" s="568">
+      <c r="K97" s="517">
         <v>7.1999999999999995E-2</v>
       </c>
-      <c r="L97" s="568">
+      <c r="L97" s="517">
         <v>0.16200000000000001</v>
       </c>
       <c r="M97" s="77"/>
       <c r="N97" s="77"/>
     </row>
     <row r="98" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B98" s="77"/>
       <c r="C98" s="77"/>
       <c r="D98" s="182"/>
       <c r="E98" s="182"/>
       <c r="F98" s="182"/>
       <c r="G98" s="182"/>
       <c r="H98" s="182"/>
       <c r="I98" s="182"/>
-      <c r="J98" s="568">
+      <c r="J98" s="517">
         <v>0.21299999999999999</v>
       </c>
-      <c r="K98" s="568">
+      <c r="K98" s="517">
         <v>7.2999999999999995E-2</v>
       </c>
-      <c r="L98" s="568">
+      <c r="L98" s="517">
         <v>0.16300000000000001</v>
       </c>
       <c r="M98" s="77"/>
       <c r="N98" s="77"/>
     </row>
     <row r="99" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B99" s="77"/>
       <c r="C99" s="77"/>
       <c r="D99" s="182"/>
       <c r="E99" s="182"/>
       <c r="F99" s="182"/>
       <c r="G99" s="182"/>
       <c r="H99" s="182"/>
       <c r="I99" s="182"/>
-      <c r="J99" s="568">
+      <c r="J99" s="517">
         <v>0.214</v>
       </c>
-      <c r="K99" s="568">
+      <c r="K99" s="517">
         <v>7.3999999999999996E-2</v>
       </c>
-      <c r="L99" s="568">
+      <c r="L99" s="517">
         <v>0.16400000000000001</v>
       </c>
       <c r="M99" s="77"/>
       <c r="N99" s="77"/>
     </row>
     <row r="100" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B100" s="77"/>
       <c r="C100" s="77"/>
       <c r="D100" s="182"/>
       <c r="E100" s="182">
         <v>374.74139767999998</v>
       </c>
       <c r="F100" s="182">
         <f>E100+E101-E102</f>
         <v>206.077986966</v>
       </c>
       <c r="G100" s="182"/>
       <c r="H100" s="182"/>
       <c r="I100" s="182"/>
-      <c r="J100" s="568">
+      <c r="J100" s="517">
         <v>0.215</v>
       </c>
-      <c r="K100" s="568">
+      <c r="K100" s="517">
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="L100" s="568">
+      <c r="L100" s="517">
         <v>0.16500000000000001</v>
       </c>
       <c r="M100" s="77"/>
       <c r="N100" s="77"/>
     </row>
     <row r="101" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B101" s="77"/>
       <c r="C101" s="77"/>
       <c r="D101" s="182"/>
       <c r="E101" s="182">
         <v>1.0154372860000001</v>
       </c>
       <c r="F101" s="182"/>
       <c r="G101" s="182"/>
       <c r="H101" s="182"/>
       <c r="I101" s="182"/>
-      <c r="J101" s="568">
+      <c r="J101" s="517">
         <v>0.216</v>
       </c>
-      <c r="K101" s="568">
+      <c r="K101" s="517">
         <v>7.5999999999999998E-2</v>
       </c>
-      <c r="L101" s="568">
+      <c r="L101" s="517">
         <v>0.16600000000000001</v>
       </c>
       <c r="M101" s="77"/>
       <c r="N101" s="77"/>
     </row>
     <row r="102" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B102" s="77"/>
       <c r="C102" s="77"/>
       <c r="D102" s="182"/>
       <c r="E102" s="182">
         <v>169.67884799999999</v>
       </c>
       <c r="F102" s="182"/>
       <c r="G102" s="182"/>
       <c r="H102" s="182"/>
       <c r="I102" s="182"/>
-      <c r="J102" s="568">
+      <c r="J102" s="517">
         <v>0.217</v>
       </c>
-      <c r="K102" s="568">
+      <c r="K102" s="517">
         <v>7.6999999999999999E-2</v>
       </c>
-      <c r="L102" s="568">
+      <c r="L102" s="517">
         <v>0.16700000000000001</v>
       </c>
       <c r="M102" s="77"/>
       <c r="N102" s="77"/>
     </row>
     <row r="103" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B103" s="77"/>
       <c r="C103" s="77"/>
       <c r="D103" s="182"/>
       <c r="E103" s="182"/>
       <c r="F103" s="182"/>
       <c r="G103" s="182"/>
       <c r="H103" s="182"/>
       <c r="I103" s="182"/>
-      <c r="J103" s="568">
+      <c r="J103" s="517">
         <v>0.218</v>
       </c>
-      <c r="K103" s="568">
+      <c r="K103" s="517">
         <v>7.8E-2</v>
       </c>
-      <c r="L103" s="568">
+      <c r="L103" s="517">
         <v>0.16800000000000001</v>
       </c>
       <c r="M103" s="77"/>
       <c r="N103" s="77"/>
     </row>
     <row r="104" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B104" s="77"/>
       <c r="C104" s="77"/>
       <c r="D104" s="182"/>
       <c r="E104" s="182"/>
       <c r="F104" s="182"/>
       <c r="G104" s="182"/>
       <c r="H104" s="182"/>
       <c r="I104" s="182"/>
-      <c r="J104" s="568">
+      <c r="J104" s="517">
         <v>0.219</v>
       </c>
-      <c r="K104" s="568">
+      <c r="K104" s="517">
         <v>7.9000000000000001E-2</v>
       </c>
-      <c r="L104" s="568">
+      <c r="L104" s="517">
         <v>0.16900000000000001</v>
       </c>
       <c r="M104" s="77"/>
       <c r="N104" s="77"/>
     </row>
     <row r="105" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B105" s="77"/>
       <c r="C105" s="77"/>
       <c r="D105" s="182"/>
       <c r="E105" s="182"/>
       <c r="F105" s="182"/>
       <c r="G105" s="182"/>
       <c r="H105" s="182"/>
       <c r="I105" s="182"/>
-      <c r="J105" s="568">
+      <c r="J105" s="517">
         <v>0.22</v>
       </c>
-      <c r="K105" s="568">
+      <c r="K105" s="517">
         <v>0.08</v>
       </c>
-      <c r="L105" s="568">
+      <c r="L105" s="517">
         <v>0.17</v>
       </c>
       <c r="M105" s="77"/>
       <c r="N105" s="77"/>
     </row>
     <row r="106" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B106" s="77"/>
       <c r="C106" s="77"/>
       <c r="D106" s="182"/>
       <c r="E106" s="182"/>
       <c r="F106" s="182"/>
       <c r="G106" s="182"/>
       <c r="H106" s="182"/>
       <c r="I106" s="182"/>
-      <c r="J106" s="568">
+      <c r="J106" s="517">
         <v>0.221</v>
       </c>
-      <c r="K106" s="568">
+      <c r="K106" s="517">
         <v>8.1000000000000003E-2</v>
       </c>
-      <c r="L106" s="568">
+      <c r="L106" s="517">
         <v>0.17100000000000001</v>
       </c>
       <c r="M106" s="77"/>
       <c r="N106" s="77"/>
     </row>
     <row r="107" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B107" s="77"/>
       <c r="C107" s="77"/>
       <c r="D107" s="182"/>
       <c r="E107" s="182"/>
       <c r="F107" s="182"/>
       <c r="G107" s="182"/>
       <c r="H107" s="182"/>
       <c r="I107" s="182"/>
-      <c r="J107" s="568">
+      <c r="J107" s="517">
         <v>0.222</v>
       </c>
-      <c r="K107" s="568">
+      <c r="K107" s="517">
         <v>8.2000000000000003E-2</v>
       </c>
-      <c r="L107" s="568">
+      <c r="L107" s="517">
         <v>0.17199999999999999</v>
       </c>
       <c r="M107" s="77"/>
       <c r="N107" s="77"/>
     </row>
     <row r="108" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B108" s="77"/>
       <c r="C108" s="77"/>
       <c r="D108" s="182"/>
       <c r="E108" s="182"/>
       <c r="F108" s="182"/>
       <c r="G108" s="182"/>
       <c r="H108" s="182"/>
       <c r="I108" s="182"/>
-      <c r="J108" s="568">
+      <c r="J108" s="517">
         <v>0.223</v>
       </c>
-      <c r="K108" s="568">
+      <c r="K108" s="517">
         <v>8.3000000000000004E-2</v>
       </c>
-      <c r="L108" s="568">
+      <c r="L108" s="517">
         <v>0.17299999999999999</v>
       </c>
       <c r="M108" s="77"/>
       <c r="N108" s="77"/>
     </row>
     <row r="109" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B109" s="77"/>
       <c r="C109" s="77"/>
       <c r="D109" s="182"/>
       <c r="E109" s="182"/>
       <c r="F109" s="182"/>
       <c r="G109" s="182"/>
       <c r="H109" s="182"/>
       <c r="I109" s="182"/>
-      <c r="J109" s="568">
+      <c r="J109" s="517">
         <v>0.224</v>
       </c>
-      <c r="K109" s="568">
+      <c r="K109" s="517">
         <v>8.4000000000000005E-2</v>
       </c>
-      <c r="L109" s="568">
+      <c r="L109" s="517">
         <v>0.17399999999999999</v>
       </c>
       <c r="M109" s="77"/>
       <c r="N109" s="77"/>
     </row>
     <row r="110" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B110" s="77"/>
       <c r="C110" s="77"/>
       <c r="D110" s="182"/>
       <c r="E110" s="182"/>
       <c r="F110" s="182"/>
       <c r="G110" s="182"/>
       <c r="H110" s="182"/>
       <c r="I110" s="182"/>
-      <c r="J110" s="568">
+      <c r="J110" s="517">
         <v>0.22500000000000001</v>
       </c>
-      <c r="K110" s="568">
+      <c r="K110" s="517">
         <v>8.5000000000000006E-2</v>
       </c>
-      <c r="L110" s="568">
+      <c r="L110" s="517">
         <v>0.17499999999999999</v>
       </c>
       <c r="M110" s="77"/>
       <c r="N110" s="77"/>
     </row>
     <row r="111" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B111" s="77"/>
       <c r="C111" s="77"/>
       <c r="D111" s="182"/>
       <c r="E111" s="182"/>
       <c r="F111" s="182"/>
       <c r="G111" s="182"/>
       <c r="H111" s="182"/>
       <c r="I111" s="182"/>
-      <c r="J111" s="568">
+      <c r="J111" s="517">
         <v>0.22600000000000001</v>
       </c>
-      <c r="K111" s="568">
+      <c r="K111" s="517">
         <v>8.5999999999999993E-2</v>
       </c>
-      <c r="L111" s="568">
+      <c r="L111" s="517">
         <v>0.17599999999999999</v>
       </c>
       <c r="M111" s="77"/>
       <c r="N111" s="77"/>
     </row>
     <row r="112" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B112" s="77"/>
       <c r="C112" s="77"/>
       <c r="D112" s="182"/>
       <c r="E112" s="182"/>
       <c r="F112" s="182"/>
       <c r="G112" s="182"/>
       <c r="H112" s="182"/>
       <c r="I112" s="182"/>
-      <c r="J112" s="568">
+      <c r="J112" s="517">
         <v>0.22700000000000001</v>
       </c>
-      <c r="K112" s="568">
+      <c r="K112" s="517">
         <v>8.6999999999999994E-2</v>
       </c>
-      <c r="L112" s="568">
+      <c r="L112" s="517">
         <v>0.17699999999999999</v>
       </c>
       <c r="M112" s="77"/>
       <c r="N112" s="77"/>
     </row>
     <row r="113" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B113" s="77"/>
       <c r="C113" s="77"/>
       <c r="D113" s="182"/>
       <c r="E113" s="182"/>
       <c r="F113" s="182"/>
       <c r="G113" s="182"/>
       <c r="H113" s="182"/>
       <c r="I113" s="182"/>
-      <c r="J113" s="568">
+      <c r="J113" s="517">
         <v>0.22800000000000001</v>
       </c>
-      <c r="K113" s="568">
+      <c r="K113" s="517">
         <v>8.7999999999999995E-2</v>
       </c>
-      <c r="L113" s="568">
+      <c r="L113" s="517">
         <v>0.17799999999999999</v>
       </c>
       <c r="M113" s="77"/>
       <c r="N113" s="77"/>
     </row>
     <row r="114" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B114" s="77"/>
       <c r="C114" s="77"/>
       <c r="D114" s="182"/>
       <c r="E114" s="182"/>
       <c r="F114" s="182"/>
       <c r="G114" s="182"/>
       <c r="H114" s="182"/>
       <c r="I114" s="182"/>
-      <c r="J114" s="568">
+      <c r="J114" s="517">
         <v>0.22900000000000001</v>
       </c>
-      <c r="K114" s="568">
+      <c r="K114" s="517">
         <v>8.8999999999999996E-2</v>
       </c>
-      <c r="L114" s="568">
+      <c r="L114" s="517">
         <v>0.17899999999999999</v>
       </c>
       <c r="M114" s="77"/>
       <c r="N114" s="77"/>
     </row>
     <row r="115" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B115" s="77"/>
       <c r="C115" s="77"/>
       <c r="D115" s="182"/>
       <c r="E115" s="182"/>
       <c r="F115" s="182"/>
       <c r="G115" s="182"/>
       <c r="H115" s="182"/>
       <c r="I115" s="182"/>
-      <c r="J115" s="568">
+      <c r="J115" s="517">
         <v>0.23</v>
       </c>
-      <c r="K115" s="568">
+      <c r="K115" s="517">
         <v>0.09</v>
       </c>
-      <c r="L115" s="568">
+      <c r="L115" s="517">
         <v>0.18</v>
       </c>
       <c r="M115" s="77"/>
       <c r="N115" s="77"/>
     </row>
     <row r="116" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B116" s="77"/>
       <c r="C116" s="77"/>
       <c r="D116" s="182"/>
       <c r="E116" s="182"/>
       <c r="F116" s="182"/>
       <c r="G116" s="182"/>
       <c r="H116" s="182"/>
       <c r="I116" s="182"/>
-      <c r="J116" s="568">
+      <c r="J116" s="517">
         <v>0.23100000000000001</v>
       </c>
-      <c r="K116" s="568">
+      <c r="K116" s="517">
         <v>9.0999999999999998E-2</v>
       </c>
-      <c r="L116" s="568">
+      <c r="L116" s="517">
         <v>0.18099999999999999</v>
       </c>
       <c r="M116" s="77"/>
       <c r="N116" s="77"/>
     </row>
     <row r="117" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B117" s="77"/>
       <c r="C117" s="77"/>
       <c r="D117" s="182"/>
       <c r="E117" s="182"/>
       <c r="F117" s="182"/>
       <c r="G117" s="182"/>
       <c r="H117" s="182"/>
       <c r="I117" s="182"/>
-      <c r="J117" s="568">
+      <c r="J117" s="517">
         <v>0.23200000000000001</v>
       </c>
-      <c r="K117" s="568">
+      <c r="K117" s="517">
         <v>9.1999999999999998E-2</v>
       </c>
-      <c r="L117" s="568">
+      <c r="L117" s="517">
         <v>0.182</v>
       </c>
       <c r="M117" s="77"/>
       <c r="N117" s="77"/>
     </row>
     <row r="118" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B118" s="77"/>
       <c r="C118" s="77"/>
       <c r="D118" s="182"/>
       <c r="E118" s="182"/>
       <c r="F118" s="182"/>
       <c r="G118" s="182"/>
       <c r="H118" s="182"/>
       <c r="I118" s="182"/>
-      <c r="J118" s="568">
+      <c r="J118" s="517">
         <v>0.23300000000000001</v>
       </c>
-      <c r="K118" s="568">
+      <c r="K118" s="517">
         <v>9.2999999999999999E-2</v>
       </c>
-      <c r="L118" s="568">
+      <c r="L118" s="517">
         <v>0.183</v>
       </c>
       <c r="M118" s="77"/>
       <c r="N118" s="77"/>
     </row>
     <row r="119" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B119" s="77"/>
       <c r="C119" s="77"/>
       <c r="D119" s="182"/>
       <c r="E119" s="182"/>
       <c r="F119" s="182"/>
       <c r="G119" s="182"/>
       <c r="H119" s="182"/>
       <c r="I119" s="182"/>
-      <c r="J119" s="568">
+      <c r="J119" s="517">
         <v>0.23400000000000001</v>
       </c>
-      <c r="K119" s="568">
+      <c r="K119" s="517">
         <v>9.4E-2</v>
       </c>
-      <c r="L119" s="568">
+      <c r="L119" s="517">
         <v>0.184</v>
       </c>
       <c r="M119" s="77"/>
       <c r="N119" s="77"/>
     </row>
     <row r="120" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B120" s="77"/>
       <c r="C120" s="77"/>
       <c r="D120" s="182"/>
       <c r="E120" s="182"/>
       <c r="F120" s="182"/>
       <c r="G120" s="182"/>
       <c r="H120" s="182"/>
       <c r="I120" s="182"/>
-      <c r="J120" s="568">
+      <c r="J120" s="517">
         <v>0.23499999999999999</v>
       </c>
-      <c r="K120" s="568">
+      <c r="K120" s="517">
         <v>9.5000000000000001E-2</v>
       </c>
-      <c r="L120" s="568">
+      <c r="L120" s="517">
         <v>0.185</v>
       </c>
       <c r="M120" s="77"/>
       <c r="N120" s="77"/>
     </row>
     <row r="121" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B121" s="77"/>
       <c r="C121" s="77"/>
       <c r="D121" s="182"/>
       <c r="E121" s="182"/>
       <c r="F121" s="182"/>
       <c r="G121" s="182"/>
       <c r="H121" s="182"/>
       <c r="I121" s="182"/>
-      <c r="J121" s="568">
+      <c r="J121" s="517">
         <v>0.23599999999999999</v>
       </c>
-      <c r="K121" s="568">
+      <c r="K121" s="517">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="L121" s="568">
+      <c r="L121" s="517">
         <v>0.186</v>
       </c>
       <c r="M121" s="77"/>
       <c r="N121" s="77"/>
     </row>
     <row r="122" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B122" s="77"/>
       <c r="C122" s="77"/>
       <c r="D122" s="182"/>
       <c r="E122" s="182"/>
       <c r="F122" s="182"/>
       <c r="G122" s="182"/>
       <c r="H122" s="182"/>
       <c r="I122" s="182"/>
-      <c r="J122" s="568">
+      <c r="J122" s="517">
         <v>0.23699999999999999</v>
       </c>
-      <c r="K122" s="568">
+      <c r="K122" s="517">
         <v>9.7000000000000003E-2</v>
       </c>
-      <c r="L122" s="568">
+      <c r="L122" s="517">
         <v>0.187</v>
       </c>
       <c r="M122" s="77"/>
       <c r="N122" s="77"/>
     </row>
     <row r="123" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B123" s="77"/>
       <c r="C123" s="77"/>
       <c r="D123" s="182"/>
       <c r="E123" s="182"/>
       <c r="F123" s="182"/>
       <c r="G123" s="182"/>
       <c r="H123" s="182"/>
       <c r="I123" s="182"/>
-      <c r="J123" s="568">
+      <c r="J123" s="517">
         <v>0.23799999999999999</v>
       </c>
-      <c r="K123" s="568">
+      <c r="K123" s="517">
         <v>9.8000000000000004E-2</v>
       </c>
-      <c r="L123" s="568">
+      <c r="L123" s="517">
         <v>0.188</v>
       </c>
       <c r="M123" s="77"/>
       <c r="N123" s="77"/>
     </row>
     <row r="124" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B124" s="77"/>
       <c r="C124" s="77"/>
       <c r="D124" s="182"/>
       <c r="E124" s="182"/>
       <c r="F124" s="182"/>
       <c r="G124" s="182"/>
       <c r="H124" s="182"/>
       <c r="I124" s="182"/>
-      <c r="J124" s="568">
+      <c r="J124" s="517">
         <v>0.23899999999999999</v>
       </c>
-      <c r="K124" s="568">
+      <c r="K124" s="517">
         <v>9.9000000000000005E-2</v>
       </c>
-      <c r="L124" s="568">
+      <c r="L124" s="517">
         <v>0.189</v>
       </c>
       <c r="M124" s="77"/>
       <c r="N124" s="77"/>
     </row>
     <row r="125" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B125" s="77"/>
       <c r="C125" s="77"/>
       <c r="D125" s="182"/>
       <c r="E125" s="182"/>
       <c r="F125" s="182"/>
       <c r="G125" s="182"/>
       <c r="H125" s="182"/>
       <c r="I125" s="182"/>
-      <c r="J125" s="568">
+      <c r="J125" s="517">
         <v>0.24</v>
       </c>
-      <c r="K125" s="568">
+      <c r="K125" s="517">
         <v>0.1</v>
       </c>
-      <c r="L125" s="568">
+      <c r="L125" s="517">
         <v>0.19</v>
       </c>
       <c r="M125" s="77"/>
       <c r="N125" s="77"/>
     </row>
     <row r="126" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B126" s="77"/>
       <c r="C126" s="77"/>
       <c r="D126" s="182"/>
       <c r="E126" s="182"/>
       <c r="F126" s="182"/>
       <c r="G126" s="182"/>
       <c r="H126" s="182"/>
       <c r="I126" s="182"/>
-      <c r="J126" s="568">
+      <c r="J126" s="517">
         <v>0.24099999999999999</v>
       </c>
-      <c r="K126" s="568">
+      <c r="K126" s="517">
         <v>0.10100000000000001</v>
       </c>
-      <c r="L126" s="568">
+      <c r="L126" s="517">
         <v>0.191</v>
       </c>
       <c r="M126" s="77"/>
       <c r="N126" s="77"/>
     </row>
     <row r="127" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B127" s="77"/>
       <c r="C127" s="77"/>
       <c r="D127" s="182"/>
       <c r="E127" s="182"/>
       <c r="F127" s="182"/>
       <c r="G127" s="182"/>
       <c r="H127" s="182"/>
       <c r="I127" s="182"/>
-      <c r="J127" s="568">
+      <c r="J127" s="517">
         <v>0.24199999999999999</v>
       </c>
-      <c r="K127" s="568">
+      <c r="K127" s="517">
         <v>0.10199999999999999</v>
       </c>
-      <c r="L127" s="568">
+      <c r="L127" s="517">
         <v>0.192</v>
       </c>
       <c r="M127" s="77"/>
       <c r="N127" s="77"/>
     </row>
     <row r="128" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B128" s="77"/>
       <c r="C128" s="77"/>
       <c r="D128" s="182"/>
       <c r="E128" s="182"/>
       <c r="F128" s="182"/>
       <c r="G128" s="182"/>
       <c r="H128" s="182"/>
       <c r="I128" s="182"/>
-      <c r="J128" s="568">
+      <c r="J128" s="517">
         <v>0.24299999999999999</v>
       </c>
-      <c r="K128" s="568">
+      <c r="K128" s="517">
         <v>0.10299999999999999</v>
       </c>
-      <c r="L128" s="568">
+      <c r="L128" s="517">
         <v>0.193</v>
       </c>
       <c r="M128" s="77"/>
       <c r="N128" s="77"/>
     </row>
     <row r="129" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B129" s="77"/>
       <c r="C129" s="77"/>
       <c r="D129" s="182"/>
       <c r="E129" s="182"/>
       <c r="F129" s="182"/>
       <c r="G129" s="182"/>
       <c r="H129" s="182"/>
       <c r="I129" s="182"/>
-      <c r="J129" s="568">
+      <c r="J129" s="517">
         <v>0.24399999999999999</v>
       </c>
-      <c r="K129" s="568">
+      <c r="K129" s="517">
         <v>0.104</v>
       </c>
-      <c r="L129" s="568">
+      <c r="L129" s="517">
         <v>0.19400000000000001</v>
       </c>
       <c r="M129" s="77"/>
       <c r="N129" s="77"/>
     </row>
     <row r="130" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B130" s="77"/>
       <c r="C130" s="77"/>
       <c r="D130" s="182"/>
       <c r="E130" s="182"/>
       <c r="F130" s="182"/>
       <c r="G130" s="182"/>
       <c r="H130" s="182"/>
       <c r="I130" s="182"/>
-      <c r="J130" s="568">
+      <c r="J130" s="517">
         <v>0.245</v>
       </c>
-      <c r="K130" s="568">
+      <c r="K130" s="517">
         <v>0.105</v>
       </c>
-      <c r="L130" s="568">
+      <c r="L130" s="517">
         <v>0.19500000000000001</v>
       </c>
       <c r="M130" s="77"/>
       <c r="N130" s="77"/>
     </row>
     <row r="131" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B131" s="77"/>
       <c r="C131" s="77"/>
       <c r="D131" s="182"/>
       <c r="E131" s="182"/>
       <c r="F131" s="182"/>
       <c r="G131" s="182"/>
       <c r="H131" s="182"/>
       <c r="I131" s="182"/>
-      <c r="J131" s="568">
+      <c r="J131" s="517">
         <v>0.246</v>
       </c>
-      <c r="K131" s="568">
+      <c r="K131" s="517">
         <v>0.106</v>
       </c>
-      <c r="L131" s="568">
+      <c r="L131" s="517">
         <v>0.19600000000000001</v>
       </c>
       <c r="M131" s="77"/>
       <c r="N131" s="77"/>
     </row>
     <row r="132" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B132" s="77"/>
       <c r="C132" s="77"/>
       <c r="D132" s="182"/>
       <c r="E132" s="182"/>
       <c r="F132" s="182"/>
       <c r="G132" s="182"/>
       <c r="H132" s="182"/>
       <c r="I132" s="182"/>
-      <c r="J132" s="568">
+      <c r="J132" s="517">
         <v>0.247</v>
       </c>
-      <c r="K132" s="568">
+      <c r="K132" s="517">
         <v>0.107</v>
       </c>
-      <c r="L132" s="568">
+      <c r="L132" s="517">
         <v>0.19700000000000001</v>
       </c>
       <c r="M132" s="77"/>
       <c r="N132" s="77"/>
     </row>
     <row r="133" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B133" s="77"/>
       <c r="C133" s="77"/>
       <c r="D133" s="182"/>
       <c r="E133" s="182"/>
       <c r="F133" s="182"/>
       <c r="G133" s="182"/>
       <c r="H133" s="182"/>
       <c r="I133" s="182"/>
-      <c r="J133" s="568">
+      <c r="J133" s="517">
         <v>0.248</v>
       </c>
-      <c r="K133" s="568">
+      <c r="K133" s="517">
         <v>0.108</v>
       </c>
-      <c r="L133" s="568">
+      <c r="L133" s="517">
         <v>0.19800000000000001</v>
       </c>
       <c r="M133" s="77"/>
       <c r="N133" s="77"/>
     </row>
     <row r="134" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B134" s="77"/>
       <c r="C134" s="77"/>
       <c r="D134" s="182"/>
       <c r="E134" s="182"/>
       <c r="F134" s="182"/>
       <c r="G134" s="182"/>
       <c r="H134" s="182"/>
       <c r="I134" s="182"/>
-      <c r="J134" s="568">
+      <c r="J134" s="517">
         <v>0.249</v>
       </c>
-      <c r="K134" s="568">
+      <c r="K134" s="517">
         <v>0.109</v>
       </c>
-      <c r="L134" s="568">
+      <c r="L134" s="517">
         <v>0.19900000000000001</v>
       </c>
       <c r="M134" s="77"/>
       <c r="N134" s="77"/>
     </row>
     <row r="135" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B135" s="77"/>
       <c r="C135" s="77"/>
       <c r="D135" s="182"/>
       <c r="E135" s="182"/>
       <c r="F135" s="182"/>
       <c r="G135" s="182"/>
       <c r="H135" s="182"/>
       <c r="I135" s="182"/>
-      <c r="J135" s="568">
+      <c r="J135" s="517">
         <v>0.25</v>
       </c>
-      <c r="K135" s="568">
+      <c r="K135" s="517">
         <v>0.11</v>
       </c>
-      <c r="L135" s="568">
+      <c r="L135" s="517">
         <v>0.2</v>
       </c>
       <c r="M135" s="77"/>
       <c r="N135" s="77"/>
     </row>
     <row r="136" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B136" s="77"/>
       <c r="C136" s="77"/>
       <c r="D136" s="182"/>
       <c r="E136" s="182"/>
       <c r="F136" s="182"/>
       <c r="G136" s="182"/>
       <c r="H136" s="182"/>
       <c r="I136" s="182"/>
-      <c r="J136" s="568">
+      <c r="J136" s="517">
         <v>0.251</v>
       </c>
-      <c r="K136" s="568">
+      <c r="K136" s="517">
         <v>0.111</v>
       </c>
-      <c r="L136" s="568">
+      <c r="L136" s="517">
         <v>0.20100000000000001</v>
       </c>
       <c r="M136" s="77"/>
       <c r="N136" s="77"/>
     </row>
     <row r="137" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B137" s="77"/>
       <c r="C137" s="77"/>
       <c r="D137" s="182"/>
       <c r="E137" s="182"/>
       <c r="F137" s="182"/>
       <c r="G137" s="182"/>
       <c r="H137" s="182"/>
       <c r="I137" s="182"/>
-      <c r="J137" s="568">
+      <c r="J137" s="517">
         <v>0.252</v>
       </c>
-      <c r="K137" s="568">
+      <c r="K137" s="517">
         <v>0.112</v>
       </c>
-      <c r="L137" s="568">
+      <c r="L137" s="517">
         <v>0.20200000000000001</v>
       </c>
       <c r="M137" s="77"/>
       <c r="N137" s="77"/>
     </row>
     <row r="138" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B138" s="77"/>
       <c r="C138" s="77"/>
       <c r="D138" s="182"/>
       <c r="E138" s="182"/>
       <c r="F138" s="182"/>
       <c r="G138" s="182"/>
       <c r="H138" s="182"/>
       <c r="I138" s="182"/>
-      <c r="J138" s="568">
+      <c r="J138" s="517">
         <v>0.253</v>
       </c>
-      <c r="K138" s="568">
+      <c r="K138" s="517">
         <v>0.113</v>
       </c>
-      <c r="L138" s="568">
+      <c r="L138" s="517">
         <v>0.20300000000000001</v>
       </c>
       <c r="M138" s="77"/>
       <c r="N138" s="77"/>
     </row>
     <row r="139" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B139" s="77"/>
       <c r="C139" s="77"/>
       <c r="D139" s="182"/>
       <c r="E139" s="182"/>
       <c r="F139" s="182"/>
       <c r="G139" s="182"/>
       <c r="H139" s="182"/>
       <c r="I139" s="182"/>
-      <c r="J139" s="568">
+      <c r="J139" s="517">
         <v>0.254</v>
       </c>
-      <c r="K139" s="568">
+      <c r="K139" s="517">
         <v>0.114</v>
       </c>
-      <c r="L139" s="568">
+      <c r="L139" s="517">
         <v>0.20399999999999999</v>
       </c>
       <c r="M139" s="77"/>
       <c r="N139" s="77"/>
     </row>
     <row r="140" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B140" s="77"/>
       <c r="C140" s="77"/>
       <c r="D140" s="182"/>
       <c r="E140" s="182"/>
       <c r="F140" s="182"/>
       <c r="G140" s="182"/>
       <c r="H140" s="182"/>
       <c r="I140" s="182"/>
-      <c r="J140" s="568">
+      <c r="J140" s="517">
         <v>0.255</v>
       </c>
-      <c r="K140" s="568">
+      <c r="K140" s="517">
         <v>0.115</v>
       </c>
-      <c r="L140" s="568">
+      <c r="L140" s="517">
         <v>0.20499999999999999</v>
       </c>
       <c r="M140" s="77"/>
       <c r="N140" s="77"/>
     </row>
     <row r="141" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B141" s="77"/>
       <c r="C141" s="77"/>
       <c r="D141" s="182"/>
       <c r="E141" s="182"/>
       <c r="F141" s="182"/>
       <c r="G141" s="182"/>
       <c r="H141" s="182"/>
       <c r="I141" s="182"/>
-      <c r="J141" s="568">
+      <c r="J141" s="517">
         <v>0.25600000000000001</v>
       </c>
-      <c r="K141" s="568">
+      <c r="K141" s="517">
         <v>0.11600000000000001</v>
       </c>
-      <c r="L141" s="568">
+      <c r="L141" s="517">
         <v>0.20599999999999999</v>
       </c>
       <c r="M141" s="77"/>
       <c r="N141" s="77"/>
     </row>
     <row r="142" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B142" s="77"/>
       <c r="C142" s="77"/>
       <c r="D142" s="182"/>
       <c r="E142" s="182"/>
       <c r="F142" s="182"/>
       <c r="G142" s="182"/>
       <c r="H142" s="182"/>
       <c r="I142" s="182"/>
-      <c r="J142" s="568">
+      <c r="J142" s="517">
         <v>0.25700000000000001</v>
       </c>
-      <c r="K142" s="568">
+      <c r="K142" s="517">
         <v>0.11700000000000001</v>
       </c>
-      <c r="L142" s="568">
+      <c r="L142" s="517">
         <v>0.20699999999999999</v>
       </c>
       <c r="M142" s="77"/>
       <c r="N142" s="77"/>
     </row>
     <row r="143" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B143" s="77"/>
       <c r="C143" s="77"/>
       <c r="D143" s="182"/>
       <c r="E143" s="182"/>
       <c r="F143" s="182"/>
       <c r="G143" s="182"/>
       <c r="H143" s="182"/>
       <c r="I143" s="182"/>
-      <c r="J143" s="568">
+      <c r="J143" s="517">
         <v>0.25800000000000001</v>
       </c>
-      <c r="K143" s="568">
+      <c r="K143" s="517">
         <v>0.11799999999999999</v>
       </c>
-      <c r="L143" s="568">
+      <c r="L143" s="517">
         <v>0.20799999999999999</v>
       </c>
       <c r="M143" s="77"/>
       <c r="N143" s="77"/>
     </row>
     <row r="144" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B144" s="77"/>
       <c r="C144" s="77"/>
       <c r="D144" s="182"/>
       <c r="E144" s="182"/>
       <c r="F144" s="182"/>
       <c r="G144" s="182"/>
       <c r="H144" s="182"/>
       <c r="I144" s="182"/>
-      <c r="J144" s="568">
+      <c r="J144" s="517">
         <v>0.25900000000000001</v>
       </c>
-      <c r="K144" s="568">
+      <c r="K144" s="517">
         <v>0.11899999999999999</v>
       </c>
-      <c r="L144" s="568">
+      <c r="L144" s="517">
         <v>0.20899999999999999</v>
       </c>
       <c r="M144" s="77"/>
       <c r="N144" s="77"/>
     </row>
     <row r="145" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B145" s="77"/>
       <c r="C145" s="77"/>
       <c r="D145" s="182"/>
       <c r="E145" s="182"/>
       <c r="F145" s="182"/>
       <c r="G145" s="182"/>
       <c r="H145" s="182"/>
       <c r="I145" s="182"/>
-      <c r="J145" s="568">
+      <c r="J145" s="517">
         <v>0.26</v>
       </c>
-      <c r="K145" s="568">
+      <c r="K145" s="517">
         <v>0.12</v>
       </c>
-      <c r="L145" s="568">
+      <c r="L145" s="517">
         <v>0.21</v>
       </c>
       <c r="M145" s="77"/>
       <c r="N145" s="77"/>
     </row>
     <row r="146" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B146" s="77"/>
       <c r="C146" s="77"/>
       <c r="D146" s="182"/>
       <c r="E146" s="182"/>
       <c r="F146" s="182"/>
       <c r="G146" s="182"/>
       <c r="H146" s="182"/>
       <c r="I146" s="182"/>
-      <c r="J146" s="568">
+      <c r="J146" s="517">
         <v>0.26100000000000001</v>
       </c>
-      <c r="K146" s="568">
+      <c r="K146" s="517">
         <v>0.121</v>
       </c>
-      <c r="L146" s="568">
+      <c r="L146" s="517">
         <v>0.21099999999999999</v>
       </c>
       <c r="M146" s="77"/>
       <c r="N146" s="77"/>
     </row>
     <row r="147" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B147" s="77"/>
       <c r="C147" s="77"/>
       <c r="D147" s="182"/>
       <c r="E147" s="182"/>
       <c r="F147" s="182"/>
       <c r="G147" s="182"/>
       <c r="H147" s="182"/>
       <c r="I147" s="182"/>
-      <c r="J147" s="568">
+      <c r="J147" s="517">
         <v>0.26200000000000001</v>
       </c>
-      <c r="K147" s="568">
+      <c r="K147" s="517">
         <v>0.122</v>
       </c>
-      <c r="L147" s="568">
+      <c r="L147" s="517">
         <v>0.21199999999999999</v>
       </c>
       <c r="M147" s="77"/>
       <c r="N147" s="77"/>
     </row>
     <row r="148" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B148" s="77"/>
       <c r="C148" s="77"/>
       <c r="D148" s="182"/>
       <c r="E148" s="182"/>
       <c r="F148" s="182"/>
       <c r="G148" s="182"/>
       <c r="H148" s="182"/>
       <c r="I148" s="182"/>
-      <c r="J148" s="568">
+      <c r="J148" s="517">
         <v>0.26300000000000001</v>
       </c>
-      <c r="K148" s="568">
+      <c r="K148" s="517">
         <v>0.123</v>
       </c>
-      <c r="L148" s="568">
+      <c r="L148" s="517">
         <v>0.21299999999999999</v>
       </c>
       <c r="M148" s="77"/>
       <c r="N148" s="77"/>
     </row>
     <row r="149" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B149" s="77"/>
       <c r="C149" s="77"/>
       <c r="D149" s="182"/>
       <c r="E149" s="182"/>
       <c r="F149" s="182"/>
       <c r="G149" s="182"/>
       <c r="H149" s="182"/>
       <c r="I149" s="182"/>
-      <c r="J149" s="568">
+      <c r="J149" s="517">
         <v>0.26400000000000001</v>
       </c>
-      <c r="K149" s="568">
+      <c r="K149" s="517">
         <v>0.124</v>
       </c>
-      <c r="L149" s="568">
+      <c r="L149" s="517">
         <v>0.214</v>
       </c>
       <c r="M149" s="77"/>
       <c r="N149" s="77"/>
     </row>
     <row r="150" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B150" s="77"/>
       <c r="C150" s="77"/>
       <c r="D150" s="182"/>
       <c r="E150" s="182"/>
       <c r="F150" s="182"/>
       <c r="G150" s="182"/>
       <c r="H150" s="182"/>
       <c r="I150" s="182"/>
-      <c r="J150" s="568">
+      <c r="J150" s="517">
         <v>0.26500000000000001</v>
       </c>
-      <c r="K150" s="568">
+      <c r="K150" s="517">
         <v>0.125</v>
       </c>
-      <c r="L150" s="568">
+      <c r="L150" s="517">
         <v>0.215</v>
       </c>
       <c r="M150" s="77"/>
       <c r="N150" s="77"/>
     </row>
     <row r="151" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B151" s="77"/>
       <c r="C151" s="77"/>
       <c r="D151" s="182"/>
       <c r="E151" s="182"/>
       <c r="F151" s="182"/>
       <c r="G151" s="182"/>
       <c r="H151" s="182"/>
       <c r="I151" s="182"/>
-      <c r="J151" s="568">
+      <c r="J151" s="517">
         <v>0.26600000000000001</v>
       </c>
-      <c r="K151" s="568">
+      <c r="K151" s="517">
         <v>0.126</v>
       </c>
-      <c r="L151" s="568">
+      <c r="L151" s="517">
         <v>0.216</v>
       </c>
       <c r="M151" s="77"/>
       <c r="N151" s="77"/>
     </row>
     <row r="152" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B152" s="77"/>
       <c r="C152" s="77"/>
       <c r="D152" s="182"/>
       <c r="E152" s="182"/>
       <c r="F152" s="182"/>
       <c r="G152" s="182"/>
       <c r="H152" s="182"/>
       <c r="I152" s="182"/>
-      <c r="J152" s="568">
+      <c r="J152" s="517">
         <v>0.26700000000000002</v>
       </c>
-      <c r="K152" s="568">
+      <c r="K152" s="517">
         <v>0.127</v>
       </c>
-      <c r="L152" s="568">
+      <c r="L152" s="517">
         <v>0.217</v>
       </c>
       <c r="M152" s="77"/>
       <c r="N152" s="77"/>
     </row>
     <row r="153" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B153" s="77"/>
       <c r="C153" s="77"/>
       <c r="D153" s="182"/>
       <c r="E153" s="182"/>
       <c r="F153" s="182"/>
       <c r="G153" s="182"/>
       <c r="H153" s="182"/>
       <c r="I153" s="182"/>
-      <c r="J153" s="568">
+      <c r="J153" s="517">
         <v>0.26800000000000002</v>
       </c>
-      <c r="K153" s="568">
+      <c r="K153" s="517">
         <v>0.128</v>
       </c>
-      <c r="L153" s="568">
+      <c r="L153" s="517">
         <v>0.218</v>
       </c>
       <c r="M153" s="77"/>
       <c r="N153" s="77"/>
     </row>
     <row r="154" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B154" s="77"/>
       <c r="C154" s="77"/>
       <c r="D154" s="182"/>
       <c r="E154" s="182"/>
       <c r="F154" s="182"/>
       <c r="G154" s="182"/>
       <c r="H154" s="182"/>
       <c r="I154" s="182"/>
-      <c r="J154" s="568">
+      <c r="J154" s="517">
         <v>0.26900000000000002</v>
       </c>
-      <c r="K154" s="568">
+      <c r="K154" s="517">
         <v>0.129</v>
       </c>
-      <c r="L154" s="568">
+      <c r="L154" s="517">
         <v>0.219</v>
       </c>
       <c r="M154" s="77"/>
       <c r="N154" s="77"/>
     </row>
     <row r="155" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B155" s="77"/>
       <c r="C155" s="77"/>
       <c r="D155" s="182"/>
       <c r="E155" s="182"/>
       <c r="F155" s="182"/>
       <c r="G155" s="182"/>
       <c r="H155" s="182"/>
       <c r="I155" s="182"/>
-      <c r="J155" s="568">
+      <c r="J155" s="517">
         <v>0.27</v>
       </c>
-      <c r="K155" s="568">
+      <c r="K155" s="517">
         <v>0.13</v>
       </c>
-      <c r="L155" s="568">
+      <c r="L155" s="517">
         <v>0.22</v>
       </c>
       <c r="M155" s="77"/>
       <c r="N155" s="77"/>
     </row>
     <row r="156" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B156" s="77"/>
       <c r="C156" s="77"/>
       <c r="D156" s="182"/>
       <c r="E156" s="182"/>
       <c r="F156" s="182"/>
       <c r="G156" s="182"/>
       <c r="H156" s="182"/>
       <c r="I156" s="182"/>
-      <c r="J156" s="568">
+      <c r="J156" s="517">
         <v>0.27100000000000002</v>
       </c>
-      <c r="K156" s="568">
+      <c r="K156" s="517">
         <v>0.13100000000000001</v>
       </c>
-      <c r="L156" s="568">
+      <c r="L156" s="517">
         <v>0.221</v>
       </c>
       <c r="M156" s="77"/>
       <c r="N156" s="77"/>
     </row>
     <row r="157" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B157" s="77"/>
       <c r="C157" s="77"/>
       <c r="D157" s="182"/>
       <c r="E157" s="182"/>
       <c r="F157" s="182"/>
       <c r="G157" s="182"/>
       <c r="H157" s="182"/>
       <c r="I157" s="182"/>
-      <c r="J157" s="568">
+      <c r="J157" s="517">
         <v>0.27200000000000002</v>
       </c>
-      <c r="K157" s="568">
+      <c r="K157" s="517">
         <v>0.13200000000000001</v>
       </c>
-      <c r="L157" s="568">
+      <c r="L157" s="517">
         <v>0.222</v>
       </c>
       <c r="M157" s="77"/>
       <c r="N157" s="77"/>
     </row>
     <row r="158" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B158" s="77"/>
       <c r="C158" s="77"/>
       <c r="D158" s="182"/>
       <c r="E158" s="182"/>
       <c r="F158" s="182"/>
       <c r="G158" s="182"/>
       <c r="H158" s="182"/>
       <c r="I158" s="182"/>
-      <c r="J158" s="568">
+      <c r="J158" s="517">
         <v>0.27300000000000002</v>
       </c>
-      <c r="K158" s="568">
+      <c r="K158" s="517">
         <v>0.13300000000000001</v>
       </c>
-      <c r="L158" s="568">
+      <c r="L158" s="517">
         <v>0.223</v>
       </c>
       <c r="M158" s="77"/>
       <c r="N158" s="77"/>
     </row>
     <row r="159" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B159" s="77"/>
       <c r="C159" s="77"/>
       <c r="D159" s="182"/>
       <c r="E159" s="182"/>
       <c r="F159" s="182"/>
       <c r="G159" s="182"/>
       <c r="H159" s="182"/>
       <c r="I159" s="182"/>
-      <c r="J159" s="568">
+      <c r="J159" s="517">
         <v>0.27400000000000002</v>
       </c>
-      <c r="K159" s="568">
+      <c r="K159" s="517">
         <v>0.13400000000000001</v>
       </c>
-      <c r="L159" s="568">
+      <c r="L159" s="517">
         <v>0.224</v>
       </c>
       <c r="M159" s="77"/>
       <c r="N159" s="77"/>
     </row>
     <row r="160" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B160" s="77"/>
       <c r="C160" s="77"/>
       <c r="D160" s="182"/>
       <c r="E160" s="182"/>
       <c r="F160" s="182"/>
       <c r="G160" s="182"/>
       <c r="H160" s="182"/>
       <c r="I160" s="182"/>
-      <c r="J160" s="568">
+      <c r="J160" s="517">
         <v>0.27500000000000002</v>
       </c>
-      <c r="K160" s="568">
+      <c r="K160" s="517">
         <v>0.13500000000000001</v>
       </c>
-      <c r="L160" s="568">
+      <c r="L160" s="517">
         <v>0.22500000000000001</v>
       </c>
       <c r="M160" s="77"/>
       <c r="N160" s="77"/>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B161" s="77"/>
       <c r="C161" s="77"/>
       <c r="D161" s="182"/>
       <c r="E161" s="182"/>
       <c r="F161" s="182"/>
       <c r="G161" s="182"/>
       <c r="H161" s="182"/>
       <c r="I161" s="182"/>
-      <c r="J161" s="568">
+      <c r="J161" s="517">
         <v>0.27600000000000002</v>
       </c>
-      <c r="K161" s="568">
+      <c r="K161" s="517">
         <v>0.13600000000000001</v>
       </c>
-      <c r="L161" s="568">
+      <c r="L161" s="517">
         <v>0.22600000000000001</v>
       </c>
       <c r="M161" s="77"/>
       <c r="N161" s="77"/>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B162" s="77"/>
       <c r="C162" s="77"/>
       <c r="D162" s="182"/>
       <c r="E162" s="182"/>
       <c r="F162" s="182"/>
       <c r="G162" s="182"/>
       <c r="H162" s="182"/>
       <c r="I162" s="182"/>
-      <c r="J162" s="568">
+      <c r="J162" s="517">
         <v>0.27700000000000002</v>
       </c>
-      <c r="K162" s="568">
+      <c r="K162" s="517">
         <v>0.13700000000000001</v>
       </c>
-      <c r="L162" s="568">
+      <c r="L162" s="517">
         <v>0.22700000000000001</v>
       </c>
       <c r="M162" s="77"/>
       <c r="N162" s="77"/>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B163" s="77"/>
       <c r="C163" s="77"/>
       <c r="D163" s="182"/>
       <c r="E163" s="182"/>
       <c r="F163" s="182"/>
       <c r="G163" s="182"/>
       <c r="H163" s="182"/>
       <c r="I163" s="182"/>
-      <c r="J163" s="568">
+      <c r="J163" s="517">
         <v>0.27800000000000002</v>
       </c>
-      <c r="K163" s="568">
+      <c r="K163" s="517">
         <v>0.13800000000000001</v>
       </c>
-      <c r="L163" s="568">
+      <c r="L163" s="517">
         <v>0.22800000000000001</v>
       </c>
       <c r="M163" s="77"/>
       <c r="N163" s="77"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.25">
       <c r="B164" s="77"/>
       <c r="C164" s="77"/>
       <c r="D164" s="182"/>
       <c r="E164" s="182"/>
       <c r="F164" s="182"/>
       <c r="G164" s="182"/>
       <c r="H164" s="182"/>
       <c r="I164" s="182"/>
-      <c r="J164" s="568">
+      <c r="J164" s="517">
         <v>0.27900000000000003</v>
       </c>
-      <c r="K164" s="568">
+      <c r="K164" s="517">
         <v>0.13900000000000001</v>
       </c>
-      <c r="L164" s="568">
+      <c r="L164" s="517">
         <v>0.22900000000000001</v>
       </c>
       <c r="M164" s="77"/>
       <c r="N164" s="77"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A165" s="77"/>
       <c r="B165" s="77"/>
       <c r="C165" s="77"/>
       <c r="D165" s="182"/>
       <c r="E165" s="182"/>
       <c r="F165" s="182"/>
       <c r="G165" s="182"/>
       <c r="H165" s="182"/>
       <c r="I165" s="182"/>
-      <c r="J165" s="568">
+      <c r="J165" s="517">
         <v>0.28000000000000003</v>
       </c>
-      <c r="K165" s="568">
+      <c r="K165" s="517">
         <v>0.14000000000000001</v>
       </c>
-      <c r="L165" s="568">
+      <c r="L165" s="517">
         <v>0.23</v>
       </c>
       <c r="M165" s="77"/>
       <c r="N165" s="77"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A166" s="77"/>
       <c r="B166" s="77"/>
       <c r="C166" s="77"/>
       <c r="D166" s="182"/>
       <c r="E166" s="182"/>
       <c r="F166" s="182"/>
       <c r="G166" s="182"/>
       <c r="H166" s="182"/>
       <c r="I166" s="182"/>
-      <c r="J166" s="568">
+      <c r="J166" s="517">
         <v>0.28100000000000003</v>
       </c>
-      <c r="K166" s="568">
+      <c r="K166" s="517">
         <v>0.14099999999999999</v>
       </c>
-      <c r="L166" s="568">
+      <c r="L166" s="517">
         <v>0.23100000000000001</v>
       </c>
       <c r="M166" s="77"/>
       <c r="N166" s="77"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A167" s="77"/>
       <c r="B167" s="77"/>
       <c r="C167" s="77"/>
       <c r="D167" s="182"/>
       <c r="E167" s="182"/>
       <c r="F167" s="182"/>
       <c r="G167" s="182"/>
       <c r="H167" s="182"/>
       <c r="I167" s="182"/>
-      <c r="J167" s="568">
+      <c r="J167" s="517">
         <v>0.28199999999999997</v>
       </c>
-      <c r="K167" s="568">
+      <c r="K167" s="517">
         <v>0.14199999999999999</v>
       </c>
-      <c r="L167" s="568">
+      <c r="L167" s="517">
         <v>0.23200000000000001</v>
       </c>
       <c r="M167" s="77"/>
       <c r="N167" s="77"/>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A168" s="77"/>
       <c r="B168" s="77"/>
       <c r="C168" s="77"/>
       <c r="D168" s="182"/>
       <c r="E168" s="182"/>
       <c r="F168" s="182"/>
       <c r="G168" s="182"/>
       <c r="H168" s="182"/>
       <c r="I168" s="182"/>
-      <c r="J168" s="568">
+      <c r="J168" s="517">
         <v>0.28299999999999997</v>
       </c>
-      <c r="K168" s="568">
+      <c r="K168" s="517">
         <v>0.14299999999999999</v>
       </c>
-      <c r="L168" s="568">
+      <c r="L168" s="517">
         <v>0.23300000000000001</v>
       </c>
       <c r="M168" s="77"/>
       <c r="N168" s="77"/>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A169" s="77"/>
       <c r="B169" s="77"/>
       <c r="C169" s="77"/>
       <c r="D169" s="182"/>
       <c r="E169" s="182"/>
       <c r="F169" s="182"/>
       <c r="G169" s="182"/>
       <c r="H169" s="182"/>
       <c r="I169" s="182"/>
-      <c r="J169" s="568">
+      <c r="J169" s="517">
         <v>0.28399999999999997</v>
       </c>
-      <c r="K169" s="568">
+      <c r="K169" s="517">
         <v>0.14399999999999999</v>
       </c>
-      <c r="L169" s="568">
+      <c r="L169" s="517">
         <v>0.23400000000000001</v>
       </c>
       <c r="M169" s="77"/>
       <c r="N169" s="77"/>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A170" s="77"/>
       <c r="B170" s="77"/>
       <c r="C170" s="77"/>
       <c r="D170" s="182"/>
       <c r="E170" s="182"/>
       <c r="F170" s="182"/>
       <c r="G170" s="182"/>
       <c r="H170" s="182"/>
       <c r="I170" s="182"/>
-      <c r="J170" s="568">
+      <c r="J170" s="517">
         <v>0.28499999999999998</v>
       </c>
-      <c r="K170" s="568">
+      <c r="K170" s="517">
         <v>0.14499999999999999</v>
       </c>
-      <c r="L170" s="568">
+      <c r="L170" s="517">
         <v>0.23499999999999999</v>
       </c>
       <c r="M170" s="77"/>
       <c r="N170" s="77"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" s="77"/>
       <c r="B171" s="77"/>
       <c r="C171" s="77"/>
       <c r="D171" s="182"/>
       <c r="E171" s="182"/>
       <c r="F171" s="182"/>
       <c r="G171" s="182"/>
       <c r="H171" s="182"/>
       <c r="I171" s="182"/>
-      <c r="J171" s="568">
+      <c r="J171" s="517">
         <v>0.28599999999999998</v>
       </c>
-      <c r="K171" s="568">
+      <c r="K171" s="517">
         <v>0.14599999999999999</v>
       </c>
-      <c r="L171" s="568">
+      <c r="L171" s="517">
         <v>0.23599999999999999</v>
       </c>
       <c r="M171" s="77"/>
       <c r="N171" s="77"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A172" s="77"/>
       <c r="B172" s="77"/>
       <c r="C172" s="77"/>
       <c r="D172" s="182"/>
       <c r="E172" s="182"/>
       <c r="F172" s="182"/>
       <c r="G172" s="182"/>
       <c r="H172" s="182"/>
       <c r="I172" s="182"/>
-      <c r="J172" s="568">
+      <c r="J172" s="517">
         <v>0.28699999999999998</v>
       </c>
-      <c r="K172" s="568">
+      <c r="K172" s="517">
         <v>0.14699999999999999</v>
       </c>
-      <c r="L172" s="568">
+      <c r="L172" s="517">
         <v>0.23699999999999999</v>
       </c>
       <c r="M172" s="77"/>
       <c r="N172" s="77"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A173" s="77"/>
       <c r="B173" s="77"/>
       <c r="C173" s="77"/>
       <c r="D173" s="182"/>
       <c r="E173" s="182"/>
       <c r="F173" s="182"/>
       <c r="G173" s="182"/>
       <c r="H173" s="182"/>
       <c r="I173" s="182"/>
-      <c r="J173" s="568">
+      <c r="J173" s="517">
         <v>0.28799999999999998</v>
       </c>
-      <c r="K173" s="568">
+      <c r="K173" s="517">
         <v>0.14799999999999999</v>
       </c>
-      <c r="L173" s="568">
+      <c r="L173" s="517">
         <v>0.23799999999999999</v>
       </c>
       <c r="M173" s="77"/>
       <c r="N173" s="77"/>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A174" s="77"/>
       <c r="B174" s="77"/>
       <c r="C174" s="77"/>
       <c r="D174" s="182"/>
       <c r="E174" s="182"/>
       <c r="F174" s="182"/>
       <c r="G174" s="182"/>
       <c r="H174" s="182"/>
       <c r="I174" s="182"/>
-      <c r="J174" s="568">
+      <c r="J174" s="517">
         <v>0.28899999999999998</v>
       </c>
-      <c r="K174" s="568">
+      <c r="K174" s="517">
         <v>0.14899999999999999</v>
       </c>
-      <c r="L174" s="568">
+      <c r="L174" s="517">
         <v>0.23899999999999999</v>
       </c>
       <c r="M174" s="77"/>
       <c r="N174" s="77"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A175" s="77"/>
       <c r="B175" s="77"/>
       <c r="C175" s="77"/>
       <c r="D175" s="182"/>
       <c r="E175" s="182"/>
       <c r="F175" s="182"/>
       <c r="G175" s="182"/>
       <c r="H175" s="182"/>
       <c r="I175" s="182"/>
-      <c r="J175" s="568">
+      <c r="J175" s="517">
         <v>0.28999999999999998</v>
       </c>
-      <c r="K175" s="568">
+      <c r="K175" s="517">
         <v>0.15</v>
       </c>
-      <c r="L175" s="568">
+      <c r="L175" s="517">
         <v>0.24</v>
       </c>
       <c r="M175" s="77"/>
       <c r="N175" s="77"/>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A176" s="77"/>
       <c r="B176" s="77"/>
       <c r="C176" s="77"/>
       <c r="D176" s="182"/>
       <c r="E176" s="182"/>
       <c r="F176" s="182"/>
       <c r="G176" s="182"/>
       <c r="H176" s="182"/>
       <c r="I176" s="182"/>
-      <c r="J176" s="568">
+      <c r="J176" s="517">
         <v>0.29099999999999998</v>
       </c>
-      <c r="K176" s="568">
+      <c r="K176" s="517">
         <v>0.151</v>
       </c>
-      <c r="L176" s="568">
+      <c r="L176" s="517">
         <v>0.24099999999999999</v>
       </c>
       <c r="M176" s="77"/>
       <c r="N176" s="77"/>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A177" s="77"/>
       <c r="B177" s="77"/>
       <c r="C177" s="77"/>
       <c r="D177" s="182"/>
       <c r="E177" s="182"/>
       <c r="F177" s="182"/>
       <c r="G177" s="182"/>
       <c r="H177" s="182"/>
       <c r="I177" s="182"/>
-      <c r="J177" s="568">
+      <c r="J177" s="517">
         <v>0.29199999999999998</v>
       </c>
-      <c r="K177" s="568">
+      <c r="K177" s="517">
         <v>0.152</v>
       </c>
-      <c r="L177" s="568">
+      <c r="L177" s="517">
         <v>0.24199999999999999</v>
       </c>
       <c r="M177" s="77"/>
       <c r="N177" s="77"/>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A178" s="77"/>
       <c r="B178" s="77"/>
       <c r="C178" s="77"/>
       <c r="D178" s="182"/>
       <c r="E178" s="182"/>
       <c r="F178" s="182"/>
       <c r="G178" s="182"/>
       <c r="H178" s="182"/>
       <c r="I178" s="182"/>
-      <c r="J178" s="568">
+      <c r="J178" s="517">
         <v>0.29299999999999998</v>
       </c>
-      <c r="K178" s="568">
+      <c r="K178" s="517">
         <v>0.153</v>
       </c>
-      <c r="L178" s="568">
+      <c r="L178" s="517">
         <v>0.24299999999999999</v>
       </c>
       <c r="M178" s="77"/>
       <c r="N178" s="77"/>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A179" s="77"/>
       <c r="B179" s="77"/>
       <c r="C179" s="77"/>
       <c r="D179" s="182"/>
       <c r="E179" s="182"/>
       <c r="F179" s="182"/>
       <c r="G179" s="182"/>
       <c r="H179" s="182"/>
       <c r="I179" s="182"/>
-      <c r="J179" s="568">
+      <c r="J179" s="517">
         <v>0.29399999999999998</v>
       </c>
-      <c r="K179" s="568">
+      <c r="K179" s="517">
         <v>0.154</v>
       </c>
-      <c r="L179" s="568">
+      <c r="L179" s="517">
         <v>0.24399999999999999</v>
       </c>
       <c r="M179" s="77"/>
       <c r="N179" s="77"/>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A180" s="77"/>
       <c r="B180" s="77"/>
       <c r="C180" s="77"/>
       <c r="D180" s="182"/>
       <c r="E180" s="182"/>
       <c r="F180" s="182"/>
       <c r="G180" s="182"/>
       <c r="H180" s="182"/>
       <c r="I180" s="182"/>
-      <c r="J180" s="568">
+      <c r="J180" s="517">
         <v>0.29499999999999998</v>
       </c>
-      <c r="K180" s="568">
+      <c r="K180" s="517">
         <v>0.155</v>
       </c>
-      <c r="L180" s="568">
+      <c r="L180" s="517">
         <v>0.245</v>
       </c>
       <c r="M180" s="77"/>
       <c r="N180" s="77"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A181" s="77"/>
       <c r="B181" s="77"/>
       <c r="C181" s="77"/>
       <c r="D181" s="182"/>
       <c r="E181" s="182"/>
       <c r="F181" s="182"/>
       <c r="G181" s="182"/>
       <c r="H181" s="182"/>
       <c r="I181" s="182"/>
-      <c r="J181" s="568">
+      <c r="J181" s="517">
         <v>0.29599999999999999</v>
       </c>
-      <c r="K181" s="568">
+      <c r="K181" s="517">
         <v>0.156</v>
       </c>
-      <c r="L181" s="568">
+      <c r="L181" s="517">
         <v>0.246</v>
       </c>
       <c r="M181" s="77"/>
       <c r="N181" s="77"/>
     </row>
     <row r="182" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A182" s="77"/>
       <c r="B182" s="77"/>
       <c r="C182" s="77"/>
       <c r="D182" s="182"/>
       <c r="E182" s="182"/>
       <c r="F182" s="182"/>
       <c r="G182" s="182"/>
       <c r="H182" s="182"/>
       <c r="I182" s="182"/>
-      <c r="J182" s="568">
+      <c r="J182" s="517">
         <v>0.29699999999999999</v>
       </c>
-      <c r="K182" s="568">
+      <c r="K182" s="517">
         <v>0.157</v>
       </c>
-      <c r="L182" s="568">
+      <c r="L182" s="517">
         <v>0.247</v>
       </c>
       <c r="M182" s="77"/>
       <c r="N182" s="77"/>
     </row>
     <row r="183" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A183" s="77"/>
       <c r="B183" s="77"/>
       <c r="C183" s="77"/>
       <c r="D183" s="182"/>
       <c r="E183" s="182"/>
       <c r="F183" s="182"/>
       <c r="G183" s="182"/>
       <c r="H183" s="182"/>
       <c r="I183" s="182"/>
-      <c r="J183" s="568">
+      <c r="J183" s="517">
         <v>0.29799999999999999</v>
       </c>
-      <c r="K183" s="568">
+      <c r="K183" s="517">
         <v>0.158</v>
       </c>
-      <c r="L183" s="568">
+      <c r="L183" s="517">
         <v>0.248</v>
       </c>
       <c r="M183" s="77"/>
       <c r="N183" s="77"/>
     </row>
     <row r="184" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A184" s="77"/>
       <c r="B184" s="77"/>
       <c r="C184" s="77"/>
       <c r="D184" s="182"/>
       <c r="E184" s="182"/>
       <c r="F184" s="182"/>
       <c r="G184" s="182"/>
       <c r="H184" s="182"/>
       <c r="I184" s="182"/>
-      <c r="J184" s="568">
+      <c r="J184" s="517">
         <v>0.29899999999999999</v>
       </c>
-      <c r="K184" s="568">
+      <c r="K184" s="517">
         <v>0.159</v>
       </c>
-      <c r="L184" s="568">
+      <c r="L184" s="517">
         <v>0.249</v>
       </c>
       <c r="M184" s="77"/>
       <c r="N184" s="77"/>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A185" s="77"/>
       <c r="B185" s="77"/>
       <c r="C185" s="77"/>
       <c r="D185" s="182"/>
       <c r="E185" s="182"/>
       <c r="F185" s="182"/>
       <c r="G185" s="182"/>
       <c r="H185" s="182"/>
       <c r="I185" s="182"/>
-      <c r="J185" s="568">
+      <c r="J185" s="517">
         <v>0.3</v>
       </c>
-      <c r="K185" s="568">
+      <c r="K185" s="517">
         <v>0.16</v>
       </c>
-      <c r="L185" s="568">
+      <c r="L185" s="517">
         <v>0.25</v>
       </c>
       <c r="M185" s="77"/>
       <c r="N185" s="77"/>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A186" s="77"/>
       <c r="B186" s="77"/>
       <c r="C186" s="77"/>
       <c r="D186" s="182"/>
       <c r="E186" s="182"/>
       <c r="F186" s="182"/>
       <c r="G186" s="182"/>
       <c r="H186" s="182"/>
       <c r="I186" s="182"/>
-      <c r="J186" s="568">
+      <c r="J186" s="517">
         <v>0.30099999999999999</v>
       </c>
-      <c r="K186" s="568">
+      <c r="K186" s="517">
         <v>0.161</v>
       </c>
-      <c r="L186" s="568">
+      <c r="L186" s="517">
         <v>0.251</v>
       </c>
       <c r="M186" s="77"/>
       <c r="N186" s="77"/>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A187" s="77"/>
       <c r="B187" s="77"/>
       <c r="C187" s="77"/>
       <c r="D187" s="182"/>
       <c r="E187" s="182"/>
       <c r="F187" s="182"/>
       <c r="G187" s="182"/>
       <c r="H187" s="182"/>
       <c r="I187" s="182"/>
-      <c r="J187" s="568">
+      <c r="J187" s="517">
         <v>0.30199999999999999</v>
       </c>
-      <c r="K187" s="568">
+      <c r="K187" s="517">
         <v>0.16200000000000001</v>
       </c>
-      <c r="L187" s="568">
+      <c r="L187" s="517">
         <v>0.252</v>
       </c>
       <c r="M187" s="77"/>
       <c r="N187" s="77"/>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A188" s="77"/>
       <c r="B188" s="77"/>
       <c r="C188" s="77"/>
       <c r="D188" s="182"/>
       <c r="E188" s="182"/>
       <c r="F188" s="182"/>
       <c r="G188" s="182"/>
       <c r="H188" s="182"/>
       <c r="I188" s="182"/>
-      <c r="J188" s="568">
+      <c r="J188" s="517">
         <v>0.30299999999999999</v>
       </c>
-      <c r="K188" s="568">
+      <c r="K188" s="517">
         <v>0.16300000000000001</v>
       </c>
-      <c r="L188" s="568">
+      <c r="L188" s="517">
         <v>0.253</v>
       </c>
       <c r="M188" s="77"/>
       <c r="N188" s="77"/>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A189" s="77"/>
       <c r="B189" s="77"/>
       <c r="C189" s="77"/>
       <c r="D189" s="182"/>
       <c r="E189" s="182"/>
       <c r="F189" s="182"/>
       <c r="G189" s="182"/>
       <c r="H189" s="182"/>
       <c r="I189" s="182"/>
-      <c r="J189" s="568">
+      <c r="J189" s="517">
         <v>0.30399999999999999</v>
       </c>
-      <c r="K189" s="568">
+      <c r="K189" s="517">
         <v>0.16400000000000001</v>
       </c>
-      <c r="L189" s="568">
+      <c r="L189" s="517">
         <v>0.254</v>
       </c>
       <c r="M189" s="77"/>
       <c r="N189" s="77"/>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A190" s="77"/>
       <c r="B190" s="77"/>
       <c r="C190" s="77"/>
       <c r="D190" s="182"/>
       <c r="E190" s="182"/>
       <c r="F190" s="182"/>
       <c r="G190" s="182"/>
       <c r="H190" s="182"/>
       <c r="I190" s="182"/>
-      <c r="J190" s="568">
+      <c r="J190" s="517">
         <v>0.30499999999999999</v>
       </c>
-      <c r="K190" s="568">
+      <c r="K190" s="517">
         <v>0.16500000000000001</v>
       </c>
-      <c r="L190" s="568">
+      <c r="L190" s="517">
         <v>0.255</v>
       </c>
       <c r="M190" s="77"/>
       <c r="N190" s="77"/>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A191" s="77"/>
       <c r="B191" s="77"/>
       <c r="C191" s="77"/>
       <c r="D191" s="182"/>
       <c r="E191" s="182"/>
       <c r="F191" s="182"/>
       <c r="G191" s="182"/>
       <c r="H191" s="182"/>
       <c r="I191" s="182"/>
-      <c r="J191" s="568">
+      <c r="J191" s="517">
         <v>0.30599999999999999</v>
       </c>
-      <c r="K191" s="568">
+      <c r="K191" s="517">
         <v>0.16600000000000001</v>
       </c>
-      <c r="L191" s="568">
+      <c r="L191" s="517">
         <v>0.25600000000000001</v>
       </c>
       <c r="M191" s="77"/>
       <c r="N191" s="77"/>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A192" s="77"/>
       <c r="B192" s="77"/>
       <c r="C192" s="77"/>
       <c r="D192" s="182"/>
       <c r="E192" s="182"/>
       <c r="F192" s="182"/>
       <c r="G192" s="182"/>
       <c r="H192" s="182"/>
       <c r="I192" s="182"/>
-      <c r="J192" s="568">
+      <c r="J192" s="517">
         <v>0.307</v>
       </c>
-      <c r="K192" s="568">
+      <c r="K192" s="517">
         <v>0.16700000000000001</v>
       </c>
-      <c r="L192" s="568">
+      <c r="L192" s="517">
         <v>0.25700000000000001</v>
       </c>
       <c r="M192" s="77"/>
       <c r="N192" s="77"/>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A193" s="77"/>
       <c r="B193" s="77"/>
       <c r="C193" s="77"/>
       <c r="D193" s="182"/>
       <c r="E193" s="182"/>
       <c r="F193" s="182"/>
       <c r="G193" s="182"/>
       <c r="H193" s="182"/>
       <c r="I193" s="182"/>
-      <c r="J193" s="568">
+      <c r="J193" s="517">
         <v>0.308</v>
       </c>
-      <c r="K193" s="568">
+      <c r="K193" s="517">
         <v>0.16800000000000001</v>
       </c>
-      <c r="L193" s="568">
+      <c r="L193" s="517">
         <v>0.25800000000000001</v>
       </c>
       <c r="M193" s="77"/>
       <c r="N193" s="77"/>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A194" s="77"/>
       <c r="B194" s="77"/>
       <c r="C194" s="77"/>
       <c r="D194" s="182"/>
       <c r="E194" s="182"/>
       <c r="F194" s="182"/>
       <c r="G194" s="182"/>
       <c r="H194" s="182"/>
       <c r="I194" s="182"/>
-      <c r="J194" s="568">
+      <c r="J194" s="517">
         <v>0.309</v>
       </c>
-      <c r="K194" s="568">
+      <c r="K194" s="517">
         <v>0.16900000000000001</v>
       </c>
-      <c r="L194" s="568">
+      <c r="L194" s="517">
         <v>0.25900000000000001</v>
       </c>
       <c r="M194" s="77"/>
       <c r="N194" s="77"/>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A195" s="77"/>
       <c r="B195" s="77"/>
       <c r="C195" s="77"/>
       <c r="D195" s="182"/>
       <c r="E195" s="182"/>
       <c r="F195" s="182"/>
       <c r="G195" s="182"/>
       <c r="H195" s="182"/>
       <c r="I195" s="182"/>
-      <c r="J195" s="568">
+      <c r="J195" s="517">
         <v>0.31</v>
       </c>
-      <c r="K195" s="568">
+      <c r="K195" s="517">
         <v>0.17</v>
       </c>
-      <c r="L195" s="568">
+      <c r="L195" s="517">
         <v>0.26</v>
       </c>
       <c r="M195" s="77"/>
       <c r="N195" s="77"/>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A196" s="77"/>
       <c r="B196" s="77"/>
       <c r="C196" s="77"/>
       <c r="D196" s="182"/>
       <c r="E196" s="182"/>
       <c r="F196" s="182"/>
       <c r="G196" s="182"/>
       <c r="H196" s="182"/>
       <c r="I196" s="182"/>
-      <c r="J196" s="568">
+      <c r="J196" s="517">
         <v>0.311</v>
       </c>
-      <c r="K196" s="568">
+      <c r="K196" s="517">
         <v>0.17100000000000001</v>
       </c>
-      <c r="L196" s="568">
+      <c r="L196" s="517">
         <v>0.26100000000000001</v>
       </c>
       <c r="M196" s="77"/>
       <c r="N196" s="77"/>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A197" s="77"/>
       <c r="B197" s="77"/>
       <c r="C197" s="77"/>
       <c r="D197" s="182"/>
       <c r="E197" s="182"/>
       <c r="F197" s="182"/>
       <c r="G197" s="182"/>
       <c r="H197" s="182"/>
       <c r="I197" s="182"/>
-      <c r="J197" s="568">
+      <c r="J197" s="517">
         <v>0.312</v>
       </c>
-      <c r="K197" s="568">
+      <c r="K197" s="517">
         <v>0.17199999999999999</v>
       </c>
-      <c r="L197" s="568">
+      <c r="L197" s="517">
         <v>0.26200000000000001</v>
       </c>
       <c r="M197" s="77"/>
       <c r="N197" s="77"/>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A198" s="77"/>
       <c r="B198" s="77"/>
       <c r="C198" s="77"/>
       <c r="D198" s="182"/>
       <c r="E198" s="182"/>
       <c r="F198" s="182"/>
       <c r="G198" s="182"/>
       <c r="H198" s="182"/>
       <c r="I198" s="182"/>
-      <c r="J198" s="568">
+      <c r="J198" s="517">
         <v>0.313</v>
       </c>
-      <c r="K198" s="568">
+      <c r="K198" s="517">
         <v>0.17299999999999999</v>
       </c>
-      <c r="L198" s="568">
+      <c r="L198" s="517">
         <v>0.26300000000000001</v>
       </c>
       <c r="M198" s="77"/>
       <c r="N198" s="77"/>
     </row>
     <row r="199" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A199" s="77"/>
       <c r="B199" s="77"/>
       <c r="C199" s="77"/>
       <c r="D199" s="182"/>
       <c r="E199" s="182"/>
       <c r="F199" s="182"/>
       <c r="G199" s="182"/>
       <c r="H199" s="182"/>
       <c r="I199" s="182"/>
-      <c r="J199" s="568">
+      <c r="J199" s="517">
         <v>0.314</v>
       </c>
-      <c r="K199" s="568">
+      <c r="K199" s="517">
         <v>0.17399999999999999</v>
       </c>
-      <c r="L199" s="568">
+      <c r="L199" s="517">
         <v>0.26400000000000001</v>
       </c>
       <c r="M199" s="77"/>
       <c r="N199" s="77"/>
     </row>
     <row r="200" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A200" s="77"/>
       <c r="B200" s="77"/>
       <c r="C200" s="77"/>
       <c r="D200" s="182"/>
       <c r="E200" s="182"/>
       <c r="F200" s="182"/>
       <c r="G200" s="182"/>
       <c r="H200" s="182"/>
       <c r="I200" s="182"/>
-      <c r="J200" s="568">
+      <c r="J200" s="517">
         <v>0.315</v>
       </c>
-      <c r="K200" s="568">
+      <c r="K200" s="517">
         <v>0.17499999999999999</v>
       </c>
-      <c r="L200" s="568">
+      <c r="L200" s="517">
         <v>0.26500000000000001</v>
       </c>
       <c r="M200" s="77"/>
       <c r="N200" s="77"/>
     </row>
     <row r="201" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A201" s="77"/>
       <c r="B201" s="77"/>
       <c r="C201" s="77"/>
       <c r="D201" s="182"/>
       <c r="E201" s="182"/>
       <c r="F201" s="182"/>
       <c r="G201" s="182"/>
       <c r="H201" s="182"/>
       <c r="I201" s="182"/>
-      <c r="J201" s="568">
+      <c r="J201" s="517">
         <v>0.316</v>
       </c>
-      <c r="K201" s="568">
+      <c r="K201" s="517">
         <v>0.17599999999999999</v>
       </c>
-      <c r="L201" s="568">
+      <c r="L201" s="517">
         <v>0.26600000000000001</v>
       </c>
       <c r="M201" s="77"/>
       <c r="N201" s="77"/>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A202" s="77"/>
       <c r="B202" s="77"/>
       <c r="C202" s="77"/>
       <c r="D202" s="182"/>
       <c r="E202" s="182"/>
       <c r="F202" s="182"/>
       <c r="G202" s="182"/>
       <c r="H202" s="182"/>
       <c r="I202" s="182"/>
-      <c r="J202" s="568">
+      <c r="J202" s="517">
         <v>0.317</v>
       </c>
-      <c r="K202" s="568">
+      <c r="K202" s="517">
         <v>0.17699999999999999</v>
       </c>
-      <c r="L202" s="568">
+      <c r="L202" s="517">
         <v>0.26700000000000002</v>
       </c>
       <c r="M202" s="77"/>
       <c r="N202" s="77"/>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A203" s="77"/>
       <c r="B203" s="77"/>
       <c r="C203" s="77"/>
       <c r="D203" s="182"/>
       <c r="E203" s="182"/>
       <c r="F203" s="182"/>
       <c r="G203" s="182"/>
       <c r="H203" s="182"/>
       <c r="I203" s="182"/>
-      <c r="J203" s="568">
+      <c r="J203" s="517">
         <v>0.318</v>
       </c>
-      <c r="K203" s="568">
+      <c r="K203" s="517">
         <v>0.17799999999999999</v>
       </c>
-      <c r="L203" s="568">
+      <c r="L203" s="517">
         <v>0.26800000000000002</v>
       </c>
       <c r="M203" s="77"/>
       <c r="N203" s="77"/>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A204" s="77"/>
       <c r="B204" s="77"/>
       <c r="C204" s="77"/>
       <c r="D204" s="182"/>
       <c r="E204" s="182"/>
       <c r="F204" s="182"/>
       <c r="G204" s="182"/>
       <c r="H204" s="182"/>
       <c r="I204" s="182"/>
-      <c r="J204" s="568">
+      <c r="J204" s="517">
         <v>0.31900000000000001</v>
       </c>
-      <c r="K204" s="568">
+      <c r="K204" s="517">
         <v>0.17899999999999999</v>
       </c>
-      <c r="L204" s="568">
+      <c r="L204" s="517">
         <v>0.26900000000000002</v>
       </c>
       <c r="M204" s="77"/>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A205" s="77"/>
       <c r="B205" s="77"/>
       <c r="C205" s="77"/>
       <c r="D205" s="182"/>
       <c r="E205" s="182"/>
       <c r="F205" s="182"/>
       <c r="G205" s="182"/>
       <c r="H205" s="182"/>
       <c r="I205" s="182"/>
-      <c r="J205" s="568">
+      <c r="J205" s="517">
         <v>0.32</v>
       </c>
-      <c r="K205" s="568">
+      <c r="K205" s="517">
         <v>0.18</v>
       </c>
-      <c r="L205" s="568">
+      <c r="L205" s="517">
         <v>0.27</v>
       </c>
       <c r="M205" s="77"/>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A206" s="77"/>
       <c r="B206" s="77"/>
       <c r="C206" s="77"/>
       <c r="D206" s="182"/>
       <c r="E206" s="182"/>
       <c r="F206" s="182"/>
       <c r="G206" s="182"/>
       <c r="H206" s="182"/>
       <c r="I206" s="182"/>
-      <c r="J206" s="568">
+      <c r="J206" s="517">
         <v>0.32100000000000001</v>
       </c>
-      <c r="K206" s="568">
+      <c r="K206" s="517">
         <v>0.18099999999999999</v>
       </c>
-      <c r="L206" s="568">
+      <c r="L206" s="517">
         <v>0.27100000000000002</v>
       </c>
       <c r="M206" s="77"/>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A207" s="77"/>
       <c r="B207" s="77"/>
       <c r="C207" s="77"/>
       <c r="D207" s="182"/>
       <c r="E207" s="182"/>
       <c r="F207" s="182"/>
       <c r="G207" s="182"/>
       <c r="H207" s="182"/>
       <c r="I207" s="182"/>
-      <c r="J207" s="568">
+      <c r="J207" s="517">
         <v>0.32200000000000001</v>
       </c>
-      <c r="K207" s="568">
+      <c r="K207" s="517">
         <v>0.182</v>
       </c>
-      <c r="L207" s="568">
+      <c r="L207" s="517">
         <v>0.27200000000000002</v>
       </c>
       <c r="M207" s="77"/>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A208" s="77"/>
       <c r="B208" s="77"/>
       <c r="C208" s="77"/>
       <c r="D208" s="182"/>
       <c r="E208" s="182"/>
       <c r="F208" s="182"/>
       <c r="G208" s="182"/>
       <c r="H208" s="182"/>
       <c r="I208" s="182"/>
-      <c r="J208" s="568">
+      <c r="J208" s="517">
         <v>0.32300000000000001</v>
       </c>
-      <c r="K208" s="568">
+      <c r="K208" s="517">
         <v>0.183</v>
       </c>
-      <c r="L208" s="568">
+      <c r="L208" s="517">
         <v>0.27300000000000002</v>
       </c>
       <c r="M208" s="77"/>
     </row>
     <row r="209" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A209" s="77"/>
       <c r="B209" s="77"/>
       <c r="C209" s="77"/>
       <c r="D209" s="182"/>
       <c r="E209" s="182"/>
       <c r="F209" s="182"/>
       <c r="G209" s="182"/>
       <c r="H209" s="182"/>
       <c r="I209" s="182"/>
-      <c r="J209" s="568">
+      <c r="J209" s="517">
         <v>0.32400000000000001</v>
       </c>
-      <c r="K209" s="568">
+      <c r="K209" s="517">
         <v>0.184</v>
       </c>
-      <c r="L209" s="568">
+      <c r="L209" s="517">
         <v>0.27400000000000002</v>
       </c>
       <c r="M209" s="77"/>
     </row>
     <row r="210" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A210" s="77"/>
       <c r="B210" s="77"/>
       <c r="C210" s="77"/>
       <c r="D210" s="182"/>
       <c r="E210" s="182"/>
       <c r="F210" s="182"/>
       <c r="G210" s="182"/>
       <c r="H210" s="182"/>
       <c r="I210" s="182"/>
-      <c r="J210" s="568">
+      <c r="J210" s="517">
         <v>0.32500000000000001</v>
       </c>
-      <c r="K210" s="568">
+      <c r="K210" s="517">
         <v>0.185</v>
       </c>
-      <c r="L210" s="568">
+      <c r="L210" s="517">
         <v>0.27500000000000002</v>
       </c>
       <c r="M210" s="77"/>
     </row>
     <row r="211" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A211" s="77"/>
       <c r="B211" s="77"/>
       <c r="C211" s="77"/>
       <c r="D211" s="182"/>
       <c r="E211" s="182"/>
       <c r="F211" s="182"/>
       <c r="G211" s="182"/>
       <c r="H211" s="182"/>
       <c r="I211" s="182"/>
-      <c r="J211" s="568">
+      <c r="J211" s="517">
         <v>0.32600000000000001</v>
       </c>
-      <c r="K211" s="568">
+      <c r="K211" s="517">
         <v>0.186</v>
       </c>
-      <c r="L211" s="568">
+      <c r="L211" s="517">
         <v>0.27600000000000002</v>
       </c>
       <c r="M211" s="77"/>
     </row>
     <row r="212" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A212" s="77"/>
       <c r="B212" s="77"/>
       <c r="C212" s="77"/>
       <c r="D212" s="182"/>
       <c r="E212" s="182"/>
       <c r="F212" s="182"/>
       <c r="G212" s="182"/>
       <c r="H212" s="182"/>
       <c r="I212" s="182"/>
-      <c r="J212" s="568">
+      <c r="J212" s="517">
         <v>0.32700000000000001</v>
       </c>
-      <c r="K212" s="568">
+      <c r="K212" s="517">
         <v>0.187</v>
       </c>
-      <c r="L212" s="568">
+      <c r="L212" s="517">
         <v>0.27700000000000002</v>
       </c>
       <c r="M212" s="77"/>
     </row>
     <row r="213" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A213" s="77"/>
       <c r="B213" s="77"/>
       <c r="C213" s="77"/>
       <c r="D213" s="182"/>
       <c r="E213" s="182"/>
       <c r="F213" s="182"/>
       <c r="G213" s="182"/>
       <c r="H213" s="182"/>
       <c r="I213" s="182"/>
-      <c r="J213" s="568">
+      <c r="J213" s="517">
         <v>0.32800000000000001</v>
       </c>
-      <c r="K213" s="568">
+      <c r="K213" s="517">
         <v>0.188</v>
       </c>
-      <c r="L213" s="568">
+      <c r="L213" s="517">
         <v>0.27800000000000002</v>
       </c>
       <c r="M213" s="77"/>
     </row>
     <row r="214" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A214" s="77"/>
       <c r="B214" s="77"/>
       <c r="C214" s="77"/>
       <c r="D214" s="182"/>
       <c r="E214" s="182"/>
       <c r="F214" s="182"/>
       <c r="G214" s="182"/>
       <c r="H214" s="182"/>
       <c r="I214" s="182"/>
-      <c r="J214" s="568">
+      <c r="J214" s="517">
         <v>0.32900000000000001</v>
       </c>
-      <c r="K214" s="568">
+      <c r="K214" s="517">
         <v>0.189</v>
       </c>
-      <c r="L214" s="568">
+      <c r="L214" s="517">
         <v>0.27900000000000003</v>
       </c>
       <c r="M214" s="77"/>
     </row>
     <row r="215" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A215" s="77"/>
       <c r="B215" s="77"/>
       <c r="C215" s="77"/>
       <c r="D215" s="182"/>
       <c r="E215" s="182"/>
       <c r="F215" s="182"/>
       <c r="G215" s="182"/>
       <c r="H215" s="182"/>
       <c r="I215" s="182"/>
-      <c r="J215" s="568">
+      <c r="J215" s="517">
         <v>0.33</v>
       </c>
-      <c r="K215" s="568">
+      <c r="K215" s="517">
         <v>0.19</v>
       </c>
-      <c r="L215" s="568">
+      <c r="L215" s="517">
         <v>0.28000000000000003</v>
       </c>
       <c r="M215" s="77"/>
     </row>
     <row r="216" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A216" s="77"/>
       <c r="B216" s="77"/>
       <c r="C216" s="77"/>
       <c r="D216" s="182"/>
       <c r="E216" s="182"/>
       <c r="F216" s="182"/>
       <c r="G216" s="182"/>
       <c r="H216" s="182"/>
       <c r="I216" s="182"/>
-      <c r="J216" s="568">
+      <c r="J216" s="517">
         <v>0.33100000000000002</v>
       </c>
-      <c r="K216" s="568">
+      <c r="K216" s="517">
         <v>0.191</v>
       </c>
-      <c r="L216" s="568">
+      <c r="L216" s="517">
         <v>0.28100000000000003</v>
       </c>
       <c r="M216" s="77"/>
     </row>
     <row r="217" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A217" s="77"/>
       <c r="B217" s="77"/>
       <c r="C217" s="77"/>
       <c r="D217" s="182"/>
       <c r="E217" s="182"/>
       <c r="F217" s="182"/>
       <c r="G217" s="182"/>
       <c r="H217" s="182"/>
       <c r="I217" s="182"/>
-      <c r="J217" s="568">
+      <c r="J217" s="517">
         <v>0.33200000000000002</v>
       </c>
-      <c r="K217" s="568">
+      <c r="K217" s="517">
         <v>0.192</v>
       </c>
-      <c r="L217" s="568">
+      <c r="L217" s="517">
         <v>0.28199999999999997</v>
       </c>
       <c r="M217" s="77"/>
     </row>
     <row r="218" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A218" s="77"/>
       <c r="B218" s="77"/>
       <c r="C218" s="77"/>
       <c r="D218" s="182"/>
       <c r="E218" s="182"/>
       <c r="F218" s="182"/>
       <c r="G218" s="182"/>
       <c r="H218" s="182"/>
       <c r="I218" s="182"/>
-      <c r="J218" s="568">
+      <c r="J218" s="517">
         <v>0.33300000000000002</v>
       </c>
-      <c r="K218" s="568">
+      <c r="K218" s="517">
         <v>0.193</v>
       </c>
-      <c r="L218" s="568">
+      <c r="L218" s="517">
         <v>0.28299999999999997</v>
       </c>
       <c r="M218" s="77"/>
     </row>
     <row r="219" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A219" s="77"/>
       <c r="B219" s="77"/>
       <c r="C219" s="77"/>
       <c r="D219" s="182"/>
       <c r="E219" s="182"/>
       <c r="F219" s="182"/>
       <c r="G219" s="182"/>
       <c r="H219" s="182"/>
       <c r="I219" s="182"/>
-      <c r="J219" s="568">
+      <c r="J219" s="517">
         <v>0.33400000000000002</v>
       </c>
-      <c r="K219" s="568">
+      <c r="K219" s="517">
         <v>0.19400000000000001</v>
       </c>
-      <c r="L219" s="568">
+      <c r="L219" s="517">
         <v>0.28399999999999997</v>
       </c>
       <c r="M219" s="77"/>
     </row>
     <row r="220" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A220" s="77"/>
       <c r="B220" s="77"/>
       <c r="C220" s="77"/>
       <c r="D220" s="182"/>
       <c r="E220" s="182"/>
       <c r="F220" s="182"/>
       <c r="G220" s="182"/>
       <c r="H220" s="182"/>
       <c r="I220" s="182"/>
-      <c r="J220" s="568">
+      <c r="J220" s="517">
         <v>0.33500000000000002</v>
       </c>
-      <c r="K220" s="568">
+      <c r="K220" s="517">
         <v>0.19500000000000001</v>
       </c>
-      <c r="L220" s="568">
+      <c r="L220" s="517">
         <v>0.28499999999999998</v>
       </c>
       <c r="M220" s="77"/>
     </row>
     <row r="221" spans="1:13" x14ac:dyDescent="0.25">
       <c r="D221" s="182"/>
       <c r="E221" s="182"/>
       <c r="F221" s="182"/>
       <c r="G221" s="182"/>
       <c r="H221" s="182"/>
       <c r="I221" s="182"/>
-      <c r="J221" s="568">
+      <c r="J221" s="517">
         <v>0.33600000000000002</v>
       </c>
-      <c r="K221" s="568">
+      <c r="K221" s="517">
         <v>0.19600000000000001</v>
       </c>
-      <c r="L221" s="568">
+      <c r="L221" s="517">
         <v>0.28599999999999998</v>
       </c>
       <c r="M221" s="77"/>
     </row>
     <row r="222" spans="1:13" x14ac:dyDescent="0.25">
       <c r="D222" s="182"/>
       <c r="E222" s="182"/>
       <c r="F222" s="182"/>
       <c r="G222" s="182"/>
       <c r="H222" s="182"/>
       <c r="I222" s="182"/>
-      <c r="J222" s="568">
+      <c r="J222" s="517">
         <v>0.33700000000000002</v>
       </c>
-      <c r="K222" s="568">
+      <c r="K222" s="517">
         <v>0.19700000000000001</v>
       </c>
-      <c r="L222" s="568">
+      <c r="L222" s="517">
         <v>0.28699999999999998</v>
       </c>
       <c r="M222" s="77"/>
     </row>
     <row r="223" spans="1:13" x14ac:dyDescent="0.25">
       <c r="D223" s="182"/>
       <c r="E223" s="182"/>
       <c r="F223" s="182"/>
       <c r="G223" s="182"/>
       <c r="H223" s="182"/>
       <c r="I223" s="182"/>
-      <c r="J223" s="568">
+      <c r="J223" s="517">
         <v>0.33800000000000002</v>
       </c>
-      <c r="K223" s="568">
+      <c r="K223" s="517">
         <v>0.19800000000000001</v>
       </c>
-      <c r="L223" s="568">
+      <c r="L223" s="517">
         <v>0.28799999999999998</v>
       </c>
       <c r="M223" s="77"/>
     </row>
     <row r="224" spans="1:13" x14ac:dyDescent="0.25">
       <c r="D224" s="182"/>
       <c r="E224" s="182"/>
       <c r="F224" s="182"/>
       <c r="G224" s="182"/>
       <c r="H224" s="182"/>
       <c r="I224" s="182"/>
-      <c r="J224" s="568">
+      <c r="J224" s="517">
         <v>0.33900000000000002</v>
       </c>
-      <c r="K224" s="568">
+      <c r="K224" s="517">
         <v>0.19900000000000001</v>
       </c>
-      <c r="L224" s="568">
+      <c r="L224" s="517">
         <v>0.28899999999999998</v>
       </c>
       <c r="M224" s="77"/>
     </row>
     <row r="225" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D225" s="182"/>
       <c r="E225" s="182"/>
       <c r="F225" s="182"/>
       <c r="G225" s="182"/>
       <c r="H225" s="182"/>
       <c r="I225" s="182"/>
-      <c r="J225" s="568">
+      <c r="J225" s="517">
         <v>0.34</v>
       </c>
-      <c r="K225" s="568">
+      <c r="K225" s="517">
         <v>0.2</v>
       </c>
-      <c r="L225" s="568">
+      <c r="L225" s="517">
         <v>0.28999999999999998</v>
       </c>
       <c r="M225" s="77"/>
     </row>
     <row r="226" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D226" s="182"/>
       <c r="E226" s="182"/>
       <c r="F226" s="182"/>
       <c r="G226" s="182"/>
       <c r="H226" s="182"/>
       <c r="I226" s="182"/>
-      <c r="J226" s="568">
+      <c r="J226" s="517">
         <v>0.34100000000000003</v>
       </c>
-      <c r="K226" s="568">
+      <c r="K226" s="517">
         <v>0.20100000000000001</v>
       </c>
-      <c r="L226" s="568">
+      <c r="L226" s="517">
         <v>0.29099999999999998</v>
       </c>
       <c r="M226" s="77"/>
     </row>
     <row r="227" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D227" s="182"/>
       <c r="E227" s="182"/>
       <c r="F227" s="182"/>
       <c r="G227" s="182"/>
       <c r="H227" s="182"/>
       <c r="I227" s="182"/>
-      <c r="J227" s="568">
+      <c r="J227" s="517">
         <v>0.34200000000000003</v>
       </c>
-      <c r="K227" s="568">
+      <c r="K227" s="517">
         <v>0.20200000000000001</v>
       </c>
-      <c r="L227" s="568">
+      <c r="L227" s="517">
         <v>0.29199999999999998</v>
       </c>
       <c r="M227" s="77"/>
     </row>
     <row r="228" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D228" s="182"/>
       <c r="E228" s="182"/>
       <c r="F228" s="182"/>
       <c r="G228" s="182"/>
       <c r="H228" s="182"/>
       <c r="I228" s="182"/>
-      <c r="J228" s="568">
+      <c r="J228" s="517">
         <v>0.34300000000000003</v>
       </c>
-      <c r="K228" s="568">
+      <c r="K228" s="517">
         <v>0.20300000000000001</v>
       </c>
-      <c r="L228" s="568">
+      <c r="L228" s="517">
         <v>0.29299999999999998</v>
       </c>
       <c r="M228" s="77"/>
     </row>
     <row r="229" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D229" s="182"/>
       <c r="E229" s="182"/>
       <c r="F229" s="182"/>
       <c r="G229" s="182"/>
       <c r="H229" s="182"/>
       <c r="I229" s="182"/>
-      <c r="J229" s="568">
+      <c r="J229" s="517">
         <v>0.34399999999999997</v>
       </c>
-      <c r="K229" s="568">
+      <c r="K229" s="517">
         <v>0.20399999999999999</v>
       </c>
-      <c r="L229" s="568">
+      <c r="L229" s="517">
         <v>0.29399999999999998</v>
       </c>
       <c r="M229" s="77"/>
     </row>
     <row r="230" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D230" s="182"/>
       <c r="E230" s="182"/>
       <c r="F230" s="182"/>
       <c r="G230" s="182"/>
       <c r="H230" s="182"/>
       <c r="I230" s="182"/>
-      <c r="J230" s="568">
+      <c r="J230" s="517">
         <v>0.34499999999999997</v>
       </c>
-      <c r="K230" s="568">
+      <c r="K230" s="517">
         <v>0.20499999999999999</v>
       </c>
-      <c r="L230" s="568">
+      <c r="L230" s="517">
         <v>0.29499999999999998</v>
       </c>
       <c r="M230" s="77"/>
     </row>
     <row r="231" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D231" s="182"/>
       <c r="E231" s="182"/>
       <c r="F231" s="182"/>
       <c r="G231" s="182"/>
       <c r="H231" s="182"/>
       <c r="I231" s="182"/>
-      <c r="J231" s="568">
+      <c r="J231" s="517">
         <v>0.34599999999999997</v>
       </c>
-      <c r="K231" s="568">
+      <c r="K231" s="517">
         <v>0.20599999999999999</v>
       </c>
-      <c r="L231" s="568">
+      <c r="L231" s="517">
         <v>0.29599999999999999</v>
       </c>
       <c r="M231" s="77"/>
     </row>
     <row r="232" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D232" s="182"/>
       <c r="E232" s="182"/>
       <c r="F232" s="182"/>
       <c r="G232" s="182"/>
       <c r="H232" s="182"/>
       <c r="I232" s="182"/>
-      <c r="J232" s="568">
+      <c r="J232" s="517">
         <v>0.34699999999999998</v>
       </c>
-      <c r="K232" s="568">
+      <c r="K232" s="517">
         <v>0.20699999999999999</v>
       </c>
-      <c r="L232" s="568">
+      <c r="L232" s="517">
         <v>0.29699999999999999</v>
       </c>
       <c r="M232" s="77"/>
     </row>
     <row r="233" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D233" s="182"/>
       <c r="E233" s="182"/>
       <c r="F233" s="182"/>
       <c r="G233" s="182"/>
       <c r="H233" s="182"/>
       <c r="I233" s="182"/>
-      <c r="J233" s="568">
+      <c r="J233" s="517">
         <v>0.34799999999999998</v>
       </c>
-      <c r="K233" s="568">
+      <c r="K233" s="517">
         <v>0.20799999999999999</v>
       </c>
-      <c r="L233" s="568">
+      <c r="L233" s="517">
         <v>0.29799999999999999</v>
       </c>
       <c r="M233" s="77"/>
     </row>
     <row r="234" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D234" s="182"/>
       <c r="E234" s="182"/>
       <c r="F234" s="182"/>
       <c r="G234" s="182"/>
       <c r="H234" s="182"/>
       <c r="I234" s="182"/>
-      <c r="J234" s="568">
+      <c r="J234" s="517">
         <v>0.34899999999999998</v>
       </c>
-      <c r="K234" s="568">
+      <c r="K234" s="517">
         <v>0.20899999999999999</v>
       </c>
-      <c r="L234" s="568">
+      <c r="L234" s="517">
         <v>0.29899999999999999</v>
       </c>
       <c r="M234" s="77"/>
     </row>
     <row r="235" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D235" s="182"/>
       <c r="E235" s="182"/>
       <c r="F235" s="182"/>
       <c r="G235" s="182"/>
       <c r="H235" s="182"/>
       <c r="I235" s="182"/>
-      <c r="J235" s="568">
+      <c r="J235" s="517">
         <v>0.35</v>
       </c>
-      <c r="K235" s="568">
+      <c r="K235" s="517">
         <v>0.21</v>
       </c>
-      <c r="L235" s="568">
+      <c r="L235" s="517">
         <v>0.3</v>
       </c>
       <c r="M235" s="77"/>
     </row>
     <row r="236" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D236" s="182"/>
       <c r="E236" s="182"/>
       <c r="F236" s="182"/>
       <c r="G236" s="182"/>
       <c r="H236" s="182"/>
       <c r="I236" s="182"/>
       <c r="J236" s="182"/>
       <c r="K236" s="182"/>
       <c r="L236" s="182"/>
       <c r="M236" s="77"/>
     </row>
     <row r="237" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D237" s="182"/>
       <c r="E237" s="182"/>
       <c r="F237" s="182"/>
       <c r="G237" s="182"/>
       <c r="H237" s="182"/>
       <c r="I237" s="182"/>
       <c r="J237" s="182"/>
       <c r="K237" s="182"/>
       <c r="L237" s="182"/>
       <c r="M237" s="77"/>
     </row>
     <row r="238" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D238" s="182"/>
       <c r="E238" s="182"/>
       <c r="F238" s="182"/>
       <c r="G238" s="182"/>
       <c r="H238" s="182"/>
       <c r="I238" s="182"/>
-      <c r="J238" s="576" t="s">
+      <c r="J238" s="525" t="s">
         <v>58</v>
       </c>
-      <c r="K238" s="576" t="s">
+      <c r="K238" s="525" t="s">
         <v>90</v>
       </c>
-      <c r="L238" s="576" t="s">
+      <c r="L238" s="525" t="s">
         <v>73</v>
       </c>
       <c r="M238" s="77"/>
     </row>
     <row r="239" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D239" s="182"/>
       <c r="E239" s="182"/>
       <c r="F239" s="182"/>
       <c r="G239" s="182"/>
       <c r="H239" s="182"/>
       <c r="I239" s="182"/>
-      <c r="J239" s="568">
+      <c r="J239" s="517">
         <v>0.09</v>
       </c>
-      <c r="K239" s="568">
+      <c r="K239" s="517">
         <v>0.03</v>
       </c>
-      <c r="L239" s="568">
+      <c r="L239" s="517">
         <v>0.05</v>
       </c>
       <c r="M239" s="77"/>
     </row>
     <row r="240" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D240" s="182"/>
       <c r="E240" s="182"/>
       <c r="F240" s="182"/>
       <c r="G240" s="182"/>
       <c r="H240" s="182"/>
       <c r="I240" s="182"/>
-      <c r="J240" s="568">
+      <c r="J240" s="517">
         <v>9.0999999999999998E-2</v>
       </c>
-      <c r="K240" s="568">
+      <c r="K240" s="517">
         <v>3.1E-2</v>
       </c>
-      <c r="L240" s="568">
+      <c r="L240" s="517">
         <v>5.0999999999999997E-2</v>
       </c>
       <c r="M240" s="77"/>
     </row>
     <row r="241" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D241" s="182"/>
       <c r="E241" s="182"/>
       <c r="F241" s="182"/>
       <c r="G241" s="182"/>
       <c r="H241" s="182"/>
       <c r="I241" s="182"/>
-      <c r="J241" s="568">
+      <c r="J241" s="517">
         <v>9.1999999999999998E-2</v>
       </c>
-      <c r="K241" s="568">
+      <c r="K241" s="517">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="L241" s="568">
+      <c r="L241" s="517">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="M241" s="77"/>
     </row>
     <row r="242" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D242" s="182"/>
       <c r="E242" s="182"/>
       <c r="F242" s="182"/>
       <c r="G242" s="182"/>
       <c r="H242" s="182"/>
       <c r="I242" s="182"/>
-      <c r="J242" s="568">
+      <c r="J242" s="517">
         <v>9.2999999999999999E-2</v>
       </c>
-      <c r="K242" s="568">
+      <c r="K242" s="517">
         <v>3.3000000000000002E-2</v>
       </c>
-      <c r="L242" s="568">
+      <c r="L242" s="517">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="M242" s="77"/>
     </row>
     <row r="243" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D243" s="182"/>
       <c r="E243" s="182"/>
       <c r="F243" s="182"/>
       <c r="G243" s="182"/>
       <c r="H243" s="182"/>
       <c r="I243" s="182"/>
-      <c r="J243" s="568">
+      <c r="J243" s="517">
         <v>9.4E-2</v>
       </c>
-      <c r="K243" s="568">
+      <c r="K243" s="517">
         <v>3.4000000000000002E-2</v>
       </c>
-      <c r="L243" s="568">
+      <c r="L243" s="517">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="M243" s="77"/>
     </row>
     <row r="244" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D244" s="182"/>
       <c r="E244" s="182"/>
       <c r="F244" s="182"/>
       <c r="G244" s="182"/>
       <c r="H244" s="182"/>
       <c r="I244" s="182"/>
-      <c r="J244" s="568">
+      <c r="J244" s="517">
         <v>9.5000000000000001E-2</v>
       </c>
-      <c r="K244" s="568">
+      <c r="K244" s="517">
         <v>3.5000000000000003E-2</v>
       </c>
-      <c r="L244" s="568">
+      <c r="L244" s="517">
         <v>5.5E-2</v>
       </c>
       <c r="M244" s="77"/>
     </row>
     <row r="245" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D245" s="182"/>
       <c r="E245" s="182"/>
       <c r="F245" s="182"/>
       <c r="G245" s="182"/>
       <c r="H245" s="182"/>
       <c r="I245" s="182"/>
-      <c r="J245" s="568">
+      <c r="J245" s="517">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="K245" s="568">
+      <c r="K245" s="517">
         <v>3.5999999999999997E-2</v>
       </c>
-      <c r="L245" s="568">
+      <c r="L245" s="517">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="M245" s="77"/>
     </row>
     <row r="246" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D246" s="182"/>
       <c r="E246" s="182"/>
       <c r="F246" s="182"/>
       <c r="G246" s="182"/>
       <c r="H246" s="182"/>
       <c r="I246" s="182"/>
-      <c r="J246" s="568">
+      <c r="J246" s="517">
         <v>9.7000000000000003E-2</v>
       </c>
-      <c r="K246" s="568">
+      <c r="K246" s="517">
         <v>3.6999999999999998E-2</v>
       </c>
-      <c r="L246" s="568">
+      <c r="L246" s="517">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="M246" s="77"/>
     </row>
     <row r="247" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D247" s="182"/>
       <c r="E247" s="182"/>
       <c r="F247" s="182"/>
       <c r="G247" s="182"/>
       <c r="H247" s="182"/>
       <c r="I247" s="182"/>
-      <c r="J247" s="568">
+      <c r="J247" s="517">
         <v>9.8000000000000004E-2</v>
       </c>
-      <c r="K247" s="568">
+      <c r="K247" s="517">
         <v>3.7999999999999999E-2</v>
       </c>
-      <c r="L247" s="568">
+      <c r="L247" s="517">
         <v>5.8000000000000003E-2</v>
       </c>
       <c r="M247" s="77"/>
     </row>
     <row r="248" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D248" s="182"/>
       <c r="E248" s="182"/>
       <c r="F248" s="182"/>
       <c r="G248" s="182"/>
       <c r="H248" s="182"/>
       <c r="I248" s="182"/>
-      <c r="J248" s="568">
+      <c r="J248" s="517">
         <v>9.9000000000000005E-2</v>
       </c>
-      <c r="K248" s="568">
+      <c r="K248" s="517">
         <v>3.9E-2</v>
       </c>
-      <c r="L248" s="568">
+      <c r="L248" s="517">
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="M248" s="77"/>
     </row>
     <row r="249" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D249" s="182"/>
       <c r="E249" s="182"/>
       <c r="F249" s="182"/>
       <c r="G249" s="182"/>
       <c r="H249" s="182"/>
       <c r="I249" s="182"/>
-      <c r="J249" s="568">
+      <c r="J249" s="517">
         <v>0.1</v>
       </c>
-      <c r="K249" s="568">
+      <c r="K249" s="517">
         <v>0.04</v>
       </c>
-      <c r="L249" s="568">
+      <c r="L249" s="517">
         <v>5.9999999999999901E-2</v>
       </c>
       <c r="M249" s="77"/>
     </row>
     <row r="250" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D250" s="182"/>
       <c r="E250" s="182"/>
       <c r="F250" s="182"/>
       <c r="G250" s="182"/>
       <c r="H250" s="182"/>
       <c r="I250" s="182"/>
-      <c r="J250" s="568">
+      <c r="J250" s="517">
         <v>0.10100000000000001</v>
       </c>
-      <c r="K250" s="568">
+      <c r="K250" s="517">
         <v>4.1000000000000002E-2</v>
       </c>
-      <c r="L250" s="568">
+      <c r="L250" s="517">
         <v>6.0999999999999902E-2</v>
       </c>
       <c r="M250" s="77"/>
     </row>
     <row r="251" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D251" s="182"/>
       <c r="E251" s="182"/>
       <c r="F251" s="182"/>
       <c r="G251" s="182"/>
       <c r="H251" s="182"/>
       <c r="I251" s="182"/>
-      <c r="J251" s="568">
+      <c r="J251" s="517">
         <v>0.10199999999999999</v>
       </c>
-      <c r="K251" s="568">
+      <c r="K251" s="517">
         <v>4.2000000000000003E-2</v>
       </c>
-      <c r="L251" s="568">
+      <c r="L251" s="517">
         <v>6.1999999999999902E-2</v>
       </c>
       <c r="M251" s="77"/>
     </row>
     <row r="252" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D252" s="182"/>
       <c r="E252" s="182"/>
       <c r="F252" s="182"/>
       <c r="G252" s="182"/>
       <c r="H252" s="182"/>
       <c r="I252" s="182"/>
-      <c r="J252" s="568">
+      <c r="J252" s="517">
         <v>0.10299999999999999</v>
       </c>
-      <c r="K252" s="568">
+      <c r="K252" s="517">
         <v>4.2999999999999997E-2</v>
       </c>
-      <c r="L252" s="568">
+      <c r="L252" s="517">
         <v>6.2999999999999903E-2</v>
       </c>
       <c r="M252" s="77"/>
     </row>
     <row r="253" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D253" s="182"/>
       <c r="E253" s="182"/>
       <c r="F253" s="182"/>
       <c r="G253" s="182"/>
       <c r="H253" s="182"/>
       <c r="I253" s="182"/>
-      <c r="J253" s="568">
+      <c r="J253" s="517">
         <v>0.104</v>
       </c>
-      <c r="K253" s="568">
+      <c r="K253" s="517">
         <v>4.3999999999999997E-2</v>
       </c>
-      <c r="L253" s="568">
+      <c r="L253" s="517">
         <v>6.3999999999999904E-2</v>
       </c>
       <c r="M253" s="77"/>
     </row>
     <row r="254" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D254" s="182"/>
       <c r="E254" s="182"/>
       <c r="F254" s="182"/>
       <c r="G254" s="182"/>
       <c r="H254" s="182"/>
       <c r="I254" s="182"/>
-      <c r="J254" s="568">
+      <c r="J254" s="517">
         <v>0.105</v>
       </c>
-      <c r="K254" s="568">
+      <c r="K254" s="517">
         <v>4.4999999999999998E-2</v>
       </c>
-      <c r="L254" s="568">
+      <c r="L254" s="517">
         <v>6.4999999999999905E-2</v>
       </c>
       <c r="M254" s="77"/>
     </row>
     <row r="255" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D255" s="182"/>
       <c r="E255" s="182"/>
       <c r="F255" s="182"/>
       <c r="G255" s="182"/>
       <c r="H255" s="182"/>
       <c r="I255" s="182"/>
-      <c r="J255" s="568">
+      <c r="J255" s="517">
         <v>0.106</v>
       </c>
-      <c r="K255" s="568">
+      <c r="K255" s="517">
         <v>4.5999999999999999E-2</v>
       </c>
-      <c r="L255" s="568">
+      <c r="L255" s="517">
         <v>6.5999999999999906E-2</v>
       </c>
       <c r="M255" s="77"/>
     </row>
     <row r="256" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D256" s="182"/>
       <c r="E256" s="182"/>
       <c r="F256" s="182"/>
       <c r="G256" s="182"/>
       <c r="H256" s="182"/>
       <c r="I256" s="182"/>
-      <c r="J256" s="568">
+      <c r="J256" s="517">
         <v>0.107</v>
       </c>
-      <c r="K256" s="568">
+      <c r="K256" s="517">
         <v>4.7E-2</v>
       </c>
-      <c r="L256" s="568">
+      <c r="L256" s="517">
         <v>6.6999999999999907E-2</v>
       </c>
       <c r="M256" s="77"/>
     </row>
     <row r="257" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D257" s="182"/>
       <c r="E257" s="182"/>
       <c r="F257" s="182"/>
       <c r="G257" s="182"/>
       <c r="H257" s="182"/>
       <c r="I257" s="182"/>
-      <c r="J257" s="568">
+      <c r="J257" s="517">
         <v>0.108</v>
       </c>
-      <c r="K257" s="568">
+      <c r="K257" s="517">
         <v>4.8000000000000001E-2</v>
       </c>
-      <c r="L257" s="568">
+      <c r="L257" s="517">
         <v>6.7999999999999894E-2</v>
       </c>
       <c r="M257" s="77"/>
     </row>
     <row r="258" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D258" s="182"/>
       <c r="E258" s="182"/>
       <c r="F258" s="182"/>
       <c r="G258" s="182"/>
       <c r="H258" s="182"/>
       <c r="I258" s="182"/>
-      <c r="J258" s="568">
+      <c r="J258" s="517">
         <v>0.109</v>
       </c>
-      <c r="K258" s="568">
+      <c r="K258" s="517">
         <v>4.9000000000000002E-2</v>
       </c>
-      <c r="L258" s="568">
+      <c r="L258" s="517">
         <v>6.8999999999999895E-2</v>
       </c>
       <c r="M258" s="77"/>
     </row>
     <row r="259" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D259" s="182"/>
       <c r="E259" s="182"/>
       <c r="F259" s="182"/>
       <c r="G259" s="182"/>
       <c r="H259" s="182"/>
       <c r="I259" s="182"/>
-      <c r="J259" s="568">
+      <c r="J259" s="517">
         <v>0.11</v>
       </c>
-      <c r="K259" s="568">
+      <c r="K259" s="517">
         <v>0.05</v>
       </c>
-      <c r="L259" s="568">
+      <c r="L259" s="517">
         <v>6.9999999999999896E-2</v>
       </c>
       <c r="M259" s="77"/>
     </row>
     <row r="260" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D260" s="182"/>
       <c r="E260" s="182"/>
       <c r="F260" s="182"/>
       <c r="G260" s="182"/>
       <c r="H260" s="182"/>
       <c r="I260" s="182"/>
-      <c r="J260" s="568">
+      <c r="J260" s="517">
         <v>0.111</v>
       </c>
-      <c r="K260" s="568">
+      <c r="K260" s="517">
         <v>5.0999999999999997E-2</v>
       </c>
-      <c r="L260" s="568">
+      <c r="L260" s="517">
         <v>7.0999999999999897E-2</v>
       </c>
       <c r="M260" s="77"/>
     </row>
     <row r="261" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D261" s="182"/>
       <c r="E261" s="182"/>
       <c r="F261" s="182"/>
       <c r="G261" s="182"/>
       <c r="H261" s="182"/>
       <c r="I261" s="182"/>
-      <c r="J261" s="568">
+      <c r="J261" s="517">
         <v>0.112</v>
       </c>
-      <c r="K261" s="568">
+      <c r="K261" s="517">
         <v>5.1999999999999998E-2</v>
       </c>
-      <c r="L261" s="568">
+      <c r="L261" s="517">
         <v>7.1999999999999897E-2</v>
       </c>
       <c r="M261" s="77"/>
     </row>
     <row r="262" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D262" s="182"/>
       <c r="E262" s="182"/>
       <c r="F262" s="182"/>
       <c r="G262" s="182"/>
       <c r="H262" s="182"/>
       <c r="I262" s="182"/>
-      <c r="J262" s="568">
+      <c r="J262" s="517">
         <v>0.113</v>
       </c>
-      <c r="K262" s="568">
+      <c r="K262" s="517">
         <v>5.2999999999999999E-2</v>
       </c>
-      <c r="L262" s="568">
+      <c r="L262" s="517">
         <v>7.2999999999999898E-2</v>
       </c>
       <c r="M262" s="77"/>
     </row>
     <row r="263" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D263" s="182"/>
       <c r="E263" s="182"/>
       <c r="F263" s="182"/>
       <c r="G263" s="182"/>
       <c r="H263" s="182"/>
       <c r="I263" s="182"/>
-      <c r="J263" s="568">
+      <c r="J263" s="517">
         <v>0.114</v>
       </c>
-      <c r="K263" s="568">
+      <c r="K263" s="517">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="L263" s="568">
+      <c r="L263" s="517">
         <v>7.3999999999999899E-2</v>
       </c>
       <c r="M263" s="77"/>
     </row>
     <row r="264" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D264" s="182"/>
       <c r="E264" s="182"/>
       <c r="F264" s="182"/>
       <c r="G264" s="182"/>
       <c r="H264" s="182"/>
       <c r="I264" s="182"/>
-      <c r="J264" s="568">
+      <c r="J264" s="517">
         <v>0.115</v>
       </c>
-      <c r="K264" s="568">
+      <c r="K264" s="517">
         <v>5.5E-2</v>
       </c>
-      <c r="L264" s="568">
+      <c r="L264" s="517">
         <v>7.49999999999999E-2</v>
       </c>
       <c r="M264" s="77"/>
     </row>
     <row r="265" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D265" s="182"/>
       <c r="E265" s="182"/>
       <c r="F265" s="182"/>
       <c r="G265" s="182"/>
       <c r="H265" s="182"/>
       <c r="I265" s="182"/>
-      <c r="J265" s="568">
+      <c r="J265" s="517">
         <v>0.11600000000000001</v>
       </c>
-      <c r="K265" s="568">
+      <c r="K265" s="517">
         <v>5.6000000000000001E-2</v>
       </c>
-      <c r="L265" s="568">
+      <c r="L265" s="517">
         <v>7.5999999999999901E-2</v>
       </c>
       <c r="M265" s="77"/>
     </row>
     <row r="266" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D266" s="182"/>
       <c r="E266" s="182"/>
       <c r="F266" s="182"/>
       <c r="G266" s="182"/>
       <c r="H266" s="182"/>
       <c r="I266" s="182"/>
-      <c r="J266" s="568">
+      <c r="J266" s="517">
         <v>0.11700000000000001</v>
       </c>
-      <c r="K266" s="568">
+      <c r="K266" s="517">
         <v>5.7000000000000002E-2</v>
       </c>
-      <c r="L266" s="568">
+      <c r="L266" s="517">
         <v>7.6999999999999902E-2</v>
       </c>
       <c r="M266" s="77"/>
     </row>
     <row r="267" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D267" s="182"/>
       <c r="E267" s="182"/>
       <c r="F267" s="182"/>
       <c r="G267" s="182"/>
       <c r="H267" s="182"/>
       <c r="I267" s="182"/>
-      <c r="J267" s="568">
+      <c r="J267" s="517">
         <v>0.11799999999999999</v>
       </c>
-      <c r="K267" s="568">
+      <c r="K267" s="517">
         <v>5.8000000000000003E-2</v>
       </c>
-      <c r="L267" s="568">
+      <c r="L267" s="517">
         <v>7.7999999999999903E-2</v>
       </c>
       <c r="M267" s="77"/>
     </row>
     <row r="268" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D268" s="182"/>
       <c r="E268" s="182"/>
       <c r="F268" s="182"/>
       <c r="G268" s="182"/>
       <c r="H268" s="182"/>
       <c r="I268" s="182"/>
-      <c r="J268" s="568">
+      <c r="J268" s="517">
         <v>0.11899999999999999</v>
       </c>
-      <c r="K268" s="568">
+      <c r="K268" s="517">
         <v>5.8999999999999997E-2</v>
       </c>
-      <c r="L268" s="568">
+      <c r="L268" s="517">
         <v>7.8999999999999904E-2</v>
       </c>
       <c r="M268" s="77"/>
     </row>
     <row r="269" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D269" s="182"/>
       <c r="E269" s="182"/>
       <c r="F269" s="182"/>
       <c r="G269" s="182"/>
       <c r="H269" s="182"/>
       <c r="I269" s="182"/>
-      <c r="J269" s="568">
+      <c r="J269" s="517">
         <v>0.12</v>
       </c>
-      <c r="K269" s="568">
+      <c r="K269" s="517">
         <v>0.06</v>
       </c>
-      <c r="L269" s="568">
+      <c r="L269" s="517">
         <v>7.9999999999999905E-2</v>
       </c>
       <c r="M269" s="77"/>
     </row>
     <row r="270" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D270" s="182"/>
       <c r="E270" s="182"/>
       <c r="F270" s="182"/>
       <c r="G270" s="182"/>
       <c r="H270" s="182"/>
       <c r="I270" s="182"/>
-      <c r="J270" s="568">
+      <c r="J270" s="517">
         <v>0.121</v>
       </c>
-      <c r="K270" s="568">
+      <c r="K270" s="517">
         <v>6.0999999999999999E-2</v>
       </c>
-      <c r="L270" s="568">
+      <c r="L270" s="517">
         <v>8.0999999999999905E-2</v>
       </c>
       <c r="M270" s="77"/>
     </row>
     <row r="271" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D271" s="182"/>
       <c r="E271" s="182"/>
       <c r="F271" s="182"/>
       <c r="G271" s="182"/>
       <c r="H271" s="182"/>
       <c r="I271" s="182"/>
-      <c r="J271" s="568">
+      <c r="J271" s="517">
         <v>0.122</v>
       </c>
-      <c r="K271" s="568">
+      <c r="K271" s="517">
         <v>6.2E-2</v>
       </c>
-      <c r="L271" s="568">
+      <c r="L271" s="517">
         <v>8.1999999999999906E-2</v>
       </c>
       <c r="M271" s="77"/>
     </row>
     <row r="272" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D272" s="182"/>
       <c r="E272" s="182"/>
       <c r="F272" s="182"/>
       <c r="G272" s="182"/>
       <c r="H272" s="182"/>
       <c r="I272" s="182"/>
-      <c r="J272" s="568">
+      <c r="J272" s="517">
         <v>0.123</v>
       </c>
-      <c r="K272" s="568">
+      <c r="K272" s="517">
         <v>6.3E-2</v>
       </c>
-      <c r="L272" s="568">
+      <c r="L272" s="517">
         <v>8.2999999999999893E-2</v>
       </c>
       <c r="M272" s="77"/>
     </row>
     <row r="273" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D273" s="182"/>
       <c r="E273" s="182"/>
       <c r="F273" s="182"/>
       <c r="G273" s="182"/>
       <c r="H273" s="182"/>
       <c r="I273" s="182"/>
-      <c r="J273" s="568">
+      <c r="J273" s="517">
         <v>0.124</v>
       </c>
-      <c r="K273" s="568">
+      <c r="K273" s="517">
         <v>6.4000000000000001E-2</v>
       </c>
-      <c r="L273" s="568">
+      <c r="L273" s="517">
         <v>8.3999999999999894E-2</v>
       </c>
       <c r="M273" s="77"/>
     </row>
     <row r="274" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D274" s="182"/>
       <c r="E274" s="182"/>
       <c r="F274" s="182"/>
       <c r="G274" s="182"/>
       <c r="H274" s="182"/>
       <c r="I274" s="182"/>
-      <c r="J274" s="568">
+      <c r="J274" s="517">
         <v>0.125</v>
       </c>
-      <c r="K274" s="568">
+      <c r="K274" s="517">
         <v>6.5000000000000002E-2</v>
       </c>
-      <c r="L274" s="568">
+      <c r="L274" s="517">
         <v>8.4999999999999895E-2</v>
       </c>
       <c r="M274" s="77"/>
     </row>
     <row r="275" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D275" s="182"/>
       <c r="E275" s="182"/>
       <c r="F275" s="182"/>
       <c r="G275" s="182"/>
       <c r="H275" s="182"/>
       <c r="I275" s="182"/>
-      <c r="J275" s="568">
+      <c r="J275" s="517">
         <v>0.126</v>
       </c>
-      <c r="K275" s="568">
+      <c r="K275" s="517">
         <v>6.6000000000000003E-2</v>
       </c>
-      <c r="L275" s="568">
+      <c r="L275" s="517">
         <v>8.5999999999999896E-2</v>
       </c>
       <c r="M275" s="77"/>
     </row>
     <row r="276" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D276" s="182"/>
       <c r="E276" s="182"/>
       <c r="F276" s="182"/>
       <c r="G276" s="182"/>
       <c r="H276" s="182"/>
       <c r="I276" s="182"/>
-      <c r="J276" s="568">
+      <c r="J276" s="517">
         <v>0.127</v>
       </c>
-      <c r="K276" s="568">
+      <c r="K276" s="517">
         <v>6.7000000000000004E-2</v>
       </c>
-      <c r="L276" s="568">
+      <c r="L276" s="517">
         <v>8.6999999999999897E-2</v>
       </c>
       <c r="M276" s="77"/>
     </row>
     <row r="277" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D277" s="182"/>
       <c r="E277" s="182"/>
       <c r="F277" s="182"/>
       <c r="G277" s="182"/>
       <c r="H277" s="182"/>
       <c r="I277" s="182"/>
-      <c r="J277" s="568">
+      <c r="J277" s="517">
         <v>0.128</v>
       </c>
-      <c r="K277" s="568">
+      <c r="K277" s="517">
         <v>6.8000000000000005E-2</v>
       </c>
-      <c r="L277" s="568">
+      <c r="L277" s="517">
         <v>8.7999999999999898E-2</v>
       </c>
       <c r="M277" s="77"/>
     </row>
     <row r="278" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D278" s="182"/>
       <c r="E278" s="182"/>
       <c r="F278" s="182"/>
       <c r="G278" s="182"/>
       <c r="H278" s="182"/>
       <c r="I278" s="182"/>
-      <c r="J278" s="568">
+      <c r="J278" s="517">
         <v>0.129</v>
       </c>
-      <c r="K278" s="568">
+      <c r="K278" s="517">
         <v>6.9000000000000006E-2</v>
       </c>
-      <c r="L278" s="568">
+      <c r="L278" s="517">
         <v>8.8999999999999899E-2</v>
       </c>
       <c r="M278" s="77"/>
     </row>
     <row r="279" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D279" s="182"/>
       <c r="E279" s="182"/>
       <c r="F279" s="182"/>
       <c r="G279" s="182"/>
       <c r="H279" s="182"/>
       <c r="I279" s="182"/>
-      <c r="J279" s="568">
+      <c r="J279" s="517">
         <v>0.13</v>
       </c>
-      <c r="K279" s="568">
+      <c r="K279" s="517">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="L279" s="568">
+      <c r="L279" s="517">
         <v>8.99999999999999E-2</v>
       </c>
       <c r="M279" s="77"/>
     </row>
     <row r="280" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D280" s="182"/>
       <c r="E280" s="182"/>
       <c r="F280" s="182"/>
       <c r="G280" s="182"/>
       <c r="H280" s="182"/>
       <c r="I280" s="182"/>
-      <c r="J280" s="568">
+      <c r="J280" s="517">
         <v>0.13100000000000001</v>
       </c>
-      <c r="K280" s="568">
+      <c r="K280" s="517">
         <v>7.0999999999999994E-2</v>
       </c>
-      <c r="L280" s="568">
+      <c r="L280" s="517">
         <v>9.09999999999999E-2</v>
       </c>
       <c r="M280" s="77"/>
     </row>
     <row r="281" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D281" s="182"/>
       <c r="E281" s="182"/>
       <c r="F281" s="182"/>
       <c r="G281" s="182"/>
       <c r="H281" s="182"/>
       <c r="I281" s="182"/>
-      <c r="J281" s="568">
+      <c r="J281" s="517">
         <v>0.13200000000000001</v>
       </c>
-      <c r="K281" s="568">
+      <c r="K281" s="517">
         <v>7.1999999999999995E-2</v>
       </c>
-      <c r="L281" s="568">
+      <c r="L281" s="517">
         <v>9.1999999999999901E-2</v>
       </c>
       <c r="M281" s="77"/>
     </row>
     <row r="282" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D282" s="182"/>
       <c r="E282" s="182"/>
       <c r="F282" s="182"/>
       <c r="G282" s="182"/>
       <c r="H282" s="182"/>
       <c r="I282" s="182"/>
-      <c r="J282" s="568">
+      <c r="J282" s="517">
         <v>0.13300000000000001</v>
       </c>
-      <c r="K282" s="568">
+      <c r="K282" s="517">
         <v>7.2999999999999995E-2</v>
       </c>
-      <c r="L282" s="568">
+      <c r="L282" s="517">
         <v>9.2999999999999902E-2</v>
       </c>
       <c r="M282" s="77"/>
     </row>
     <row r="283" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D283" s="182"/>
       <c r="E283" s="182"/>
       <c r="F283" s="182"/>
       <c r="G283" s="182"/>
       <c r="H283" s="182"/>
       <c r="I283" s="182"/>
-      <c r="J283" s="568">
+      <c r="J283" s="517">
         <v>0.13400000000000001</v>
       </c>
-      <c r="K283" s="568">
+      <c r="K283" s="517">
         <v>7.3999999999999996E-2</v>
       </c>
-      <c r="L283" s="568">
+      <c r="L283" s="517">
         <v>9.3999999999999903E-2</v>
       </c>
       <c r="M283" s="77"/>
     </row>
     <row r="284" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D284" s="182"/>
       <c r="E284" s="182"/>
       <c r="F284" s="182"/>
       <c r="G284" s="182"/>
       <c r="H284" s="182"/>
       <c r="I284" s="182"/>
-      <c r="J284" s="568">
+      <c r="J284" s="517">
         <v>0.13500000000000001</v>
       </c>
-      <c r="K284" s="568">
+      <c r="K284" s="517">
         <v>7.4999999999999997E-2</v>
       </c>
-      <c r="L284" s="568">
+      <c r="L284" s="517">
         <v>9.4999999999999904E-2</v>
       </c>
       <c r="M284" s="77"/>
     </row>
     <row r="285" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D285" s="182"/>
       <c r="E285" s="182"/>
       <c r="F285" s="182"/>
       <c r="G285" s="182"/>
       <c r="H285" s="182"/>
       <c r="I285" s="182"/>
-      <c r="J285" s="568">
+      <c r="J285" s="517">
         <v>0.13600000000000001</v>
       </c>
-      <c r="K285" s="568">
+      <c r="K285" s="517">
         <v>7.5999999999999998E-2</v>
       </c>
-      <c r="L285" s="568">
+      <c r="L285" s="517">
         <v>9.5999999999999905E-2</v>
       </c>
       <c r="M285" s="77"/>
     </row>
     <row r="286" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D286" s="182"/>
       <c r="E286" s="182"/>
       <c r="F286" s="182"/>
       <c r="G286" s="182"/>
       <c r="H286" s="182"/>
       <c r="I286" s="182"/>
-      <c r="J286" s="568">
+      <c r="J286" s="517">
         <v>0.13700000000000001</v>
       </c>
-      <c r="K286" s="568">
+      <c r="K286" s="517">
         <v>7.6999999999999999E-2</v>
       </c>
-      <c r="L286" s="568">
+      <c r="L286" s="517">
         <v>9.6999999999999906E-2</v>
       </c>
       <c r="M286" s="77"/>
     </row>
     <row r="287" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D287" s="182"/>
       <c r="E287" s="182"/>
       <c r="F287" s="182"/>
       <c r="G287" s="182"/>
       <c r="H287" s="182"/>
       <c r="I287" s="182"/>
-      <c r="J287" s="568">
+      <c r="J287" s="517">
         <v>0.13800000000000001</v>
       </c>
-      <c r="K287" s="568">
+      <c r="K287" s="517">
         <v>7.8E-2</v>
       </c>
-      <c r="L287" s="568">
+      <c r="L287" s="517">
         <v>9.7999999999999907E-2</v>
       </c>
       <c r="M287" s="77"/>
     </row>
     <row r="288" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D288" s="182"/>
       <c r="E288" s="182"/>
       <c r="F288" s="182"/>
       <c r="G288" s="182"/>
       <c r="H288" s="182"/>
       <c r="I288" s="182"/>
-      <c r="J288" s="568">
+      <c r="J288" s="517">
         <v>0.13900000000000001</v>
       </c>
-      <c r="K288" s="568">
+      <c r="K288" s="517">
         <v>7.9000000000000001E-2</v>
       </c>
-      <c r="L288" s="568">
+      <c r="L288" s="517">
         <v>9.8999999999999894E-2</v>
       </c>
       <c r="M288" s="77"/>
     </row>
     <row r="289" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D289" s="182"/>
       <c r="E289" s="182"/>
       <c r="F289" s="182"/>
       <c r="G289" s="182"/>
       <c r="H289" s="182"/>
       <c r="I289" s="182"/>
-      <c r="J289" s="568">
+      <c r="J289" s="517">
         <v>0.14000000000000001</v>
       </c>
-      <c r="K289" s="568">
+      <c r="K289" s="517">
         <v>0.08</v>
       </c>
-      <c r="L289" s="568">
+      <c r="L289" s="517">
         <v>9.9999999999999895E-2</v>
       </c>
       <c r="M289" s="77"/>
     </row>
     <row r="290" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D290" s="182"/>
       <c r="E290" s="182"/>
       <c r="F290" s="182"/>
       <c r="G290" s="182"/>
       <c r="H290" s="182"/>
       <c r="I290" s="182"/>
-      <c r="J290" s="568">
+      <c r="J290" s="517">
         <v>0.14099999999999999</v>
       </c>
-      <c r="K290" s="568">
+      <c r="K290" s="517">
         <v>8.1000000000000003E-2</v>
       </c>
-      <c r="L290" s="568">
+      <c r="L290" s="517">
         <v>0.10100000000000001</v>
       </c>
       <c r="M290" s="77"/>
     </row>
     <row r="291" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D291" s="182"/>
       <c r="E291" s="182"/>
       <c r="F291" s="182"/>
       <c r="G291" s="182"/>
       <c r="H291" s="182"/>
       <c r="I291" s="182"/>
-      <c r="J291" s="568">
+      <c r="J291" s="517">
         <v>0.14199999999999999</v>
       </c>
-      <c r="K291" s="568">
+      <c r="K291" s="517">
         <v>8.2000000000000003E-2</v>
       </c>
-      <c r="L291" s="568">
+      <c r="L291" s="517">
         <v>0.10199999999999999</v>
       </c>
       <c r="M291" s="77"/>
     </row>
     <row r="292" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D292" s="182"/>
       <c r="E292" s="182"/>
       <c r="F292" s="182"/>
       <c r="G292" s="182"/>
       <c r="H292" s="182"/>
       <c r="I292" s="182"/>
-      <c r="J292" s="568">
+      <c r="J292" s="517">
         <v>0.14299999999999999</v>
       </c>
-      <c r="K292" s="568">
+      <c r="K292" s="517">
         <v>8.3000000000000004E-2</v>
       </c>
-      <c r="L292" s="568">
+      <c r="L292" s="517">
         <v>0.10299999999999999</v>
       </c>
       <c r="M292" s="77"/>
     </row>
     <row r="293" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D293" s="182"/>
       <c r="E293" s="182"/>
       <c r="F293" s="182"/>
       <c r="G293" s="182"/>
       <c r="H293" s="182"/>
       <c r="I293" s="182"/>
-      <c r="J293" s="568">
+      <c r="J293" s="517">
         <v>0.14399999999999999</v>
       </c>
-      <c r="K293" s="568">
+      <c r="K293" s="517">
         <v>8.4000000000000005E-2</v>
       </c>
-      <c r="L293" s="568">
+      <c r="L293" s="517">
         <v>0.104</v>
       </c>
       <c r="M293" s="77"/>
     </row>
     <row r="294" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D294" s="182"/>
       <c r="E294" s="182"/>
       <c r="F294" s="182"/>
       <c r="G294" s="182"/>
       <c r="H294" s="182"/>
       <c r="I294" s="182"/>
-      <c r="J294" s="568">
+      <c r="J294" s="517">
         <v>0.14499999999999999</v>
       </c>
-      <c r="K294" s="568">
+      <c r="K294" s="517">
         <v>8.5000000000000006E-2</v>
       </c>
-      <c r="L294" s="568">
+      <c r="L294" s="517">
         <v>0.105</v>
       </c>
       <c r="M294" s="77"/>
     </row>
     <row r="295" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D295" s="182"/>
       <c r="E295" s="182"/>
       <c r="F295" s="182"/>
       <c r="G295" s="182"/>
       <c r="H295" s="182"/>
       <c r="I295" s="182"/>
-      <c r="J295" s="568">
+      <c r="J295" s="517">
         <v>0.14599999999999999</v>
       </c>
-      <c r="K295" s="568">
+      <c r="K295" s="517">
         <v>8.5999999999999993E-2</v>
       </c>
-      <c r="L295" s="568">
+      <c r="L295" s="517">
         <v>0.106</v>
       </c>
       <c r="M295" s="77"/>
     </row>
     <row r="296" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D296" s="182"/>
       <c r="E296" s="182"/>
       <c r="F296" s="182"/>
       <c r="G296" s="182"/>
       <c r="H296" s="182"/>
       <c r="I296" s="182"/>
-      <c r="J296" s="568">
+      <c r="J296" s="517">
         <v>0.14699999999999999</v>
       </c>
-      <c r="K296" s="568">
+      <c r="K296" s="517">
         <v>8.6999999999999994E-2</v>
       </c>
-      <c r="L296" s="568">
+      <c r="L296" s="517">
         <v>0.107</v>
       </c>
       <c r="M296" s="77"/>
     </row>
     <row r="297" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D297" s="182"/>
       <c r="E297" s="182"/>
       <c r="F297" s="182"/>
       <c r="G297" s="182"/>
       <c r="H297" s="182"/>
       <c r="I297" s="182"/>
-      <c r="J297" s="568">
+      <c r="J297" s="517">
         <v>0.14799999999999999</v>
       </c>
-      <c r="K297" s="568">
+      <c r="K297" s="517">
         <v>8.7999999999999995E-2</v>
       </c>
-      <c r="L297" s="568">
+      <c r="L297" s="517">
         <v>0.108</v>
       </c>
       <c r="M297" s="77"/>
     </row>
     <row r="298" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D298" s="182"/>
       <c r="E298" s="182"/>
       <c r="F298" s="182"/>
       <c r="G298" s="182"/>
       <c r="H298" s="182"/>
       <c r="I298" s="182"/>
-      <c r="J298" s="568">
+      <c r="J298" s="517">
         <v>0.14899999999999999</v>
       </c>
-      <c r="K298" s="568">
+      <c r="K298" s="517">
         <v>8.8999999999999996E-2</v>
       </c>
-      <c r="L298" s="568">
+      <c r="L298" s="517">
         <v>0.109</v>
       </c>
       <c r="M298" s="77"/>
     </row>
     <row r="299" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D299" s="182"/>
       <c r="E299" s="182"/>
       <c r="F299" s="182"/>
       <c r="G299" s="182"/>
       <c r="H299" s="182"/>
       <c r="I299" s="182"/>
-      <c r="J299" s="568">
+      <c r="J299" s="517">
         <v>0.15</v>
       </c>
-      <c r="K299" s="568">
+      <c r="K299" s="517">
         <v>0.09</v>
       </c>
-      <c r="L299" s="568">
+      <c r="L299" s="517">
         <v>0.11</v>
       </c>
       <c r="M299" s="77"/>
     </row>
     <row r="300" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D300" s="182"/>
       <c r="E300" s="182"/>
       <c r="F300" s="182"/>
       <c r="G300" s="182"/>
       <c r="H300" s="182"/>
       <c r="I300" s="182"/>
-      <c r="J300" s="568">
+      <c r="J300" s="517">
         <v>0.151</v>
       </c>
-      <c r="K300" s="568">
+      <c r="K300" s="517">
         <v>9.0999999999999998E-2</v>
       </c>
-      <c r="L300" s="568">
+      <c r="L300" s="517">
         <v>0.111</v>
       </c>
       <c r="M300" s="77"/>
     </row>
     <row r="301" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D301" s="182"/>
       <c r="E301" s="182"/>
       <c r="F301" s="182"/>
       <c r="G301" s="182"/>
       <c r="H301" s="182"/>
       <c r="I301" s="182"/>
-      <c r="J301" s="568">
+      <c r="J301" s="517">
         <v>0.152</v>
       </c>
-      <c r="K301" s="568">
+      <c r="K301" s="517">
         <v>9.1999999999999998E-2</v>
       </c>
-      <c r="L301" s="568">
+      <c r="L301" s="517">
         <v>0.112</v>
       </c>
       <c r="M301" s="77"/>
     </row>
     <row r="302" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D302" s="182"/>
       <c r="E302" s="182"/>
       <c r="F302" s="182"/>
       <c r="G302" s="182"/>
       <c r="H302" s="182"/>
       <c r="I302" s="182"/>
-      <c r="J302" s="568">
+      <c r="J302" s="517">
         <v>0.153</v>
       </c>
-      <c r="K302" s="568">
+      <c r="K302" s="517">
         <v>9.2999999999999999E-2</v>
       </c>
-      <c r="L302" s="568">
+      <c r="L302" s="517">
         <v>0.113</v>
       </c>
       <c r="M302" s="77"/>
     </row>
     <row r="303" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D303" s="182"/>
       <c r="E303" s="182"/>
       <c r="F303" s="182"/>
       <c r="G303" s="182"/>
       <c r="H303" s="182"/>
       <c r="I303" s="182"/>
-      <c r="J303" s="568">
+      <c r="J303" s="517">
         <v>0.154</v>
       </c>
-      <c r="K303" s="568">
+      <c r="K303" s="517">
         <v>9.4E-2</v>
       </c>
-      <c r="L303" s="568">
+      <c r="L303" s="517">
         <v>0.114</v>
       </c>
       <c r="M303" s="77"/>
     </row>
     <row r="304" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D304" s="182"/>
       <c r="E304" s="182"/>
       <c r="F304" s="182"/>
       <c r="G304" s="182"/>
       <c r="H304" s="182"/>
       <c r="I304" s="182"/>
-      <c r="J304" s="568">
+      <c r="J304" s="517">
         <v>0.155</v>
       </c>
-      <c r="K304" s="568">
+      <c r="K304" s="517">
         <v>9.5000000000000001E-2</v>
       </c>
-      <c r="L304" s="568">
+      <c r="L304" s="517">
         <v>0.115</v>
       </c>
       <c r="M304" s="77"/>
     </row>
     <row r="305" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D305" s="182"/>
       <c r="E305" s="182"/>
       <c r="F305" s="182"/>
       <c r="G305" s="182"/>
       <c r="H305" s="182"/>
       <c r="I305" s="182"/>
-      <c r="J305" s="568">
+      <c r="J305" s="517">
         <v>0.156</v>
       </c>
-      <c r="K305" s="568">
+      <c r="K305" s="517">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="L305" s="568">
+      <c r="L305" s="517">
         <v>0.11600000000000001</v>
       </c>
       <c r="M305" s="77"/>
     </row>
     <row r="306" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D306" s="182"/>
       <c r="E306" s="182"/>
       <c r="F306" s="182"/>
       <c r="G306" s="182"/>
       <c r="H306" s="182"/>
       <c r="I306" s="182"/>
-      <c r="J306" s="568">
+      <c r="J306" s="517">
         <v>0.157</v>
       </c>
-      <c r="K306" s="568">
+      <c r="K306" s="517">
         <v>9.70000000000001E-2</v>
       </c>
-      <c r="L306" s="568">
+      <c r="L306" s="517">
         <v>0.11700000000000001</v>
       </c>
       <c r="M306" s="77"/>
     </row>
     <row r="307" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D307" s="182"/>
       <c r="E307" s="182"/>
       <c r="F307" s="182"/>
       <c r="G307" s="182"/>
       <c r="H307" s="182"/>
       <c r="I307" s="182"/>
-      <c r="J307" s="568">
+      <c r="J307" s="517">
         <v>0.158</v>
       </c>
-      <c r="K307" s="568">
+      <c r="K307" s="517">
         <v>9.8000000000000101E-2</v>
       </c>
-      <c r="L307" s="568">
+      <c r="L307" s="517">
         <v>0.11799999999999999</v>
       </c>
       <c r="M307" s="77"/>
     </row>
     <row r="308" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D308" s="182"/>
       <c r="E308" s="182"/>
       <c r="F308" s="182"/>
       <c r="G308" s="182"/>
       <c r="H308" s="182"/>
       <c r="I308" s="182"/>
-      <c r="J308" s="568">
+      <c r="J308" s="517">
         <v>0.159</v>
       </c>
-      <c r="K308" s="568">
+      <c r="K308" s="517">
         <v>9.9000000000000102E-2</v>
       </c>
-      <c r="L308" s="568">
+      <c r="L308" s="517">
         <v>0.11899999999999999</v>
       </c>
       <c r="M308" s="77"/>
     </row>
     <row r="309" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D309" s="182"/>
       <c r="E309" s="182"/>
       <c r="F309" s="182"/>
       <c r="G309" s="182"/>
       <c r="H309" s="182"/>
       <c r="I309" s="182"/>
-      <c r="J309" s="568">
+      <c r="J309" s="517">
         <v>0.16</v>
       </c>
-      <c r="K309" s="568">
+      <c r="K309" s="517">
         <v>0.1</v>
       </c>
-      <c r="L309" s="568">
+      <c r="L309" s="517">
         <v>0.12</v>
       </c>
       <c r="M309" s="77"/>
     </row>
     <row r="310" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D310" s="182"/>
       <c r="E310" s="182"/>
       <c r="F310" s="182"/>
       <c r="G310" s="182"/>
       <c r="H310" s="182"/>
       <c r="I310" s="182"/>
-      <c r="J310" s="568">
+      <c r="J310" s="517">
         <v>0.161</v>
       </c>
-      <c r="K310" s="568">
+      <c r="K310" s="517">
         <v>0.10100000000000001</v>
       </c>
-      <c r="L310" s="568">
+      <c r="L310" s="517">
         <v>0.121</v>
       </c>
       <c r="M310" s="77"/>
     </row>
     <row r="311" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D311" s="182"/>
       <c r="E311" s="182"/>
       <c r="F311" s="182"/>
       <c r="G311" s="182"/>
       <c r="H311" s="182"/>
       <c r="I311" s="182"/>
-      <c r="J311" s="568">
+      <c r="J311" s="517">
         <v>0.16200000000000001</v>
       </c>
-      <c r="K311" s="568">
+      <c r="K311" s="517">
         <v>0.10199999999999999</v>
       </c>
-      <c r="L311" s="568">
+      <c r="L311" s="517">
         <v>0.122</v>
       </c>
       <c r="M311" s="77"/>
     </row>
     <row r="312" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D312" s="182"/>
       <c r="E312" s="182"/>
       <c r="F312" s="182"/>
       <c r="G312" s="182"/>
       <c r="H312" s="182"/>
       <c r="I312" s="182"/>
-      <c r="J312" s="568">
+      <c r="J312" s="517">
         <v>0.16300000000000001</v>
       </c>
-      <c r="K312" s="568">
+      <c r="K312" s="517">
         <v>0.10299999999999999</v>
       </c>
-      <c r="L312" s="568">
+      <c r="L312" s="517">
         <v>0.123</v>
       </c>
       <c r="M312" s="77"/>
     </row>
     <row r="313" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D313" s="182"/>
       <c r="E313" s="182"/>
       <c r="F313" s="182"/>
       <c r="G313" s="182"/>
       <c r="H313" s="182"/>
       <c r="I313" s="182"/>
-      <c r="J313" s="568">
+      <c r="J313" s="517">
         <v>0.16400000000000001</v>
       </c>
-      <c r="K313" s="568">
+      <c r="K313" s="517">
         <v>0.104</v>
       </c>
-      <c r="L313" s="568">
+      <c r="L313" s="517">
         <v>0.124</v>
       </c>
       <c r="M313" s="77"/>
     </row>
     <row r="314" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D314" s="182"/>
       <c r="E314" s="182"/>
       <c r="F314" s="182"/>
       <c r="G314" s="182"/>
       <c r="H314" s="182"/>
       <c r="I314" s="182"/>
-      <c r="J314" s="568">
+      <c r="J314" s="517">
         <v>0.16500000000000001</v>
       </c>
-      <c r="K314" s="568">
+      <c r="K314" s="517">
         <v>0.105</v>
       </c>
-      <c r="L314" s="568">
+      <c r="L314" s="517">
         <v>0.125</v>
       </c>
       <c r="M314" s="77"/>
     </row>
     <row r="315" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D315" s="182"/>
       <c r="E315" s="182"/>
       <c r="F315" s="182"/>
       <c r="G315" s="182"/>
       <c r="H315" s="182"/>
       <c r="I315" s="182"/>
-      <c r="J315" s="568">
+      <c r="J315" s="517">
         <v>0.16600000000000001</v>
       </c>
-      <c r="K315" s="568">
+      <c r="K315" s="517">
         <v>0.106</v>
       </c>
-      <c r="L315" s="568">
+      <c r="L315" s="517">
         <v>0.126</v>
       </c>
       <c r="M315" s="77"/>
     </row>
     <row r="316" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D316" s="182"/>
       <c r="E316" s="182"/>
       <c r="F316" s="182"/>
       <c r="G316" s="182"/>
       <c r="H316" s="182"/>
       <c r="I316" s="182"/>
-      <c r="J316" s="568">
+      <c r="J316" s="517">
         <v>0.16700000000000001</v>
       </c>
-      <c r="K316" s="568">
+      <c r="K316" s="517">
         <v>0.107</v>
       </c>
-      <c r="L316" s="568">
+      <c r="L316" s="517">
         <v>0.127</v>
       </c>
       <c r="M316" s="77"/>
     </row>
     <row r="317" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D317" s="182"/>
       <c r="E317" s="182"/>
       <c r="F317" s="182"/>
       <c r="G317" s="182"/>
       <c r="H317" s="182"/>
       <c r="I317" s="182"/>
-      <c r="J317" s="568">
+      <c r="J317" s="517">
         <v>0.16800000000000001</v>
       </c>
-      <c r="K317" s="568">
+      <c r="K317" s="517">
         <v>0.108</v>
       </c>
-      <c r="L317" s="568">
+      <c r="L317" s="517">
         <v>0.128</v>
       </c>
       <c r="M317" s="77"/>
     </row>
     <row r="318" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D318" s="182"/>
       <c r="E318" s="182"/>
       <c r="F318" s="182"/>
       <c r="G318" s="182"/>
       <c r="H318" s="182"/>
       <c r="I318" s="182"/>
-      <c r="J318" s="568">
+      <c r="J318" s="517">
         <v>0.16900000000000001</v>
       </c>
-      <c r="K318" s="568">
+      <c r="K318" s="517">
         <v>0.109</v>
       </c>
-      <c r="L318" s="568">
+      <c r="L318" s="517">
         <v>0.129</v>
       </c>
       <c r="M318" s="77"/>
     </row>
     <row r="319" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D319" s="182"/>
       <c r="E319" s="182"/>
       <c r="F319" s="182"/>
       <c r="G319" s="182"/>
       <c r="H319" s="182"/>
       <c r="I319" s="182"/>
-      <c r="J319" s="568">
+      <c r="J319" s="517">
         <v>0.17</v>
       </c>
-      <c r="K319" s="568">
+      <c r="K319" s="517">
         <v>0.11</v>
       </c>
-      <c r="L319" s="568">
+      <c r="L319" s="517">
         <v>0.13</v>
       </c>
       <c r="M319" s="77"/>
     </row>
     <row r="320" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D320" s="182"/>
       <c r="E320" s="182"/>
       <c r="F320" s="182"/>
       <c r="G320" s="182"/>
       <c r="H320" s="182"/>
       <c r="I320" s="182"/>
-      <c r="J320" s="568">
+      <c r="J320" s="517">
         <v>0.17100000000000001</v>
       </c>
-      <c r="K320" s="568">
+      <c r="K320" s="517">
         <v>0.111</v>
       </c>
-      <c r="L320" s="568">
+      <c r="L320" s="517">
         <v>0.13100000000000001</v>
       </c>
       <c r="M320" s="77"/>
     </row>
     <row r="321" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D321" s="182"/>
       <c r="E321" s="182"/>
       <c r="F321" s="182"/>
       <c r="G321" s="182"/>
       <c r="H321" s="182"/>
       <c r="I321" s="182"/>
-      <c r="J321" s="568">
+      <c r="J321" s="517">
         <v>0.17199999999999999</v>
       </c>
-      <c r="K321" s="568">
+      <c r="K321" s="517">
         <v>0.112</v>
       </c>
-      <c r="L321" s="568">
+      <c r="L321" s="517">
         <v>0.13200000000000001</v>
       </c>
       <c r="M321" s="77"/>
     </row>
     <row r="322" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D322" s="182"/>
       <c r="E322" s="182"/>
       <c r="F322" s="182"/>
       <c r="G322" s="182"/>
       <c r="H322" s="182"/>
       <c r="I322" s="182"/>
-      <c r="J322" s="568">
+      <c r="J322" s="517">
         <v>0.17299999999999999</v>
       </c>
-      <c r="K322" s="568">
+      <c r="K322" s="517">
         <v>0.113</v>
       </c>
-      <c r="L322" s="568">
+      <c r="L322" s="517">
         <v>0.13300000000000001</v>
       </c>
       <c r="M322" s="77"/>
     </row>
     <row r="323" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D323" s="182"/>
       <c r="E323" s="182"/>
       <c r="F323" s="182"/>
       <c r="G323" s="182"/>
       <c r="H323" s="182"/>
       <c r="I323" s="182"/>
-      <c r="J323" s="568">
+      <c r="J323" s="517">
         <v>0.17399999999999999</v>
       </c>
-      <c r="K323" s="568">
+      <c r="K323" s="517">
         <v>0.114</v>
       </c>
-      <c r="L323" s="568">
+      <c r="L323" s="517">
         <v>0.13400000000000001</v>
       </c>
       <c r="M323" s="77"/>
     </row>
     <row r="324" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D324" s="182"/>
       <c r="E324" s="182"/>
       <c r="F324" s="182"/>
       <c r="G324" s="182"/>
       <c r="H324" s="182"/>
       <c r="I324" s="182"/>
-      <c r="J324" s="568">
+      <c r="J324" s="517">
         <v>0.17499999999999999</v>
       </c>
-      <c r="K324" s="568">
+      <c r="K324" s="517">
         <v>0.115</v>
       </c>
-      <c r="L324" s="568">
+      <c r="L324" s="517">
         <v>0.13500000000000001</v>
       </c>
       <c r="M324" s="77"/>
     </row>
     <row r="325" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D325" s="182"/>
       <c r="E325" s="182"/>
       <c r="F325" s="182"/>
       <c r="G325" s="182"/>
       <c r="H325" s="182"/>
       <c r="I325" s="182"/>
-      <c r="J325" s="568">
+      <c r="J325" s="517">
         <v>0.17599999999999999</v>
       </c>
-      <c r="K325" s="568">
+      <c r="K325" s="517">
         <v>0.11600000000000001</v>
       </c>
-      <c r="L325" s="568">
+      <c r="L325" s="517">
         <v>0.13600000000000001</v>
       </c>
       <c r="M325" s="77"/>
     </row>
     <row r="326" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D326" s="182"/>
       <c r="E326" s="182"/>
       <c r="F326" s="182"/>
       <c r="G326" s="182"/>
       <c r="H326" s="182"/>
       <c r="I326" s="182"/>
-      <c r="J326" s="568">
+      <c r="J326" s="517">
         <v>0.17699999999999999</v>
       </c>
-      <c r="K326" s="568">
+      <c r="K326" s="517">
         <v>0.11700000000000001</v>
       </c>
-      <c r="L326" s="568">
+      <c r="L326" s="517">
         <v>0.13700000000000001</v>
       </c>
       <c r="M326" s="77"/>
     </row>
     <row r="327" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D327" s="182"/>
       <c r="E327" s="182"/>
       <c r="F327" s="182"/>
       <c r="G327" s="182"/>
       <c r="H327" s="182"/>
       <c r="I327" s="182"/>
-      <c r="J327" s="568">
+      <c r="J327" s="517">
         <v>0.17799999999999999</v>
       </c>
-      <c r="K327" s="568">
+      <c r="K327" s="517">
         <v>0.11799999999999999</v>
       </c>
-      <c r="L327" s="568">
+      <c r="L327" s="517">
         <v>0.13800000000000001</v>
       </c>
       <c r="M327" s="77"/>
     </row>
     <row r="328" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D328" s="182"/>
       <c r="E328" s="182"/>
       <c r="F328" s="182"/>
       <c r="G328" s="182"/>
       <c r="H328" s="182"/>
       <c r="I328" s="182"/>
-      <c r="J328" s="568">
+      <c r="J328" s="517">
         <v>0.17899999999999999</v>
       </c>
-      <c r="K328" s="568">
+      <c r="K328" s="517">
         <v>0.11899999999999999</v>
       </c>
-      <c r="L328" s="568">
+      <c r="L328" s="517">
         <v>0.13900000000000001</v>
       </c>
       <c r="M328" s="77"/>
     </row>
     <row r="329" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D329" s="182"/>
       <c r="E329" s="182"/>
       <c r="F329" s="182"/>
       <c r="G329" s="182"/>
       <c r="H329" s="182"/>
       <c r="I329" s="182"/>
-      <c r="J329" s="568">
+      <c r="J329" s="517">
         <v>0.18</v>
       </c>
-      <c r="K329" s="568">
+      <c r="K329" s="517">
         <v>0.12</v>
       </c>
-      <c r="L329" s="568">
+      <c r="L329" s="517">
         <v>0.14000000000000001</v>
       </c>
       <c r="M329" s="77"/>
     </row>
     <row r="330" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D330" s="182"/>
       <c r="E330" s="182"/>
       <c r="F330" s="182"/>
       <c r="G330" s="182"/>
       <c r="H330" s="182"/>
       <c r="I330" s="182"/>
-      <c r="J330" s="568">
+      <c r="J330" s="517">
         <v>0.18099999999999999</v>
       </c>
-      <c r="K330" s="568">
+      <c r="K330" s="517">
         <v>0.121</v>
       </c>
-      <c r="L330" s="568">
+      <c r="L330" s="517">
         <v>0.14099999999999999</v>
       </c>
       <c r="M330" s="77"/>
     </row>
     <row r="331" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D331" s="182"/>
       <c r="E331" s="182"/>
       <c r="F331" s="182"/>
       <c r="G331" s="182"/>
       <c r="H331" s="182"/>
       <c r="I331" s="182"/>
-      <c r="J331" s="568">
+      <c r="J331" s="517">
         <v>0.182</v>
       </c>
-      <c r="K331" s="568">
+      <c r="K331" s="517">
         <v>0.122</v>
       </c>
-      <c r="L331" s="568">
+      <c r="L331" s="517">
         <v>0.14199999999999999</v>
       </c>
       <c r="M331" s="77"/>
     </row>
     <row r="332" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D332" s="182"/>
       <c r="E332" s="182"/>
       <c r="F332" s="182"/>
       <c r="G332" s="182"/>
       <c r="H332" s="182"/>
       <c r="I332" s="182"/>
-      <c r="J332" s="568">
+      <c r="J332" s="517">
         <v>0.183</v>
       </c>
-      <c r="K332" s="568">
+      <c r="K332" s="517">
         <v>0.123</v>
       </c>
-      <c r="L332" s="568">
+      <c r="L332" s="517">
         <v>0.14299999999999999</v>
       </c>
       <c r="M332" s="77"/>
     </row>
     <row r="333" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D333" s="182"/>
       <c r="E333" s="182"/>
       <c r="F333" s="182"/>
       <c r="G333" s="182"/>
       <c r="H333" s="182"/>
       <c r="I333" s="182"/>
-      <c r="J333" s="568">
+      <c r="J333" s="517">
         <v>0.184</v>
       </c>
-      <c r="K333" s="568">
+      <c r="K333" s="517">
         <v>0.124</v>
       </c>
-      <c r="L333" s="568">
+      <c r="L333" s="517">
         <v>0.14399999999999999</v>
       </c>
       <c r="M333" s="77"/>
     </row>
     <row r="334" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D334" s="182"/>
       <c r="E334" s="182"/>
       <c r="F334" s="182"/>
       <c r="G334" s="182"/>
       <c r="H334" s="182"/>
       <c r="I334" s="182"/>
-      <c r="J334" s="568">
+      <c r="J334" s="517">
         <v>0.185</v>
       </c>
-      <c r="K334" s="568">
+      <c r="K334" s="517">
         <v>0.125</v>
       </c>
-      <c r="L334" s="568">
+      <c r="L334" s="517">
         <v>0.14499999999999999</v>
       </c>
       <c r="M334" s="77"/>
     </row>
     <row r="335" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D335" s="182"/>
       <c r="E335" s="182"/>
       <c r="F335" s="182"/>
       <c r="G335" s="182"/>
       <c r="H335" s="182"/>
       <c r="I335" s="182"/>
-      <c r="J335" s="568">
+      <c r="J335" s="517">
         <v>0.186</v>
       </c>
-      <c r="K335" s="568">
+      <c r="K335" s="517">
         <v>0.126</v>
       </c>
-      <c r="L335" s="568">
+      <c r="L335" s="517">
         <v>0.14599999999999999</v>
       </c>
       <c r="M335" s="77"/>
     </row>
     <row r="336" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D336" s="182"/>
       <c r="E336" s="182"/>
       <c r="F336" s="182"/>
       <c r="G336" s="182"/>
       <c r="H336" s="182"/>
       <c r="I336" s="182"/>
-      <c r="J336" s="568">
+      <c r="J336" s="517">
         <v>0.187</v>
       </c>
-      <c r="K336" s="568">
+      <c r="K336" s="517">
         <v>0.127</v>
       </c>
-      <c r="L336" s="568">
+      <c r="L336" s="517">
         <v>0.14699999999999999</v>
       </c>
       <c r="M336" s="77"/>
     </row>
     <row r="337" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D337" s="182"/>
       <c r="E337" s="182"/>
       <c r="F337" s="182"/>
       <c r="G337" s="182"/>
       <c r="H337" s="182"/>
       <c r="I337" s="182"/>
-      <c r="J337" s="568">
+      <c r="J337" s="517">
         <v>0.188</v>
       </c>
-      <c r="K337" s="568">
+      <c r="K337" s="517">
         <v>0.128</v>
       </c>
-      <c r="L337" s="568">
+      <c r="L337" s="517">
         <v>0.14799999999999999</v>
       </c>
       <c r="M337" s="77"/>
     </row>
     <row r="338" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D338" s="182"/>
       <c r="E338" s="182"/>
       <c r="F338" s="182"/>
       <c r="G338" s="182"/>
       <c r="H338" s="182"/>
       <c r="I338" s="182"/>
-      <c r="J338" s="568">
+      <c r="J338" s="517">
         <v>0.189</v>
       </c>
-      <c r="K338" s="568">
+      <c r="K338" s="517">
         <v>0.129</v>
       </c>
-      <c r="L338" s="568">
+      <c r="L338" s="517">
         <v>0.14899999999999999</v>
       </c>
       <c r="M338" s="77"/>
     </row>
     <row r="339" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D339" s="182"/>
       <c r="E339" s="182"/>
       <c r="F339" s="182"/>
       <c r="G339" s="182"/>
       <c r="H339" s="182"/>
       <c r="I339" s="182"/>
-      <c r="J339" s="568">
+      <c r="J339" s="517">
         <v>0.19</v>
       </c>
-      <c r="K339" s="568">
+      <c r="K339" s="517">
         <v>0.13</v>
       </c>
-      <c r="L339" s="568">
+      <c r="L339" s="517">
         <v>0.15</v>
       </c>
       <c r="M339" s="77"/>
     </row>
     <row r="340" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D340" s="182"/>
       <c r="E340" s="182"/>
       <c r="F340" s="182"/>
       <c r="G340" s="182"/>
       <c r="H340" s="182"/>
       <c r="I340" s="182"/>
-      <c r="J340" s="568">
+      <c r="J340" s="517">
         <v>0.191</v>
       </c>
-      <c r="K340" s="568">
+      <c r="K340" s="517">
         <v>0.13100000000000001</v>
       </c>
-      <c r="L340" s="568">
+      <c r="L340" s="517">
         <v>0.151</v>
       </c>
       <c r="M340" s="77"/>
     </row>
     <row r="341" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D341" s="182"/>
       <c r="E341" s="182"/>
       <c r="F341" s="182"/>
       <c r="G341" s="182"/>
       <c r="H341" s="182"/>
       <c r="I341" s="182"/>
-      <c r="J341" s="568">
+      <c r="J341" s="517">
         <v>0.192</v>
       </c>
-      <c r="K341" s="568">
+      <c r="K341" s="517">
         <v>0.13200000000000001</v>
       </c>
-      <c r="L341" s="568">
+      <c r="L341" s="517">
         <v>0.152</v>
       </c>
       <c r="M341" s="77"/>
     </row>
     <row r="342" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D342" s="182"/>
       <c r="E342" s="182"/>
       <c r="F342" s="182"/>
       <c r="G342" s="182"/>
       <c r="H342" s="182"/>
       <c r="I342" s="182"/>
-      <c r="J342" s="568">
+      <c r="J342" s="517">
         <v>0.193</v>
       </c>
-      <c r="K342" s="568">
+      <c r="K342" s="517">
         <v>0.13300000000000001</v>
       </c>
-      <c r="L342" s="568">
+      <c r="L342" s="517">
         <v>0.153</v>
       </c>
       <c r="M342" s="77"/>
     </row>
     <row r="343" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D343" s="182"/>
       <c r="E343" s="182"/>
       <c r="F343" s="182"/>
       <c r="G343" s="182"/>
       <c r="H343" s="182"/>
       <c r="I343" s="182"/>
-      <c r="J343" s="568">
+      <c r="J343" s="517">
         <v>0.19400000000000001</v>
       </c>
-      <c r="K343" s="568">
+      <c r="K343" s="517">
         <v>0.13400000000000001</v>
       </c>
-      <c r="L343" s="568">
+      <c r="L343" s="517">
         <v>0.154</v>
       </c>
       <c r="M343" s="77"/>
     </row>
     <row r="344" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D344" s="182"/>
       <c r="E344" s="182"/>
       <c r="F344" s="182"/>
       <c r="G344" s="182"/>
       <c r="H344" s="182"/>
       <c r="I344" s="182"/>
-      <c r="J344" s="568">
+      <c r="J344" s="517">
         <v>0.19500000000000001</v>
       </c>
-      <c r="K344" s="568">
+      <c r="K344" s="517">
         <v>0.13500000000000001</v>
       </c>
-      <c r="L344" s="568">
+      <c r="L344" s="517">
         <v>0.155</v>
       </c>
       <c r="M344" s="77"/>
     </row>
     <row r="345" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D345" s="182"/>
       <c r="E345" s="182"/>
       <c r="F345" s="182"/>
       <c r="G345" s="182"/>
       <c r="H345" s="182"/>
       <c r="I345" s="182"/>
-      <c r="J345" s="568">
+      <c r="J345" s="517">
         <v>0.19600000000000001</v>
       </c>
-      <c r="K345" s="568">
+      <c r="K345" s="517">
         <v>0.13600000000000001</v>
       </c>
-      <c r="L345" s="568">
+      <c r="L345" s="517">
         <v>0.156</v>
       </c>
       <c r="M345" s="77"/>
     </row>
     <row r="346" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D346" s="182"/>
       <c r="E346" s="182"/>
       <c r="F346" s="182"/>
       <c r="G346" s="182"/>
       <c r="H346" s="182"/>
       <c r="I346" s="182"/>
-      <c r="J346" s="568">
+      <c r="J346" s="517">
         <v>0.19700000000000001</v>
       </c>
-      <c r="K346" s="568">
+      <c r="K346" s="517">
         <v>0.13700000000000001</v>
       </c>
-      <c r="L346" s="568">
+      <c r="L346" s="517">
         <v>0.157</v>
       </c>
       <c r="M346" s="77"/>
     </row>
     <row r="347" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D347" s="182"/>
       <c r="E347" s="182"/>
       <c r="F347" s="182"/>
       <c r="G347" s="182"/>
       <c r="H347" s="182"/>
       <c r="I347" s="182"/>
-      <c r="J347" s="568">
+      <c r="J347" s="517">
         <v>0.19800000000000001</v>
       </c>
-      <c r="K347" s="568">
+      <c r="K347" s="517">
         <v>0.13800000000000001</v>
       </c>
-      <c r="L347" s="568">
+      <c r="L347" s="517">
         <v>0.158</v>
       </c>
       <c r="M347" s="77"/>
     </row>
     <row r="348" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D348" s="182"/>
       <c r="E348" s="182"/>
       <c r="F348" s="182"/>
       <c r="G348" s="182"/>
       <c r="H348" s="182"/>
       <c r="I348" s="182"/>
-      <c r="J348" s="568">
+      <c r="J348" s="517">
         <v>0.19900000000000001</v>
       </c>
-      <c r="K348" s="568">
+      <c r="K348" s="517">
         <v>0.13900000000000001</v>
       </c>
-      <c r="L348" s="568">
+      <c r="L348" s="517">
         <v>0.159</v>
       </c>
       <c r="M348" s="77"/>
     </row>
     <row r="349" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D349" s="182"/>
       <c r="E349" s="182"/>
       <c r="F349" s="182"/>
       <c r="G349" s="182"/>
       <c r="H349" s="182"/>
       <c r="I349" s="182"/>
-      <c r="J349" s="568">
+      <c r="J349" s="517">
         <v>0.2</v>
       </c>
-      <c r="K349" s="568">
+      <c r="K349" s="517">
         <v>0.14000000000000001</v>
       </c>
-      <c r="L349" s="568">
+      <c r="L349" s="517">
         <v>0.16</v>
       </c>
       <c r="M349" s="77"/>
     </row>
     <row r="350" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D350" s="182"/>
       <c r="E350" s="182"/>
       <c r="F350" s="182"/>
       <c r="G350" s="182"/>
       <c r="H350" s="182"/>
       <c r="I350" s="182"/>
-      <c r="J350" s="568">
+      <c r="J350" s="517">
         <v>0.20100000000000001</v>
       </c>
-      <c r="K350" s="568">
+      <c r="K350" s="517">
         <v>0.14099999999999999</v>
       </c>
-      <c r="L350" s="568">
+      <c r="L350" s="517">
         <v>0.161</v>
       </c>
       <c r="M350" s="77"/>
     </row>
     <row r="351" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D351" s="182"/>
       <c r="E351" s="182"/>
       <c r="F351" s="182"/>
       <c r="G351" s="182"/>
       <c r="H351" s="182"/>
       <c r="I351" s="182"/>
-      <c r="J351" s="568">
+      <c r="J351" s="517">
         <v>0.20200000000000001</v>
       </c>
-      <c r="K351" s="568">
+      <c r="K351" s="517">
         <v>0.14199999999999999</v>
       </c>
-      <c r="L351" s="568">
+      <c r="L351" s="517">
         <v>0.16200000000000001</v>
       </c>
       <c r="M351" s="77"/>
     </row>
     <row r="352" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D352" s="182"/>
       <c r="E352" s="182"/>
       <c r="F352" s="182"/>
       <c r="G352" s="182"/>
       <c r="H352" s="182"/>
       <c r="I352" s="182"/>
-      <c r="J352" s="568">
+      <c r="J352" s="517">
         <v>0.20300000000000001</v>
       </c>
-      <c r="K352" s="568">
+      <c r="K352" s="517">
         <v>0.14299999999999999</v>
       </c>
-      <c r="L352" s="568">
+      <c r="L352" s="517">
         <v>0.16300000000000001</v>
       </c>
       <c r="M352" s="77"/>
     </row>
     <row r="353" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D353" s="182"/>
       <c r="E353" s="182"/>
       <c r="F353" s="182"/>
       <c r="G353" s="182"/>
       <c r="H353" s="182"/>
       <c r="I353" s="182"/>
-      <c r="J353" s="568">
+      <c r="J353" s="517">
         <v>0.20399999999999999</v>
       </c>
-      <c r="K353" s="568">
+      <c r="K353" s="517">
         <v>0.14399999999999999</v>
       </c>
-      <c r="L353" s="568">
+      <c r="L353" s="517">
         <v>0.16400000000000001</v>
       </c>
       <c r="M353" s="77"/>
     </row>
     <row r="354" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D354" s="182"/>
       <c r="E354" s="182"/>
       <c r="F354" s="182"/>
       <c r="G354" s="182"/>
       <c r="H354" s="182"/>
       <c r="I354" s="182"/>
-      <c r="J354" s="568">
+      <c r="J354" s="517">
         <v>0.20499999999999999</v>
       </c>
-      <c r="K354" s="568">
+      <c r="K354" s="517">
         <v>0.14499999999999999</v>
       </c>
-      <c r="L354" s="568">
+      <c r="L354" s="517">
         <v>0.16500000000000001</v>
       </c>
       <c r="M354" s="77"/>
     </row>
     <row r="355" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D355" s="182"/>
       <c r="E355" s="182"/>
       <c r="F355" s="182"/>
       <c r="G355" s="182"/>
       <c r="H355" s="182"/>
       <c r="I355" s="182"/>
-      <c r="J355" s="568">
+      <c r="J355" s="517">
         <v>0.20599999999999999</v>
       </c>
-      <c r="K355" s="568">
+      <c r="K355" s="517">
         <v>0.14599999999999999</v>
       </c>
-      <c r="L355" s="568">
+      <c r="L355" s="517">
         <v>0.16600000000000001</v>
       </c>
       <c r="M355" s="77"/>
     </row>
     <row r="356" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D356" s="182"/>
       <c r="E356" s="182"/>
       <c r="F356" s="182"/>
       <c r="G356" s="182"/>
       <c r="H356" s="182"/>
       <c r="I356" s="182"/>
-      <c r="J356" s="568">
+      <c r="J356" s="517">
         <v>0.20699999999999999</v>
       </c>
-      <c r="K356" s="568">
+      <c r="K356" s="517">
         <v>0.14699999999999999</v>
       </c>
-      <c r="L356" s="568">
+      <c r="L356" s="517">
         <v>0.16700000000000001</v>
       </c>
       <c r="M356" s="77"/>
     </row>
     <row r="357" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D357" s="182"/>
       <c r="E357" s="182"/>
       <c r="F357" s="182"/>
       <c r="G357" s="182"/>
       <c r="H357" s="182"/>
       <c r="I357" s="182"/>
-      <c r="J357" s="568">
+      <c r="J357" s="517">
         <v>0.20799999999999999</v>
       </c>
-      <c r="K357" s="568">
+      <c r="K357" s="517">
         <v>0.14799999999999999</v>
       </c>
-      <c r="L357" s="568">
+      <c r="L357" s="517">
         <v>0.16800000000000001</v>
       </c>
       <c r="M357" s="77"/>
     </row>
     <row r="358" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D358" s="182"/>
       <c r="E358" s="182"/>
       <c r="F358" s="182"/>
       <c r="G358" s="182"/>
       <c r="H358" s="182"/>
       <c r="I358" s="182"/>
-      <c r="J358" s="568">
+      <c r="J358" s="517">
         <v>0.20899999999999999</v>
       </c>
-      <c r="K358" s="568">
+      <c r="K358" s="517">
         <v>0.14899999999999999</v>
       </c>
-      <c r="L358" s="568">
+      <c r="L358" s="517">
         <v>0.16900000000000001</v>
       </c>
       <c r="M358" s="77"/>
     </row>
     <row r="359" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D359" s="182"/>
       <c r="E359" s="182"/>
       <c r="F359" s="182"/>
       <c r="G359" s="182"/>
       <c r="H359" s="182"/>
       <c r="I359" s="182"/>
-      <c r="J359" s="568">
+      <c r="J359" s="517">
         <v>0.21</v>
       </c>
-      <c r="K359" s="568">
+      <c r="K359" s="517">
         <v>0.15</v>
       </c>
-      <c r="L359" s="568">
+      <c r="L359" s="517">
         <v>0.17</v>
       </c>
       <c r="M359" s="77"/>
     </row>
     <row r="360" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D360" s="182"/>
       <c r="E360" s="182"/>
       <c r="F360" s="182"/>
       <c r="G360" s="182"/>
       <c r="H360" s="182"/>
       <c r="I360" s="182"/>
-      <c r="J360" s="568">
+      <c r="J360" s="517">
         <v>0.21099999999999999</v>
       </c>
-      <c r="K360" s="568">
+      <c r="K360" s="517">
         <v>0.151</v>
       </c>
-      <c r="L360" s="568">
+      <c r="L360" s="517">
         <v>0.17100000000000001</v>
       </c>
       <c r="M360" s="77"/>
     </row>
     <row r="361" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D361" s="182"/>
       <c r="E361" s="182"/>
       <c r="F361" s="182"/>
       <c r="G361" s="182"/>
       <c r="H361" s="182"/>
       <c r="I361" s="182"/>
-      <c r="J361" s="568">
+      <c r="J361" s="517">
         <v>0.21199999999999999</v>
       </c>
-      <c r="K361" s="568">
+      <c r="K361" s="517">
         <v>0.152</v>
       </c>
-      <c r="L361" s="568">
+      <c r="L361" s="517">
         <v>0.17199999999999999</v>
       </c>
       <c r="M361" s="77"/>
     </row>
     <row r="362" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D362" s="182"/>
       <c r="E362" s="182"/>
       <c r="F362" s="182"/>
       <c r="G362" s="182"/>
       <c r="H362" s="182"/>
       <c r="I362" s="182"/>
-      <c r="J362" s="568">
+      <c r="J362" s="517">
         <v>0.21299999999999999</v>
       </c>
-      <c r="K362" s="568">
+      <c r="K362" s="517">
         <v>0.153</v>
       </c>
-      <c r="L362" s="568">
+      <c r="L362" s="517">
         <v>0.17299999999999999</v>
       </c>
       <c r="M362" s="77"/>
     </row>
     <row r="363" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D363" s="182"/>
       <c r="E363" s="182"/>
       <c r="F363" s="182"/>
       <c r="G363" s="182"/>
       <c r="H363" s="182"/>
       <c r="I363" s="182"/>
-      <c r="J363" s="568">
+      <c r="J363" s="517">
         <v>0.214</v>
       </c>
-      <c r="K363" s="568">
+      <c r="K363" s="517">
         <v>0.154</v>
       </c>
-      <c r="L363" s="568">
+      <c r="L363" s="517">
         <v>0.17399999999999999</v>
       </c>
       <c r="M363" s="77"/>
     </row>
     <row r="364" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D364" s="182"/>
       <c r="E364" s="182"/>
       <c r="F364" s="182"/>
       <c r="G364" s="182"/>
       <c r="H364" s="182"/>
       <c r="I364" s="182"/>
-      <c r="J364" s="568">
+      <c r="J364" s="517">
         <v>0.215</v>
       </c>
-      <c r="K364" s="568">
+      <c r="K364" s="517">
         <v>0.155</v>
       </c>
-      <c r="L364" s="568">
+      <c r="L364" s="517">
         <v>0.17499999999999999</v>
       </c>
       <c r="M364" s="77"/>
     </row>
     <row r="365" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D365" s="182"/>
       <c r="E365" s="182"/>
       <c r="F365" s="182"/>
       <c r="G365" s="182"/>
       <c r="H365" s="182"/>
       <c r="I365" s="182"/>
-      <c r="J365" s="568">
+      <c r="J365" s="517">
         <v>0.216</v>
       </c>
-      <c r="K365" s="568">
+      <c r="K365" s="517">
         <v>0.156</v>
       </c>
-      <c r="L365" s="568">
+      <c r="L365" s="517">
         <v>0.17599999999999999</v>
       </c>
       <c r="M365" s="77"/>
     </row>
     <row r="366" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D366" s="182"/>
       <c r="E366" s="182"/>
       <c r="F366" s="182"/>
       <c r="G366" s="182"/>
       <c r="H366" s="182"/>
       <c r="I366" s="182"/>
-      <c r="J366" s="568">
+      <c r="J366" s="517">
         <v>0.217</v>
       </c>
-      <c r="K366" s="568">
+      <c r="K366" s="517">
         <v>0.157</v>
       </c>
-      <c r="L366" s="568">
+      <c r="L366" s="517">
         <v>0.17699999999999999</v>
       </c>
       <c r="M366" s="77"/>
     </row>
     <row r="367" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D367" s="182"/>
       <c r="E367" s="182"/>
       <c r="F367" s="182"/>
       <c r="G367" s="182"/>
       <c r="H367" s="182"/>
       <c r="I367" s="182"/>
-      <c r="J367" s="568">
+      <c r="J367" s="517">
         <v>0.218</v>
       </c>
-      <c r="K367" s="568">
+      <c r="K367" s="517">
         <v>0.158</v>
       </c>
-      <c r="L367" s="568">
+      <c r="L367" s="517">
         <v>0.17799999999999999</v>
       </c>
       <c r="M367" s="77"/>
     </row>
     <row r="368" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D368" s="182"/>
       <c r="E368" s="182"/>
       <c r="F368" s="182"/>
       <c r="G368" s="182"/>
       <c r="H368" s="182"/>
       <c r="I368" s="182"/>
-      <c r="J368" s="568">
+      <c r="J368" s="517">
         <v>0.219</v>
       </c>
-      <c r="K368" s="568">
+      <c r="K368" s="517">
         <v>0.159</v>
       </c>
-      <c r="L368" s="568">
+      <c r="L368" s="517">
         <v>0.17899999999999999</v>
       </c>
       <c r="M368" s="77"/>
     </row>
     <row r="369" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D369" s="182"/>
       <c r="E369" s="182"/>
       <c r="F369" s="182"/>
       <c r="G369" s="182"/>
       <c r="H369" s="182"/>
       <c r="I369" s="182"/>
-      <c r="J369" s="568">
+      <c r="J369" s="517">
         <v>0.22</v>
       </c>
-      <c r="K369" s="568">
+      <c r="K369" s="517">
         <v>0.16</v>
       </c>
-      <c r="L369" s="568">
+      <c r="L369" s="517">
         <v>0.18</v>
       </c>
       <c r="M369" s="77"/>
     </row>
     <row r="370" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D370" s="182"/>
       <c r="E370" s="182"/>
       <c r="F370" s="182"/>
       <c r="G370" s="182"/>
       <c r="H370" s="182"/>
       <c r="I370" s="182"/>
-      <c r="J370" s="568">
+      <c r="J370" s="517">
         <v>0.221</v>
       </c>
-      <c r="K370" s="568">
+      <c r="K370" s="517">
         <v>0.161</v>
       </c>
-      <c r="L370" s="568">
+      <c r="L370" s="517">
         <v>0.18099999999999999</v>
       </c>
       <c r="M370" s="77"/>
     </row>
     <row r="371" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D371" s="182"/>
       <c r="E371" s="182"/>
       <c r="F371" s="182"/>
       <c r="G371" s="182"/>
       <c r="H371" s="182"/>
       <c r="I371" s="182"/>
-      <c r="J371" s="568">
+      <c r="J371" s="517">
         <v>0.222</v>
       </c>
-      <c r="K371" s="568">
+      <c r="K371" s="517">
         <v>0.16200000000000001</v>
       </c>
-      <c r="L371" s="568">
+      <c r="L371" s="517">
         <v>0.182</v>
       </c>
       <c r="M371" s="77"/>
     </row>
     <row r="372" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D372" s="182"/>
       <c r="E372" s="182"/>
       <c r="F372" s="182"/>
       <c r="G372" s="182"/>
       <c r="H372" s="182"/>
       <c r="I372" s="182"/>
-      <c r="J372" s="568">
+      <c r="J372" s="517">
         <v>0.223</v>
       </c>
-      <c r="K372" s="568">
+      <c r="K372" s="517">
         <v>0.16300000000000001</v>
       </c>
-      <c r="L372" s="568">
+      <c r="L372" s="517">
         <v>0.183</v>
       </c>
       <c r="M372" s="77"/>
     </row>
     <row r="373" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D373" s="182"/>
       <c r="E373" s="182"/>
       <c r="F373" s="182"/>
       <c r="G373" s="182"/>
       <c r="H373" s="182"/>
       <c r="I373" s="182"/>
-      <c r="J373" s="568">
+      <c r="J373" s="517">
         <v>0.224</v>
       </c>
-      <c r="K373" s="568">
+      <c r="K373" s="517">
         <v>0.16400000000000001</v>
       </c>
-      <c r="L373" s="568">
+      <c r="L373" s="517">
         <v>0.184</v>
       </c>
       <c r="M373" s="77"/>
     </row>
     <row r="374" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D374" s="182"/>
       <c r="E374" s="182"/>
       <c r="F374" s="182"/>
       <c r="G374" s="182"/>
       <c r="H374" s="182"/>
       <c r="I374" s="182"/>
-      <c r="J374" s="568">
+      <c r="J374" s="517">
         <v>0.22500000000000001</v>
       </c>
-      <c r="K374" s="568">
+      <c r="K374" s="517">
         <v>0.16500000000000001</v>
       </c>
-      <c r="L374" s="568">
+      <c r="L374" s="517">
         <v>0.185</v>
       </c>
       <c r="M374" s="77"/>
     </row>
     <row r="375" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D375" s="182"/>
       <c r="E375" s="182"/>
       <c r="F375" s="182"/>
       <c r="G375" s="182"/>
       <c r="H375" s="182"/>
       <c r="I375" s="182"/>
-      <c r="J375" s="568">
+      <c r="J375" s="517">
         <v>0.22600000000000001</v>
       </c>
-      <c r="K375" s="568">
+      <c r="K375" s="517">
         <v>0.16600000000000001</v>
       </c>
-      <c r="L375" s="568">
+      <c r="L375" s="517">
         <v>0.186</v>
       </c>
       <c r="M375" s="77"/>
     </row>
     <row r="376" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D376" s="182"/>
       <c r="E376" s="182"/>
       <c r="F376" s="182"/>
       <c r="G376" s="182"/>
       <c r="H376" s="182"/>
       <c r="I376" s="182"/>
-      <c r="J376" s="568">
+      <c r="J376" s="517">
         <v>0.22700000000000001</v>
       </c>
-      <c r="K376" s="568">
+      <c r="K376" s="517">
         <v>0.16700000000000001</v>
       </c>
-      <c r="L376" s="568">
+      <c r="L376" s="517">
         <v>0.187</v>
       </c>
       <c r="M376" s="77"/>
     </row>
     <row r="377" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D377" s="182"/>
       <c r="E377" s="182"/>
       <c r="F377" s="182"/>
       <c r="G377" s="182"/>
       <c r="H377" s="182"/>
       <c r="I377" s="182"/>
-      <c r="J377" s="568">
+      <c r="J377" s="517">
         <v>0.22800000000000001</v>
       </c>
-      <c r="K377" s="568">
+      <c r="K377" s="517">
         <v>0.16800000000000001</v>
       </c>
-      <c r="L377" s="568">
+      <c r="L377" s="517">
         <v>0.188</v>
       </c>
       <c r="M377" s="77"/>
     </row>
     <row r="378" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D378" s="182"/>
       <c r="E378" s="182"/>
       <c r="F378" s="182"/>
       <c r="G378" s="182"/>
       <c r="H378" s="182"/>
       <c r="I378" s="182"/>
-      <c r="J378" s="568">
+      <c r="J378" s="517">
         <v>0.22900000000000001</v>
       </c>
-      <c r="K378" s="568">
+      <c r="K378" s="517">
         <v>0.16900000000000001</v>
       </c>
-      <c r="L378" s="568">
+      <c r="L378" s="517">
         <v>0.189</v>
       </c>
       <c r="M378" s="77"/>
     </row>
     <row r="379" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D379" s="182"/>
       <c r="E379" s="182"/>
       <c r="F379" s="182"/>
       <c r="G379" s="182"/>
       <c r="H379" s="182"/>
       <c r="I379" s="182"/>
-      <c r="J379" s="568">
+      <c r="J379" s="517">
         <v>0.23</v>
       </c>
-      <c r="K379" s="568">
+      <c r="K379" s="517">
         <v>0.17</v>
       </c>
-      <c r="L379" s="568">
+      <c r="L379" s="517">
         <v>0.19</v>
       </c>
       <c r="M379" s="77"/>
     </row>
     <row r="380" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D380" s="182"/>
       <c r="E380" s="182"/>
       <c r="F380" s="182"/>
       <c r="G380" s="182"/>
       <c r="H380" s="182"/>
       <c r="I380" s="182"/>
-      <c r="J380" s="568">
+      <c r="J380" s="517">
         <v>0.23100000000000001</v>
       </c>
-      <c r="K380" s="568">
+      <c r="K380" s="517">
         <v>0.17100000000000001</v>
       </c>
-      <c r="L380" s="568">
+      <c r="L380" s="517">
         <v>0.191</v>
       </c>
       <c r="M380" s="77"/>
     </row>
     <row r="381" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D381" s="182"/>
       <c r="E381" s="182"/>
       <c r="F381" s="182"/>
       <c r="G381" s="182"/>
       <c r="H381" s="182"/>
       <c r="I381" s="182"/>
-      <c r="J381" s="568">
+      <c r="J381" s="517">
         <v>0.23200000000000001</v>
       </c>
-      <c r="K381" s="568">
+      <c r="K381" s="517">
         <v>0.17199999999999999</v>
       </c>
-      <c r="L381" s="568">
+      <c r="L381" s="517">
         <v>0.192</v>
       </c>
       <c r="M381" s="77"/>
     </row>
     <row r="382" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D382" s="182"/>
       <c r="E382" s="182"/>
       <c r="F382" s="182"/>
       <c r="G382" s="182"/>
       <c r="H382" s="182"/>
       <c r="I382" s="182"/>
-      <c r="J382" s="568">
+      <c r="J382" s="517">
         <v>0.23300000000000001</v>
       </c>
-      <c r="K382" s="568">
+      <c r="K382" s="517">
         <v>0.17299999999999999</v>
       </c>
-      <c r="L382" s="568">
+      <c r="L382" s="517">
         <v>0.193</v>
       </c>
       <c r="M382" s="77"/>
     </row>
     <row r="383" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D383" s="182"/>
       <c r="E383" s="182"/>
       <c r="F383" s="182"/>
       <c r="G383" s="182"/>
       <c r="H383" s="182"/>
       <c r="I383" s="182"/>
-      <c r="J383" s="568">
+      <c r="J383" s="517">
         <v>0.23400000000000001</v>
       </c>
-      <c r="K383" s="568">
+      <c r="K383" s="517">
         <v>0.17399999999999999</v>
       </c>
-      <c r="L383" s="568">
+      <c r="L383" s="517">
         <v>0.19400000000000001</v>
       </c>
       <c r="M383" s="77"/>
     </row>
     <row r="384" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D384" s="182"/>
       <c r="E384" s="182"/>
       <c r="F384" s="182"/>
       <c r="G384" s="182"/>
       <c r="H384" s="182"/>
       <c r="I384" s="182"/>
-      <c r="J384" s="568">
+      <c r="J384" s="517">
         <v>0.23499999999999999</v>
       </c>
-      <c r="K384" s="568">
+      <c r="K384" s="517">
         <v>0.17499999999999999</v>
       </c>
-      <c r="L384" s="568">
+      <c r="L384" s="517">
         <v>0.19500000000000001</v>
       </c>
       <c r="M384" s="77"/>
     </row>
     <row r="385" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D385" s="182"/>
       <c r="E385" s="182"/>
       <c r="F385" s="182"/>
       <c r="G385" s="182"/>
       <c r="H385" s="182"/>
       <c r="I385" s="182"/>
-      <c r="J385" s="568">
+      <c r="J385" s="517">
         <v>0.23599999999999999</v>
       </c>
-      <c r="K385" s="568">
+      <c r="K385" s="517">
         <v>0.17599999999999999</v>
       </c>
-      <c r="L385" s="568">
+      <c r="L385" s="517">
         <v>0.19600000000000001</v>
       </c>
       <c r="M385" s="77"/>
     </row>
     <row r="386" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D386" s="182"/>
       <c r="E386" s="182"/>
       <c r="F386" s="182"/>
       <c r="G386" s="182"/>
       <c r="H386" s="182"/>
       <c r="I386" s="182"/>
-      <c r="J386" s="568">
+      <c r="J386" s="517">
         <v>0.23699999999999999</v>
       </c>
-      <c r="K386" s="568">
+      <c r="K386" s="517">
         <v>0.17699999999999999</v>
       </c>
-      <c r="L386" s="568">
+      <c r="L386" s="517">
         <v>0.19700000000000001</v>
       </c>
       <c r="M386" s="77"/>
     </row>
     <row r="387" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D387" s="182"/>
       <c r="E387" s="182"/>
       <c r="F387" s="182"/>
       <c r="G387" s="182"/>
       <c r="H387" s="182"/>
       <c r="I387" s="182"/>
-      <c r="J387" s="568">
+      <c r="J387" s="517">
         <v>0.23799999999999999</v>
       </c>
-      <c r="K387" s="568">
+      <c r="K387" s="517">
         <v>0.17799999999999999</v>
       </c>
-      <c r="L387" s="568">
+      <c r="L387" s="517">
         <v>0.19800000000000001</v>
       </c>
       <c r="M387" s="77"/>
     </row>
     <row r="388" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D388" s="182"/>
       <c r="E388" s="182"/>
       <c r="F388" s="182"/>
       <c r="G388" s="182"/>
       <c r="H388" s="182"/>
       <c r="I388" s="182"/>
-      <c r="J388" s="568">
+      <c r="J388" s="517">
         <v>0.23899999999999999</v>
       </c>
-      <c r="K388" s="568">
+      <c r="K388" s="517">
         <v>0.17899999999999999</v>
       </c>
-      <c r="L388" s="568">
+      <c r="L388" s="517">
         <v>0.19900000000000001</v>
       </c>
       <c r="M388" s="77"/>
     </row>
     <row r="389" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D389" s="182"/>
       <c r="E389" s="182"/>
       <c r="F389" s="182"/>
       <c r="G389" s="182"/>
       <c r="H389" s="182"/>
       <c r="I389" s="182"/>
-      <c r="J389" s="568">
+      <c r="J389" s="517">
         <v>0.24</v>
       </c>
-      <c r="K389" s="568">
+      <c r="K389" s="517">
         <v>0.18</v>
       </c>
-      <c r="L389" s="568">
+      <c r="L389" s="517">
         <v>0.2</v>
       </c>
       <c r="M389" s="77"/>
     </row>
     <row r="390" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D390" s="182"/>
       <c r="E390" s="182"/>
       <c r="F390" s="182"/>
       <c r="G390" s="182"/>
       <c r="H390" s="182"/>
       <c r="I390" s="182"/>
       <c r="J390" s="182"/>
       <c r="K390" s="182"/>
       <c r="L390" s="182"/>
       <c r="M390" s="77"/>
     </row>
     <row r="391" spans="4:13" x14ac:dyDescent="0.25">
       <c r="D391" s="182"/>
       <c r="E391" s="182"/>
       <c r="F391" s="182"/>
       <c r="G391" s="182"/>
       <c r="H391" s="182"/>
       <c r="I391" s="182"/>
       <c r="J391" s="182"/>
       <c r="K391" s="182"/>
@@ -31697,268 +30625,268 @@
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" promptTitle="Pojistné zaměstnanci" sqref="H40" xr:uid="{549553FC-0223-4908-9A8C-1128A1ABECCA}">
       <formula1>$L$239:$L$389</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="52" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DCA2528-3DAE-4042-A52F-190A5E6C8734}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:C15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4" style="264" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="264"/>
+    <col min="1" max="1" width="4" style="262" customWidth="1"/>
+    <col min="2" max="2" width="51.7109375" style="262" customWidth="1"/>
+    <col min="3" max="3" width="147.140625" style="262" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="262"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:3" ht="27" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:3" ht="33.75" x14ac:dyDescent="0.2">
-      <c r="C2" s="442" t="s">
+      <c r="C2" s="391" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="3" spans="2:3" ht="54" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="443" t="s">
+      <c r="C3" s="392" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="4" spans="2:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C4" s="443" t="s">
-        <v>389</v>
+      <c r="C4" s="392" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="5" spans="2:3" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C5" s="271" t="s">
+      <c r="C5" s="269" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="6" spans="2:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C6" s="271" t="s">
-        <v>390</v>
+      <c r="C6" s="269" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="2:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C7" s="395" t="s">
-        <v>391</v>
+      <c r="C7" s="378" t="s">
+        <v>376</v>
       </c>
     </row>
     <row r="8" spans="2:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C8" s="395" t="s">
-        <v>392</v>
+      <c r="C8" s="378" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="9" spans="2:3" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="272"/>
-      <c r="C9" s="271" t="s">
+      <c r="B9" s="270"/>
+      <c r="C9" s="269" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="10" spans="2:3" s="272" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>393</v>
+    <row r="10" spans="2:3" s="270" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C10" s="382" t="s">
+        <v>378</v>
       </c>
     </row>
     <row r="11" spans="2:3" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C11" s="267" t="s">
-        <v>394</v>
+      <c r="C11" s="265" t="s">
+        <v>379</v>
       </c>
     </row>
     <row r="12" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C12" s="274"/>
+      <c r="C12" s="272"/>
     </row>
     <row r="13" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C13" s="266" t="s">
+      <c r="C13" s="264" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="14" spans="2:3" s="272" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="C14" s="268" t="s">
+    <row r="14" spans="2:3" s="270" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="C14" s="266" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C15" s="269" t="s">
-        <v>395</v>
+      <c r="C15" s="267" t="s">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="8kRM8Hhqgi0uI7qbmlZ7jIHS8Mtbrcz6Es4LK5qUuxt5c8mtY8KFDkwnMkw+B2DjR1tH+q+GeI43rIZ5DtnbbQ==" saltValue="UnOI91bEeHVuZZZuQqs+3Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BF473F6-1E91-4E70-BDE9-87DC2E882443}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:V139"/>
   <sheetViews>
-    <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+    <sheetView topLeftCell="A85" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <selection activeCell="L26" sqref="L26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="8" customWidth="1"/>
     <col min="2" max="2" width="115.28515625" style="8" customWidth="1"/>
     <col min="3" max="3" width="24.140625" style="9" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" style="10" customWidth="1"/>
     <col min="5" max="5" width="18.42578125" style="11" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" style="10" customWidth="1"/>
     <col min="7" max="7" width="15.85546875" style="11" customWidth="1"/>
     <col min="8" max="8" width="4.5703125" style="8" customWidth="1"/>
     <col min="9" max="9" width="34.140625" style="10" customWidth="1"/>
     <col min="10" max="10" width="20.7109375" style="12" customWidth="1"/>
     <col min="11" max="11" width="38.42578125" style="13" customWidth="1"/>
     <col min="12" max="12" width="20.7109375" style="11" customWidth="1"/>
     <col min="13" max="13" width="20.7109375" style="9" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.28515625" style="14" customWidth="1"/>
     <col min="15" max="15" width="18.42578125" style="8" customWidth="1"/>
     <col min="16" max="16" width="28.7109375" style="8" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="165" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="639" t="s">
-[...13 lines deleted...]
-      <c r="N1" s="639"/>
+      <c r="B1" s="690" t="s">
+        <v>381</v>
+      </c>
+      <c r="C1" s="690"/>
+      <c r="D1" s="690"/>
+      <c r="E1" s="690"/>
+      <c r="F1" s="690"/>
+      <c r="G1" s="690"/>
+      <c r="H1" s="690"/>
+      <c r="I1" s="690"/>
+      <c r="J1" s="690"/>
+      <c r="K1" s="690"/>
+      <c r="L1" s="690"/>
+      <c r="M1" s="690"/>
+      <c r="N1" s="690"/>
     </row>
     <row r="2" spans="2:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C2" s="50"/>
       <c r="D2" s="71"/>
     </row>
     <row r="3" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="640" t="s">
+      <c r="B3" s="691" t="s">
         <v>99</v>
       </c>
-      <c r="C3" s="642" t="s">
-[...5 lines deleted...]
-      <c r="G3" s="644"/>
+      <c r="C3" s="693" t="s">
+        <v>382</v>
+      </c>
+      <c r="D3" s="694"/>
+      <c r="E3" s="694"/>
+      <c r="F3" s="694"/>
+      <c r="G3" s="695"/>
       <c r="H3" s="15"/>
-      <c r="I3" s="642" t="s">
+      <c r="I3" s="693" t="s">
         <v>100</v>
       </c>
-      <c r="J3" s="643"/>
-[...3 lines deleted...]
-      <c r="N3" s="645" t="s">
+      <c r="J3" s="694"/>
+      <c r="K3" s="694"/>
+      <c r="L3" s="694"/>
+      <c r="M3" s="695"/>
+      <c r="N3" s="696" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="4" spans="2:14" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="641"/>
+      <c r="B4" s="692"/>
       <c r="C4" s="58" t="s">
         <v>102</v>
       </c>
-      <c r="D4" s="291" t="s">
+      <c r="D4" s="288" t="s">
         <v>103</v>
       </c>
-      <c r="E4" s="291" t="s">
+      <c r="E4" s="288" t="s">
         <v>104</v>
       </c>
-      <c r="F4" s="291" t="s">
+      <c r="F4" s="288" t="s">
         <v>105</v>
       </c>
-      <c r="G4" s="290" t="s">
+      <c r="G4" s="287" t="s">
         <v>106</v>
       </c>
-      <c r="H4" s="291"/>
+      <c r="H4" s="288"/>
       <c r="I4" s="58" t="s">
         <v>103</v>
       </c>
-      <c r="J4" s="291" t="s">
+      <c r="J4" s="288" t="s">
         <v>104</v>
       </c>
-      <c r="K4" s="291" t="s">
+      <c r="K4" s="288" t="s">
         <v>105</v>
       </c>
-      <c r="L4" s="291" t="s">
+      <c r="L4" s="288" t="s">
         <v>106</v>
       </c>
-      <c r="M4" s="290" t="s">
+      <c r="M4" s="287" t="s">
         <v>102</v>
       </c>
-      <c r="N4" s="646"/>
+      <c r="N4" s="697"/>
     </row>
     <row r="5" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="444" t="s">
+      <c r="B5" s="393" t="s">
         <v>107</v>
       </c>
-      <c r="C5" s="445">
+      <c r="C5" s="394">
         <f>SUM(C6:C12)</f>
         <v>178.935851017</v>
       </c>
-      <c r="D5" s="446"/>
-[...8 lines deleted...]
-      <c r="M5" s="453">
+      <c r="D5" s="395"/>
+      <c r="E5" s="396"/>
+      <c r="F5" s="395"/>
+      <c r="G5" s="397"/>
+      <c r="H5" s="398"/>
+      <c r="I5" s="399"/>
+      <c r="J5" s="400"/>
+      <c r="K5" s="401"/>
+      <c r="L5" s="396"/>
+      <c r="M5" s="402">
         <f>SUM(M6:M12)</f>
         <v>178.935851017</v>
       </c>
-      <c r="N5" s="454">
+      <c r="N5" s="403">
         <f t="shared" ref="N5:N29" si="0">M5-C5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B6" s="16" t="s">
         <v>108</v>
       </c>
       <c r="C6" s="17">
         <v>24.786229208000002</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>109</v>
       </c>
       <c r="E6" s="11">
         <v>49054</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>110</v>
       </c>
       <c r="G6" s="18">
         <f>C6*1000000000/E6/12</f>
         <v>42107.047349179811</v>
       </c>
       <c r="I6" s="19" t="s">
@@ -32090,146 +31018,146 @@
       <c r="J9" s="54">
         <v>1405</v>
       </c>
       <c r="K9" s="13" t="s">
         <v>110</v>
       </c>
       <c r="L9" s="54">
         <v>143197.36263345196</v>
       </c>
       <c r="M9" s="20">
         <f>J9*L9*12/1000000000</f>
         <v>2.4143075340000002</v>
       </c>
       <c r="N9" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B10" s="16" t="s">
         <v>114</v>
       </c>
       <c r="C10" s="17">
         <v>7.1378623570000004</v>
       </c>
-      <c r="D10" s="354"/>
-      <c r="E10" s="355"/>
+      <c r="D10" s="349"/>
+      <c r="E10" s="350"/>
       <c r="G10" s="18"/>
       <c r="I10" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J10" s="54">
         <v>0</v>
       </c>
       <c r="M10" s="20">
         <f>C10+J10/100*C10</f>
         <v>7.1378623570000004</v>
       </c>
       <c r="N10" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B11" s="16" t="s">
         <v>116</v>
       </c>
       <c r="C11" s="17">
         <v>45.40620354</v>
       </c>
-      <c r="E11" s="356"/>
+      <c r="E11" s="351"/>
       <c r="G11" s="18"/>
       <c r="I11" s="19"/>
       <c r="M11" s="66" cm="1">
         <f t="array" ref="M11">SUM(M6:M10*(C11/SUM(C6:C10)))</f>
         <v>45.406203540000007</v>
       </c>
       <c r="N11" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B12" s="16" t="s">
         <v>117</v>
       </c>
       <c r="C12" s="17">
         <v>4.1236070959999997</v>
       </c>
       <c r="D12" s="8"/>
       <c r="E12" s="10"/>
       <c r="G12" s="18"/>
       <c r="I12" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J12" s="54">
         <v>0</v>
       </c>
       <c r="M12" s="20">
         <f>C12+J12/100*C12</f>
         <v>4.1236070959999997</v>
       </c>
       <c r="N12" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="444" t="s">
+      <c r="B13" s="393" t="s">
         <v>118</v>
       </c>
-      <c r="C13" s="445">
+      <c r="C13" s="394">
         <f>SUM(C14:C29)</f>
         <v>101.51116220899999</v>
       </c>
-      <c r="D13" s="455"/>
-[...8 lines deleted...]
-      <c r="M13" s="456">
+      <c r="D13" s="404"/>
+      <c r="E13" s="395"/>
+      <c r="F13" s="395"/>
+      <c r="G13" s="397"/>
+      <c r="H13" s="398"/>
+      <c r="I13" s="399"/>
+      <c r="J13" s="400"/>
+      <c r="K13" s="401"/>
+      <c r="L13" s="396"/>
+      <c r="M13" s="405">
         <f>SUM(M14:M29)</f>
         <v>101.51116220899999</v>
       </c>
-      <c r="N13" s="454">
+      <c r="N13" s="403">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B14" s="16" t="s">
         <v>119</v>
       </c>
       <c r="C14" s="17">
         <v>12.146611958999999</v>
       </c>
-      <c r="E14" s="357"/>
+      <c r="E14" s="352"/>
       <c r="G14" s="18"/>
       <c r="I14" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J14" s="54">
         <v>0</v>
       </c>
       <c r="M14" s="20">
         <f>C14+J14/100*C14</f>
         <v>12.146611958999999</v>
       </c>
       <c r="N14" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B15" s="16" t="s">
         <v>120</v>
       </c>
       <c r="C15" s="17">
         <v>0.71131818499999999</v>
       </c>
       <c r="G15" s="18"/>
       <c r="I15" s="19" t="s">
@@ -32556,363 +31484,363 @@
         <v>14.376416868</v>
       </c>
       <c r="D29" s="59"/>
       <c r="E29" s="24"/>
       <c r="F29" s="23"/>
       <c r="G29" s="25"/>
       <c r="H29" s="26"/>
       <c r="I29" s="27" t="s">
         <v>115</v>
       </c>
       <c r="J29" s="54">
         <v>0</v>
       </c>
       <c r="K29" s="28"/>
       <c r="L29" s="24"/>
       <c r="M29" s="29">
         <f t="shared" si="2"/>
         <v>14.376416868</v>
       </c>
       <c r="N29" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:22" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="444" t="s">
+      <c r="B30" s="393" t="s">
         <v>135</v>
       </c>
-      <c r="C30" s="445">
+      <c r="C30" s="394">
         <v>930.45633653200002</v>
       </c>
-      <c r="D30" s="446"/>
-[...8 lines deleted...]
-      <c r="M30" s="456">
+      <c r="D30" s="395"/>
+      <c r="E30" s="396"/>
+      <c r="F30" s="395"/>
+      <c r="G30" s="397"/>
+      <c r="H30" s="398"/>
+      <c r="I30" s="399"/>
+      <c r="J30" s="400"/>
+      <c r="K30" s="401"/>
+      <c r="L30" s="396"/>
+      <c r="M30" s="405">
         <f>SUM(M32:M66)</f>
         <v>930.45633653200002</v>
       </c>
-      <c r="N30" s="454">
+      <c r="N30" s="403">
         <f>M30-C30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B31" s="16" t="s">
         <v>136</v>
       </c>
       <c r="C31" s="31"/>
-      <c r="F31" s="356"/>
+      <c r="F31" s="351"/>
       <c r="G31" s="18"/>
       <c r="I31" s="19"/>
       <c r="M31" s="20"/>
       <c r="N31" s="21"/>
     </row>
     <row r="32" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B32" s="32" t="s">
         <v>137</v>
       </c>
       <c r="C32" s="17">
         <v>586.87900000000002</v>
       </c>
       <c r="D32" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E32" s="11">
         <v>2366799</v>
       </c>
-      <c r="F32" s="354" t="s">
+      <c r="F32" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G32" s="33">
         <f>C32*1000000000/E32/12</f>
         <v>20663.59810585239</v>
       </c>
       <c r="I32" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J32" s="54">
         <v>2366799</v>
       </c>
       <c r="K32" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L32" s="54">
         <v>20663.59810585239</v>
       </c>
       <c r="M32" s="20">
         <f>J32*L32*12/1000000000</f>
         <v>586.87900000000002</v>
       </c>
       <c r="N32" s="21">
         <f t="shared" ref="N32:N39" si="3">M32-C32</f>
         <v>0</v>
       </c>
       <c r="T32" s="12"/>
       <c r="U32" s="11"/>
       <c r="V32" s="11"/>
     </row>
     <row r="33" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B33" s="32" t="s">
         <v>140</v>
       </c>
       <c r="C33" s="17">
         <v>22.849</v>
       </c>
       <c r="D33" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E33" s="11">
         <v>180812</v>
       </c>
-      <c r="F33" s="354" t="s">
+      <c r="F33" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G33" s="33">
         <f t="shared" ref="G33:G38" si="4">C33*1000000000/E33/12</f>
         <v>10530.73542316513</v>
       </c>
       <c r="I33" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J33" s="54">
         <v>180812</v>
       </c>
       <c r="K33" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L33" s="54">
         <v>10530.73542316513</v>
       </c>
       <c r="M33" s="20">
         <f t="shared" ref="M33:M38" si="5">J33*L33*12/1000000000</f>
         <v>22.849</v>
       </c>
       <c r="N33" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="T33" s="12"/>
       <c r="U33" s="11"/>
       <c r="V33" s="11"/>
     </row>
     <row r="34" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B34" s="32" t="s">
         <v>141</v>
       </c>
       <c r="C34" s="17">
         <v>11.824999999999999</v>
       </c>
       <c r="D34" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E34" s="11">
         <v>79864</v>
       </c>
-      <c r="F34" s="354" t="s">
+      <c r="F34" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G34" s="33">
         <f t="shared" si="4"/>
         <v>12338.684096297038</v>
       </c>
       <c r="I34" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J34" s="54">
         <v>79864</v>
       </c>
       <c r="K34" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L34" s="54">
         <v>12338.684096297038</v>
       </c>
       <c r="M34" s="20">
         <f t="shared" si="5"/>
         <v>11.824999999999999</v>
       </c>
       <c r="N34" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="T34" s="12"/>
       <c r="U34" s="11"/>
       <c r="V34" s="11"/>
     </row>
     <row r="35" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B35" s="32" t="s">
         <v>142</v>
       </c>
       <c r="C35" s="17">
         <v>34.862000000000002</v>
       </c>
       <c r="D35" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E35" s="11">
         <v>154947</v>
       </c>
-      <c r="F35" s="354" t="s">
+      <c r="F35" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G35" s="33">
         <f t="shared" si="4"/>
         <v>18749.421845319153</v>
       </c>
       <c r="I35" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J35" s="54">
         <v>154947</v>
       </c>
       <c r="K35" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L35" s="54">
         <v>18749.421845319153</v>
       </c>
       <c r="M35" s="20">
         <f t="shared" si="5"/>
         <v>34.862000000000002</v>
       </c>
       <c r="N35" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="T35" s="12"/>
       <c r="U35" s="11"/>
       <c r="V35" s="11"/>
     </row>
     <row r="36" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B36" s="32" t="s">
         <v>143</v>
       </c>
       <c r="C36" s="17">
         <v>32.539000000000001</v>
       </c>
       <c r="D36" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E36" s="11">
         <v>508498</v>
       </c>
-      <c r="F36" s="354" t="s">
+      <c r="F36" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G36" s="33">
         <f t="shared" si="4"/>
         <v>5332.5349034476703</v>
       </c>
       <c r="I36" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J36" s="54">
         <v>508498</v>
       </c>
       <c r="K36" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L36" s="54">
         <v>5332.5349034476703</v>
       </c>
       <c r="M36" s="20">
         <f t="shared" si="5"/>
         <v>32.539000000000001</v>
       </c>
       <c r="N36" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="T36" s="12"/>
       <c r="U36" s="11"/>
       <c r="V36" s="11"/>
     </row>
     <row r="37" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B37" s="32" t="s">
         <v>144</v>
       </c>
       <c r="C37" s="17">
         <v>4.625</v>
       </c>
       <c r="D37" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E37" s="11">
         <v>97169</v>
       </c>
-      <c r="F37" s="354" t="s">
+      <c r="F37" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G37" s="33">
         <f t="shared" si="4"/>
         <v>3966.4570662111032</v>
       </c>
       <c r="I37" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J37" s="54">
         <v>97169</v>
       </c>
       <c r="K37" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L37" s="54">
         <v>3966.4570662111032</v>
       </c>
       <c r="M37" s="20">
         <f t="shared" si="5"/>
         <v>4.625</v>
       </c>
       <c r="N37" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="T37" s="12"/>
       <c r="U37" s="11"/>
       <c r="V37" s="11"/>
     </row>
     <row r="38" spans="2:22" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B38" s="32" t="s">
         <v>145</v>
       </c>
       <c r="C38" s="17">
         <v>6.1920000000000002</v>
       </c>
       <c r="D38" s="13" t="s">
         <v>138</v>
       </c>
       <c r="E38" s="11">
         <v>41951</v>
       </c>
-      <c r="F38" s="354" t="s">
+      <c r="F38" s="349" t="s">
         <v>139</v>
       </c>
       <c r="G38" s="33">
         <f t="shared" si="4"/>
         <v>12300.064360801887</v>
       </c>
       <c r="I38" s="34" t="s">
         <v>138</v>
       </c>
       <c r="J38" s="54">
         <v>41951</v>
       </c>
       <c r="K38" s="10" t="s">
         <v>139</v>
       </c>
       <c r="L38" s="54">
         <v>12300.064360801887</v>
       </c>
       <c r="M38" s="20">
         <f t="shared" si="5"/>
         <v>6.1920000000000002</v>
       </c>
       <c r="N38" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -33445,51 +32373,51 @@
       </c>
       <c r="J63" s="54">
         <v>0</v>
       </c>
       <c r="M63" s="20">
         <f t="shared" si="6"/>
         <v>12.946257792000001</v>
       </c>
       <c r="N63" s="21">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B64" s="16" t="s">
         <v>172</v>
       </c>
       <c r="C64" s="17"/>
       <c r="G64" s="18"/>
       <c r="I64" s="19"/>
       <c r="M64" s="20"/>
       <c r="N64" s="21"/>
     </row>
     <row r="65" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B65" s="32" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="C65" s="17">
         <v>9.5</v>
       </c>
       <c r="D65" s="8"/>
       <c r="G65" s="18"/>
       <c r="I65" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J65" s="54">
         <v>0</v>
       </c>
       <c r="M65" s="20">
         <f>C65+J65/100*C65</f>
         <v>9.5</v>
       </c>
       <c r="N65" s="21">
         <f>M65-C65</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B66" s="36" t="s">
         <v>173</v>
       </c>
@@ -33498,116 +32426,116 @@
         <v>21.711703710000165</v>
       </c>
       <c r="D66" s="59"/>
       <c r="E66" s="24"/>
       <c r="F66" s="23"/>
       <c r="G66" s="25"/>
       <c r="H66" s="26"/>
       <c r="I66" s="27" t="s">
         <v>115</v>
       </c>
       <c r="J66" s="54">
         <v>0</v>
       </c>
       <c r="K66" s="28"/>
       <c r="L66" s="24"/>
       <c r="M66" s="29">
         <f>C66+J66/100*C66</f>
         <v>21.711703710000165</v>
       </c>
       <c r="N66" s="30">
         <f>M66-C66</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B67" s="444" t="s">
+      <c r="B67" s="393" t="s">
         <v>174</v>
       </c>
-      <c r="C67" s="445">
+      <c r="C67" s="394">
         <f>SUM(C68:C100)</f>
         <v>737.72815655400029</v>
       </c>
-      <c r="D67" s="446"/>
-[...8 lines deleted...]
-      <c r="M67" s="456">
+      <c r="D67" s="395"/>
+      <c r="E67" s="406"/>
+      <c r="F67" s="395"/>
+      <c r="G67" s="397"/>
+      <c r="H67" s="398"/>
+      <c r="I67" s="399"/>
+      <c r="J67" s="400"/>
+      <c r="K67" s="401"/>
+      <c r="L67" s="396"/>
+      <c r="M67" s="405">
         <f>SUM(M68:M100)</f>
         <v>737.728156552001</v>
       </c>
-      <c r="N67" s="454">
+      <c r="N67" s="403">
         <f>M67-C67</f>
         <v>-1.9992967281723395E-9</v>
       </c>
     </row>
     <row r="68" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B68" s="16" t="s">
         <v>175</v>
       </c>
       <c r="C68" s="17"/>
       <c r="G68" s="18"/>
       <c r="I68" s="19"/>
       <c r="M68" s="20"/>
       <c r="N68" s="21"/>
     </row>
     <row r="69" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B69" s="60" t="s">
         <v>176</v>
       </c>
       <c r="C69" s="17">
         <v>6.5742980979999999</v>
       </c>
       <c r="G69" s="18"/>
       <c r="I69" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J69" s="54">
         <v>0</v>
       </c>
       <c r="M69" s="20">
         <f t="shared" ref="M69:M75" si="8">C69+J69/100*C69</f>
         <v>6.5742980979999999</v>
       </c>
       <c r="N69" s="21">
         <f t="shared" ref="N69:N75" si="9">M69-C69</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B70" s="60" t="s">
         <v>177</v>
       </c>
       <c r="C70" s="17">
         <v>1.433333333</v>
       </c>
-      <c r="E70" s="358"/>
+      <c r="E70" s="353"/>
       <c r="G70" s="18"/>
       <c r="I70" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J70" s="54">
         <v>0</v>
       </c>
       <c r="M70" s="20">
         <f t="shared" si="8"/>
         <v>1.433333333</v>
       </c>
       <c r="N70" s="21">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B71" s="60" t="s">
         <v>178</v>
       </c>
       <c r="C71" s="17">
         <v>3.4759055399999998</v>
       </c>
       <c r="G71" s="18"/>
       <c r="I71" s="19" t="s">
@@ -33680,86 +32608,86 @@
       </c>
       <c r="G74" s="18"/>
       <c r="I74" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J74" s="54">
         <v>0</v>
       </c>
       <c r="M74" s="20">
         <f t="shared" si="8"/>
         <v>3.1882135360000001</v>
       </c>
       <c r="N74" s="21">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B75" s="60" t="s">
         <v>182</v>
       </c>
       <c r="C75" s="17">
         <v>1.281505691</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="G75" s="18"/>
       <c r="I75" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J75" s="54">
         <v>0</v>
       </c>
       <c r="M75" s="20">
         <f t="shared" si="8"/>
         <v>1.281505691</v>
       </c>
       <c r="N75" s="21">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B76" s="16" t="s">
         <v>183</v>
       </c>
       <c r="C76" s="17"/>
       <c r="G76" s="18"/>
       <c r="I76" s="19"/>
       <c r="M76" s="20"/>
       <c r="N76" s="21"/>
     </row>
     <row r="77" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B77" s="60" t="s">
         <v>184</v>
       </c>
       <c r="C77" s="17">
         <v>2.1513053960000001</v>
       </c>
-      <c r="D77" s="359"/>
+      <c r="D77" s="354"/>
       <c r="G77" s="18"/>
       <c r="I77" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J77" s="54">
         <v>0</v>
       </c>
       <c r="M77" s="20">
         <f t="shared" ref="M77:M83" si="10">C77+J77/100*C77</f>
         <v>2.1513053960000001</v>
       </c>
       <c r="N77" s="21">
         <f t="shared" ref="N77:N103" si="11">M77-C77</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B78" s="60" t="s">
         <v>179</v>
       </c>
       <c r="C78" s="17">
         <v>1.0449999999999999</v>
       </c>
       <c r="D78" s="8"/>
       <c r="G78" s="18"/>
@@ -33832,70 +32760,70 @@
         <v>3.0330700130000001</v>
       </c>
       <c r="G81" s="18"/>
       <c r="I81" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J81" s="54">
         <v>0</v>
       </c>
       <c r="M81" s="20">
         <f t="shared" si="10"/>
         <v>3.0330700130000001</v>
       </c>
       <c r="N81" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B82" s="60" t="s">
         <v>182</v>
       </c>
       <c r="C82" s="17">
         <v>3.084606854</v>
       </c>
-      <c r="F82" s="360"/>
+      <c r="F82" s="355"/>
       <c r="G82" s="18"/>
       <c r="I82" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J82" s="54">
         <v>0</v>
       </c>
       <c r="M82" s="20">
         <f t="shared" si="10"/>
         <v>3.084606854</v>
       </c>
       <c r="N82" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B83" s="16" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="C83" s="17">
         <v>62.709669607999999</v>
       </c>
       <c r="D83" s="8"/>
       <c r="G83" s="18"/>
       <c r="I83" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J83" s="54">
         <v>0</v>
       </c>
       <c r="M83" s="20">
         <f t="shared" si="10"/>
         <v>62.709669607999999</v>
       </c>
       <c r="N83" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B84" s="16" t="s">
         <v>188</v>
       </c>
@@ -33946,51 +32874,51 @@
       <c r="G85" s="18"/>
       <c r="I85" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J85" s="54">
         <v>0</v>
       </c>
       <c r="M85" s="20">
         <f>C85+J85/100*C85</f>
         <v>3.0376727999999999E-2</v>
       </c>
       <c r="N85" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B86" s="16" t="s">
         <v>192</v>
       </c>
       <c r="C86" s="17">
         <f>252.900742004-C87-C88</f>
         <v>43.721431192000004</v>
       </c>
       <c r="D86" s="8"/>
-      <c r="E86" s="356"/>
+      <c r="E86" s="351"/>
       <c r="G86" s="18"/>
       <c r="I86" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J86" s="54">
         <v>0</v>
       </c>
       <c r="M86" s="20">
         <f>C86+J86/100*C86</f>
         <v>43.721431192000004</v>
       </c>
       <c r="N86" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B87" s="16" t="s">
         <v>193</v>
       </c>
       <c r="C87" s="17">
         <v>196.38109887499999</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>109</v>
@@ -34011,82 +32939,82 @@
       <c r="J87" s="54">
         <v>261870</v>
       </c>
       <c r="K87" s="13" t="s">
         <v>110</v>
       </c>
       <c r="L87" s="54">
         <v>45732.799523618589</v>
       </c>
       <c r="M87" s="64">
         <f>((J87*L87*12*1.35016830860595)+2344929787)/1000000000</f>
         <v>196.3810988730007</v>
       </c>
       <c r="N87" s="21">
         <f t="shared" si="11"/>
         <v>-1.9992967281723395E-9</v>
       </c>
     </row>
     <row r="88" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B88" s="16" t="s">
         <v>194</v>
       </c>
       <c r="C88" s="17">
         <v>12.798211937</v>
       </c>
-      <c r="D88" s="361"/>
+      <c r="D88" s="356"/>
       <c r="G88" s="18"/>
       <c r="I88" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J88" s="54">
         <v>0</v>
       </c>
       <c r="M88" s="20">
         <f t="shared" ref="M88:M100" si="12">C88+J88/100*C88</f>
         <v>12.798211937</v>
       </c>
       <c r="N88" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B89" s="16" t="s">
         <v>195</v>
       </c>
       <c r="C89" s="17">
         <v>11.5058097</v>
       </c>
       <c r="G89" s="18"/>
       <c r="I89" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J89" s="54">
         <v>0</v>
       </c>
-      <c r="K89" s="458"/>
+      <c r="K89" s="407"/>
       <c r="M89" s="20">
         <f t="shared" si="12"/>
         <v>11.5058097</v>
       </c>
       <c r="N89" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B90" s="16" t="s">
         <v>196</v>
       </c>
       <c r="C90" s="17">
         <v>2.2351594000000001</v>
       </c>
       <c r="G90" s="18"/>
       <c r="I90" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J90" s="54">
         <v>0</v>
       </c>
       <c r="M90" s="20">
         <f t="shared" si="12"/>
@@ -34310,71 +33238,71 @@
     </row>
     <row r="100" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B100" s="16" t="s">
         <v>206</v>
       </c>
       <c r="C100" s="17">
         <v>5.6197184670000002</v>
       </c>
       <c r="G100" s="18"/>
       <c r="I100" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J100" s="54">
         <v>0</v>
       </c>
       <c r="M100" s="20">
         <f t="shared" si="12"/>
         <v>5.6197184670000002</v>
       </c>
       <c r="N100" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B101" s="444" t="s">
+      <c r="B101" s="393" t="s">
         <v>207</v>
       </c>
-      <c r="C101" s="445">
+      <c r="C101" s="394">
         <f>SUM(C102:C103)</f>
         <v>29.389772851000004</v>
       </c>
-      <c r="D101" s="446"/>
-[...8 lines deleted...]
-      <c r="M101" s="456">
+      <c r="D101" s="395"/>
+      <c r="E101" s="396"/>
+      <c r="F101" s="395"/>
+      <c r="G101" s="397"/>
+      <c r="H101" s="398"/>
+      <c r="I101" s="399"/>
+      <c r="J101" s="400"/>
+      <c r="K101" s="401"/>
+      <c r="L101" s="396"/>
+      <c r="M101" s="405">
         <f>SUM(M102:M103)</f>
         <v>29.389772851000004</v>
       </c>
-      <c r="N101" s="454">
+      <c r="N101" s="403">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B102" s="16" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="17">
         <v>8.4033491720000004</v>
       </c>
       <c r="D102" s="8"/>
       <c r="G102" s="18"/>
       <c r="I102" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J102" s="54">
         <v>0</v>
       </c>
       <c r="M102" s="20">
         <f>C102+J102/100*C102</f>
         <v>8.4033491720000004</v>
       </c>
       <c r="N102" s="21">
         <f t="shared" si="11"/>
@@ -34384,71 +33312,71 @@
     <row r="103" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B103" s="16" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="17">
         <v>20.986423679000001</v>
       </c>
       <c r="D103" s="8"/>
       <c r="G103" s="18"/>
       <c r="I103" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J103" s="54">
         <v>0</v>
       </c>
       <c r="M103" s="20">
         <f>C103+J103/100*C103</f>
         <v>20.986423679000001</v>
       </c>
       <c r="N103" s="21">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B104" s="444" t="s">
+      <c r="B104" s="393" t="s">
         <v>210</v>
       </c>
-      <c r="C104" s="445">
+      <c r="C104" s="394">
         <f>SUM(C105:C106)</f>
         <v>98.903729975999994</v>
       </c>
-      <c r="D104" s="446"/>
-[...8 lines deleted...]
-      <c r="M104" s="456">
+      <c r="D104" s="395"/>
+      <c r="E104" s="408"/>
+      <c r="F104" s="395"/>
+      <c r="G104" s="397"/>
+      <c r="H104" s="398"/>
+      <c r="I104" s="399"/>
+      <c r="J104" s="400"/>
+      <c r="K104" s="401"/>
+      <c r="L104" s="396"/>
+      <c r="M104" s="405">
         <f>SUM(M105:M106)</f>
         <v>98.903729975999994</v>
       </c>
-      <c r="N104" s="454">
+      <c r="N104" s="403">
         <f>M104-C104</f>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B105" s="16" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="17">
         <v>97.495421798999999</v>
       </c>
       <c r="G105" s="18"/>
       <c r="I105" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J105" s="54">
         <v>0</v>
       </c>
       <c r="M105" s="20">
         <f>C105+J105/100*C105</f>
         <v>97.495421798999999</v>
       </c>
       <c r="N105" s="21">
         <f>M105-C105</f>
         <v>0</v>
@@ -34465,94 +33393,94 @@
       <c r="E106" s="24"/>
       <c r="F106" s="23"/>
       <c r="G106" s="25"/>
       <c r="H106" s="26"/>
       <c r="I106" s="27" t="s">
         <v>115</v>
       </c>
       <c r="J106" s="54">
         <v>0</v>
       </c>
       <c r="K106" s="28"/>
       <c r="L106" s="24"/>
       <c r="M106" s="29">
         <f>C106+J106/100*C106</f>
         <v>1.4083081770000001</v>
       </c>
       <c r="N106" s="30">
         <f>M106-C106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="37" t="s">
         <v>212</v>
       </c>
-      <c r="C107" s="466">
+      <c r="C107" s="415">
         <f>C104+C101+C67+C30+C13+C5</f>
         <v>2076.9250091390004</v>
       </c>
-      <c r="D107" s="467"/>
-[...8 lines deleted...]
-      <c r="M107" s="465">
+      <c r="D107" s="416"/>
+      <c r="E107" s="427"/>
+      <c r="F107" s="416"/>
+      <c r="G107" s="418"/>
+      <c r="H107" s="409"/>
+      <c r="I107" s="410"/>
+      <c r="J107" s="411"/>
+      <c r="K107" s="412"/>
+      <c r="L107" s="413"/>
+      <c r="M107" s="414">
         <f>M104+M101+M67+M30+M13+M5</f>
         <v>2076.9250091370013</v>
       </c>
       <c r="N107" s="38">
         <f>M107-C107</f>
         <v>-1.9990693544968963E-9</v>
       </c>
     </row>
     <row r="108" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B108" s="444" t="s">
+      <c r="B108" s="393" t="s">
         <v>213</v>
       </c>
-      <c r="C108" s="445">
+      <c r="C108" s="394">
         <f>SUM(C109:C115)</f>
         <v>62.107821933999993</v>
       </c>
-      <c r="D108" s="446"/>
-[...8 lines deleted...]
-      <c r="M108" s="456">
+      <c r="D108" s="395"/>
+      <c r="E108" s="396"/>
+      <c r="F108" s="395"/>
+      <c r="G108" s="397"/>
+      <c r="H108" s="398"/>
+      <c r="I108" s="399"/>
+      <c r="J108" s="400"/>
+      <c r="K108" s="401"/>
+      <c r="L108" s="396"/>
+      <c r="M108" s="405">
         <f>SUM(M109:M115)</f>
         <v>62.107821933999993</v>
       </c>
-      <c r="N108" s="454">
+      <c r="N108" s="403">
         <f t="shared" ref="N108:N115" si="13">M108-C108</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B109" s="16" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="17">
         <v>4.7204254810000004</v>
       </c>
       <c r="G109" s="18"/>
       <c r="I109" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J109" s="54">
         <v>0</v>
       </c>
       <c r="M109" s="20">
         <f t="shared" ref="M109:M115" si="14">C109+J109/100*C109</f>
         <v>4.7204254810000004</v>
       </c>
       <c r="N109" s="21">
         <f t="shared" si="13"/>
         <v>0</v>
@@ -34681,71 +33609,71 @@
         <v>0.34599999999999997</v>
       </c>
       <c r="D115" s="23"/>
       <c r="E115" s="24"/>
       <c r="F115" s="23"/>
       <c r="G115" s="25"/>
       <c r="H115" s="26"/>
       <c r="I115" s="27" t="s">
         <v>115</v>
       </c>
       <c r="J115" s="54">
         <v>0</v>
       </c>
       <c r="K115" s="28"/>
       <c r="L115" s="24"/>
       <c r="M115" s="29">
         <f t="shared" si="14"/>
         <v>0.34599999999999997</v>
       </c>
       <c r="N115" s="30">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B116" s="444" t="s">
+      <c r="B116" s="393" t="s">
         <v>220</v>
       </c>
-      <c r="C116" s="445">
+      <c r="C116" s="394">
         <f>SUM(C117:C128)</f>
         <v>158.17387598299999</v>
       </c>
-      <c r="D116" s="446"/>
-[...8 lines deleted...]
-      <c r="M116" s="456">
+      <c r="D116" s="395"/>
+      <c r="E116" s="396"/>
+      <c r="F116" s="395"/>
+      <c r="G116" s="397"/>
+      <c r="H116" s="398"/>
+      <c r="I116" s="399"/>
+      <c r="J116" s="400"/>
+      <c r="K116" s="401"/>
+      <c r="L116" s="396"/>
+      <c r="M116" s="405">
         <f>SUM(M117:M128)</f>
         <v>158.17387598299999</v>
       </c>
-      <c r="N116" s="454">
+      <c r="N116" s="403">
         <f>M116-C116</f>
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B117" s="16" t="s">
         <v>221</v>
       </c>
       <c r="C117" s="17"/>
       <c r="G117" s="18"/>
       <c r="I117" s="19"/>
       <c r="M117" s="20"/>
       <c r="N117" s="21"/>
     </row>
     <row r="118" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B118" s="32" t="s">
         <v>177</v>
       </c>
       <c r="C118" s="17">
         <v>0.44</v>
       </c>
       <c r="G118" s="18"/>
       <c r="I118" s="19" t="s">
         <v>115</v>
       </c>
@@ -34810,51 +33738,51 @@
     <row r="121" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B121" s="16" t="s">
         <v>223</v>
       </c>
       <c r="C121" s="17">
         <v>0.64484070599999999</v>
       </c>
       <c r="G121" s="18"/>
       <c r="I121" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J121" s="54">
         <v>0</v>
       </c>
       <c r="M121" s="20">
         <f t="shared" si="15"/>
         <v>0.64484070599999999</v>
       </c>
       <c r="N121" s="21">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B122" s="16" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="C122" s="17">
         <v>106.99105663500001</v>
       </c>
       <c r="D122" s="8"/>
       <c r="G122" s="18"/>
       <c r="I122" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J122" s="54">
         <v>0</v>
       </c>
       <c r="M122" s="20">
         <f t="shared" si="15"/>
         <v>106.99105663500001</v>
       </c>
       <c r="N122" s="21">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B123" s="16" t="s">
         <v>224</v>
       </c>
@@ -34978,102 +33906,102 @@
         <v>0.43234</v>
       </c>
       <c r="D128" s="23"/>
       <c r="E128" s="24"/>
       <c r="F128" s="23"/>
       <c r="G128" s="25"/>
       <c r="H128" s="26"/>
       <c r="I128" s="27" t="s">
         <v>115</v>
       </c>
       <c r="J128" s="54">
         <v>0</v>
       </c>
       <c r="K128" s="28"/>
       <c r="L128" s="24"/>
       <c r="M128" s="29">
         <f t="shared" si="15"/>
         <v>0.43234</v>
       </c>
       <c r="N128" s="30">
         <f t="shared" si="16"/>
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B129" s="444" t="s">
+      <c r="B129" s="393" t="s">
         <v>227</v>
       </c>
-      <c r="C129" s="445">
+      <c r="C129" s="394">
         <f>SUM(C130:C134)</f>
         <v>29.876278410000001</v>
       </c>
-      <c r="D129" s="446"/>
-[...8 lines deleted...]
-      <c r="M129" s="456">
+      <c r="D129" s="395"/>
+      <c r="E129" s="396"/>
+      <c r="F129" s="395"/>
+      <c r="G129" s="397"/>
+      <c r="H129" s="398"/>
+      <c r="I129" s="399"/>
+      <c r="J129" s="400"/>
+      <c r="K129" s="401"/>
+      <c r="L129" s="396"/>
+      <c r="M129" s="405">
         <f>SUM(M130:M134)</f>
         <v>29.876278410000001</v>
       </c>
-      <c r="N129" s="454">
+      <c r="N129" s="403">
         <f>M129-C129</f>
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B130" s="16" t="s">
         <v>228</v>
       </c>
       <c r="C130" s="17">
         <v>9.984450399</v>
       </c>
       <c r="D130" s="8"/>
       <c r="G130" s="18"/>
       <c r="I130" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J130" s="54">
         <v>0</v>
       </c>
       <c r="M130" s="20">
         <f>C130+J130/100*C130</f>
         <v>9.984450399</v>
       </c>
       <c r="N130" s="21">
         <f>M130-C130</f>
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B131" s="16" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="C131" s="17"/>
       <c r="G131" s="18"/>
       <c r="I131" s="19"/>
       <c r="M131" s="20"/>
       <c r="N131" s="21"/>
     </row>
     <row r="132" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B132" s="32" t="s">
         <v>229</v>
       </c>
       <c r="C132" s="17">
         <v>8.6674722519999996</v>
       </c>
       <c r="D132" s="9"/>
       <c r="G132" s="18"/>
       <c r="I132" s="19" t="s">
         <v>115</v>
       </c>
       <c r="J132" s="54">
         <v>0</v>
       </c>
       <c r="M132" s="20">
         <f>C132+J132/100*C132</f>
         <v>8.6674722519999996</v>
@@ -35118,378 +34046,378 @@
       <c r="E134" s="24"/>
       <c r="F134" s="23"/>
       <c r="G134" s="25"/>
       <c r="H134" s="26"/>
       <c r="I134" s="27" t="s">
         <v>115</v>
       </c>
       <c r="J134" s="54">
         <v>0</v>
       </c>
       <c r="K134" s="28"/>
       <c r="L134" s="24"/>
       <c r="M134" s="29">
         <f>C134+J134/100*C134</f>
         <v>1.487891735</v>
       </c>
       <c r="N134" s="30">
         <f>M134-C134</f>
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="37" t="s">
         <v>231</v>
       </c>
-      <c r="C135" s="466">
+      <c r="C135" s="415">
         <f>C108+C116+C129</f>
         <v>250.15797632699997</v>
       </c>
-      <c r="D135" s="467"/>
-[...8 lines deleted...]
-      <c r="M135" s="465">
+      <c r="D135" s="416"/>
+      <c r="E135" s="417"/>
+      <c r="F135" s="416"/>
+      <c r="G135" s="418"/>
+      <c r="H135" s="409"/>
+      <c r="I135" s="410"/>
+      <c r="J135" s="411"/>
+      <c r="K135" s="412"/>
+      <c r="L135" s="413"/>
+      <c r="M135" s="414">
         <f>M108+M116+M129</f>
         <v>250.15797632699997</v>
       </c>
       <c r="N135" s="38">
         <f t="shared" ref="N135" si="17">M135-C135</f>
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C136" s="40">
         <f>C5+C13+C101+C104+C67+C30+C108+C129+C116</f>
         <v>2327.0829854660005</v>
       </c>
       <c r="D136" s="41"/>
-      <c r="E136" s="470"/>
+      <c r="E136" s="419"/>
       <c r="F136" s="41"/>
       <c r="G136" s="43"/>
       <c r="H136" s="44"/>
       <c r="I136" s="45"/>
       <c r="J136" s="46"/>
       <c r="K136" s="47"/>
       <c r="L136" s="42"/>
       <c r="M136" s="48">
         <f>M5+M13+M101+M104+M67+M30+M108+M129+M116</f>
         <v>2327.082985464001</v>
       </c>
       <c r="N136" s="62">
         <f>N5+N13+N101+N104+N67+N30+N108+N129+N116</f>
         <v>-1.9992967281723395E-9</v>
       </c>
     </row>
     <row r="137" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="49"/>
       <c r="C137" s="31"/>
       <c r="G137" s="18"/>
       <c r="I137" s="19"/>
       <c r="M137" s="20"/>
       <c r="N137" s="21"/>
     </row>
     <row r="138" spans="2:14" s="50" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B138" s="444" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="445">
+      <c r="B138" s="393" t="s">
+        <v>388</v>
+      </c>
+      <c r="C138" s="394">
         <v>2086.0829854660001</v>
       </c>
-      <c r="D138" s="471"/>
-[...8 lines deleted...]
-      <c r="M138" s="456">
+      <c r="D138" s="420"/>
+      <c r="E138" s="421"/>
+      <c r="F138" s="420"/>
+      <c r="G138" s="422"/>
+      <c r="H138" s="423"/>
+      <c r="I138" s="424"/>
+      <c r="J138" s="425"/>
+      <c r="K138" s="426"/>
+      <c r="L138" s="421"/>
+      <c r="M138" s="405">
         <f>C138</f>
         <v>2086.0829854660001</v>
       </c>
-      <c r="N138" s="454"/>
+      <c r="N138" s="403"/>
     </row>
     <row r="139" spans="2:14" s="50" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B139" s="51" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="C139" s="362">
+        <v>389</v>
+      </c>
+      <c r="C139" s="357">
         <f>C138-C136</f>
         <v>-241.00000000000045</v>
       </c>
-      <c r="D139" s="363"/>
-[...1 lines deleted...]
-      <c r="F139" s="363"/>
+      <c r="D139" s="358"/>
+      <c r="E139" s="359"/>
+      <c r="F139" s="358"/>
       <c r="G139" s="52"/>
-      <c r="H139" s="365"/>
+      <c r="H139" s="360"/>
       <c r="I139" s="53"/>
-      <c r="J139" s="366"/>
-[...2 lines deleted...]
-      <c r="M139" s="369">
+      <c r="J139" s="361"/>
+      <c r="K139" s="362"/>
+      <c r="L139" s="359"/>
+      <c r="M139" s="364">
         <f>M138-M136</f>
         <v>-240.99999999800093</v>
       </c>
-      <c r="N139" s="368"/>
+      <c r="N139" s="363"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pO5XyuhPxWsfh5HNGGBYC6eWJV4Z4CDj3XCFy7YHqHtLWPkpmvTaMpjNOi84nQh85BMf2g8PYJ3uq5BxEx7MZA==" saltValue="/Iax3rt2/sNOqKg5WV63HQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="B1:N1"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="I3:M3"/>
     <mergeCell ref="N3:N4"/>
   </mergeCells>
   <phoneticPr fontId="78" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="27" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EC1653C-00BB-406F-AF46-ED543962E118}">
   <sheetPr>
     <tabColor theme="0" tint="-0.14999847407452621"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:C20"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A8" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4" style="264" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.140625" style="264"/>
+    <col min="1" max="1" width="4" style="262" customWidth="1"/>
+    <col min="2" max="2" width="51.7109375" style="262" customWidth="1"/>
+    <col min="3" max="3" width="147.140625" style="262" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="262"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:3" ht="27" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:3" ht="33.75" x14ac:dyDescent="0.2">
-      <c r="C2" s="442" t="s">
+      <c r="C2" s="391" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="3" spans="2:3" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="443" t="s">
+      <c r="C3" s="392" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="4" spans="2:3" ht="48" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C4" s="443" t="s">
-        <v>405</v>
+      <c r="C4" s="392" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="2:3" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C5" s="271" t="s">
+      <c r="C5" s="269" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="6" spans="2:3" ht="22.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C6" s="271" t="s">
-        <v>406</v>
+      <c r="C6" s="269" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="7" spans="2:3" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C7" s="395" t="s">
-        <v>407</v>
+      <c r="C7" s="378" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="8" spans="2:3" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C8" s="395" t="s">
-        <v>408</v>
+      <c r="C8" s="378" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="9" spans="2:3" ht="28.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="272"/>
-      <c r="C9" s="399" t="s">
+      <c r="B9" s="270"/>
+      <c r="C9" s="382" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="10" spans="2:3" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C10" s="267" t="s">
-        <v>409</v>
+      <c r="C10" s="265" t="s">
+        <v>394</v>
       </c>
     </row>
     <row r="11" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C11" s="274"/>
+      <c r="C11" s="272"/>
     </row>
     <row r="12" spans="2:3" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C12" s="266" t="s">
+      <c r="C12" s="264" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C13" s="268" t="s">
+      <c r="C13" s="266" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="14" spans="2:3" s="272" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C14" s="268"/>
+    <row r="14" spans="2:3" s="270" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C14" s="266"/>
     </row>
     <row r="15" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C15" s="266" t="s">
+      <c r="C15" s="264" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C16" s="270" t="s">
+      <c r="C16" s="268" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="17" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C17" s="270" t="s">
-        <v>410</v>
+      <c r="C17" s="268" t="s">
+        <v>395</v>
       </c>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C18" s="270" t="s">
+      <c r="C18" s="268" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C19" s="270" t="s">
+      <c r="C19" s="268" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C20" s="270"/>
+      <c r="C20" s="268"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="W3UBT5D1mN3S1JrUwrBF5mZdtH7e53LebpjuW+1aXjGCxVG0BV8P8gR8aU5ChF8oVFwcgqDUWLoGCI8Ypbox+Q==" saltValue="h+kuJA5Yw4THB8CbRsnbqQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{948F9D71-6E87-495B-AE69-F79DFB618A59}">
   <sheetPr>
     <tabColor theme="0" tint="-0.14999847407452621"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H59"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11:F17"/>
+    <sheetView topLeftCell="A50" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="8" customWidth="1"/>
     <col min="2" max="2" width="120.42578125" style="8" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" style="9" customWidth="1"/>
     <col min="4" max="4" width="4.7109375" style="8" customWidth="1"/>
     <col min="5" max="5" width="29.42578125" style="10" customWidth="1"/>
     <col min="6" max="6" width="18" style="12" customWidth="1"/>
     <col min="7" max="7" width="20.7109375" style="9" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="21.7109375" style="14" customWidth="1"/>
     <col min="9" max="9" width="18.42578125" style="8" customWidth="1"/>
     <col min="10" max="10" width="28.7109375" style="8" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="165" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="639" t="s">
-[...7 lines deleted...]
-      <c r="H1" s="639"/>
+      <c r="B1" s="690" t="s">
+        <v>396</v>
+      </c>
+      <c r="C1" s="690"/>
+      <c r="D1" s="690"/>
+      <c r="E1" s="690"/>
+      <c r="F1" s="690"/>
+      <c r="G1" s="690"/>
+      <c r="H1" s="690"/>
     </row>
     <row r="2" spans="2:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C2" s="50"/>
     </row>
     <row r="3" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="640" t="s">
+      <c r="B3" s="691" t="s">
         <v>99</v>
       </c>
-      <c r="C3" s="642" t="s">
+      <c r="C3" s="693" t="s">
         <v>239</v>
       </c>
-      <c r="D3" s="643"/>
-      <c r="E3" s="642" t="s">
+      <c r="D3" s="694"/>
+      <c r="E3" s="693" t="s">
         <v>100</v>
       </c>
-      <c r="F3" s="643"/>
-[...1 lines deleted...]
-      <c r="H3" s="645" t="s">
+      <c r="F3" s="694"/>
+      <c r="G3" s="695"/>
+      <c r="H3" s="696" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="4" spans="2:8" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="641"/>
-      <c r="C4" s="647" t="s">
+      <c r="B4" s="692"/>
+      <c r="C4" s="698" t="s">
         <v>102</v>
       </c>
-      <c r="D4" s="648"/>
+      <c r="D4" s="699"/>
       <c r="E4" s="58" t="s">
         <v>240</v>
       </c>
-      <c r="F4" s="291" t="s">
+      <c r="F4" s="288" t="s">
         <v>241</v>
       </c>
-      <c r="G4" s="290" t="s">
+      <c r="G4" s="287" t="s">
         <v>102</v>
       </c>
-      <c r="H4" s="646"/>
+      <c r="H4" s="697"/>
     </row>
     <row r="5" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="444" t="s">
+      <c r="B5" s="393" t="s">
         <v>107</v>
       </c>
-      <c r="C5" s="445">
+      <c r="C5" s="394">
         <f>SUM(C6:C9)</f>
         <v>2.1033589940000001</v>
       </c>
-      <c r="D5" s="449"/>
-[...1 lines deleted...]
-      <c r="F5" s="451"/>
+      <c r="D5" s="398"/>
+      <c r="E5" s="399"/>
+      <c r="F5" s="400"/>
       <c r="G5" s="73">
         <f>SUM(G6:G9)</f>
         <v>2.1033589940000001</v>
       </c>
-      <c r="H5" s="454">
+      <c r="H5" s="403">
         <f t="shared" ref="H5:H18" si="0">G5-C5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B6" s="16" t="s">
         <v>108</v>
       </c>
       <c r="C6" s="17">
         <v>0.20339840200000001</v>
       </c>
       <c r="E6" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F6" s="54">
         <v>0</v>
       </c>
       <c r="G6" s="20">
         <f>C6+F6/100*C6</f>
         <v>0.20339840200000001</v>
       </c>
       <c r="H6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
@@ -35534,65 +34462,65 @@
       </c>
     </row>
     <row r="9" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B9" s="16" t="s">
         <v>117</v>
       </c>
       <c r="C9" s="17">
         <v>8.9220253999999888E-2</v>
       </c>
       <c r="E9" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F9" s="54">
         <v>0</v>
       </c>
       <c r="G9" s="20">
         <f>C9+F9/100*C9</f>
         <v>8.9220253999999888E-2</v>
       </c>
       <c r="H9" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="444" t="s">
+      <c r="B10" s="393" t="s">
         <v>118</v>
       </c>
-      <c r="C10" s="445">
+      <c r="C10" s="394">
         <f>SUM(C11:C17)</f>
         <v>1.9855616599999992</v>
       </c>
-      <c r="D10" s="449"/>
-[...2 lines deleted...]
-      <c r="G10" s="456">
+      <c r="D10" s="398"/>
+      <c r="E10" s="399"/>
+      <c r="F10" s="428"/>
+      <c r="G10" s="405">
         <f>SUM(G11:G17)</f>
         <v>1.9855616599999992</v>
       </c>
-      <c r="H10" s="454">
+      <c r="H10" s="403">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B11" s="16" t="s">
         <v>242</v>
       </c>
       <c r="C11" s="17">
         <v>0.28933330300000004</v>
       </c>
       <c r="E11" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F11" s="54">
         <v>0</v>
       </c>
       <c r="G11" s="20">
         <f t="shared" ref="G11:G17" si="1">C11+F11/100*C11</f>
         <v>0.28933330300000004</v>
       </c>
       <c r="H11" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
@@ -35708,125 +34636,125 @@
       </c>
     </row>
     <row r="17" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B17" s="16" t="s">
         <v>134</v>
       </c>
       <c r="C17" s="17">
         <v>1.0174999999998935E-2</v>
       </c>
       <c r="E17" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F17" s="54">
         <v>0</v>
       </c>
       <c r="G17" s="20">
         <f t="shared" si="1"/>
         <v>1.0174999999998935E-2</v>
       </c>
       <c r="H17" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="444" t="s">
+      <c r="B18" s="393" t="s">
         <v>174</v>
       </c>
-      <c r="C18" s="445">
+      <c r="C18" s="394">
         <f>SUM(C19:C31)</f>
         <v>82.514592186000016</v>
       </c>
-      <c r="D18" s="449"/>
-[...2 lines deleted...]
-      <c r="G18" s="456">
+      <c r="D18" s="398"/>
+      <c r="E18" s="399"/>
+      <c r="F18" s="429"/>
+      <c r="G18" s="405">
         <f>SUM(G19:G31)</f>
         <v>82.514592186000016</v>
       </c>
-      <c r="H18" s="454">
+      <c r="H18" s="403">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:8" ht="21.6" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B19" s="16" t="s">
         <v>246</v>
       </c>
       <c r="C19" s="17"/>
       <c r="E19" s="19"/>
       <c r="G19" s="20"/>
       <c r="H19" s="21"/>
     </row>
     <row r="20" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B20" s="60" t="s">
-        <v>412</v>
+        <v>397</v>
       </c>
       <c r="C20" s="17">
         <v>46.660542</v>
       </c>
       <c r="E20" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F20" s="54">
         <v>0</v>
       </c>
       <c r="G20" s="20">
         <f t="shared" ref="G20:G31" si="2">C20+F20/100*C20</f>
         <v>46.660542</v>
       </c>
       <c r="H20" s="21">
         <f t="shared" ref="H20:H39" si="3">G20-C20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B21" s="60" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="C21" s="17">
         <v>11.574585743999998</v>
       </c>
       <c r="E21" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F21" s="54">
         <v>0</v>
       </c>
       <c r="G21" s="20">
         <f t="shared" si="2"/>
         <v>11.574585743999998</v>
       </c>
       <c r="H21" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B22" s="60" t="s">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="C22" s="17">
         <v>22.132437089000003</v>
       </c>
       <c r="E22" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F22" s="54">
         <v>0</v>
       </c>
       <c r="G22" s="20">
         <f t="shared" si="2"/>
         <v>22.132437089000003</v>
       </c>
       <c r="H22" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B23" s="60" t="s">
         <v>247</v>
       </c>
       <c r="C23" s="17">
         <v>0.24295009899999997</v>
@@ -35892,51 +34820,51 @@
     </row>
     <row r="26" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B26" s="16" t="s">
         <v>250</v>
       </c>
       <c r="C26" s="17">
         <v>0.44629258700000002</v>
       </c>
       <c r="E26" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F26" s="54">
         <v>0</v>
       </c>
       <c r="G26" s="20">
         <f t="shared" si="2"/>
         <v>0.44629258700000002</v>
       </c>
       <c r="H26" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B27" s="67" t="s">
-        <v>415</v>
+        <v>400</v>
       </c>
       <c r="C27" s="17">
         <v>0.235170831</v>
       </c>
       <c r="E27" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F27" s="54">
         <v>0</v>
       </c>
       <c r="G27" s="20">
         <f t="shared" si="2"/>
         <v>0.235170831</v>
       </c>
       <c r="H27" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B28" s="16" t="s">
         <v>251</v>
       </c>
       <c r="C28" s="17">
         <v>5.1434077999999994E-2</v>
@@ -36001,65 +34929,65 @@
       </c>
     </row>
     <row r="31" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B31" s="16" t="s">
         <v>254</v>
       </c>
       <c r="C31" s="17">
         <v>0.28555563100000003</v>
       </c>
       <c r="E31" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F31" s="54">
         <v>0</v>
       </c>
       <c r="G31" s="20">
         <f t="shared" si="2"/>
         <v>0.28555563100000003</v>
       </c>
       <c r="H31" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="444" t="s">
+      <c r="B32" s="393" t="s">
         <v>210</v>
       </c>
-      <c r="C32" s="445">
+      <c r="C32" s="394">
         <f>SUM(C33:C34)</f>
         <v>2.20113</v>
       </c>
-      <c r="D32" s="449"/>
-[...2 lines deleted...]
-      <c r="G32" s="456">
+      <c r="D32" s="398"/>
+      <c r="E32" s="399"/>
+      <c r="F32" s="430"/>
+      <c r="G32" s="405">
         <f>SUM(G33:G34)</f>
         <v>2.20113</v>
       </c>
-      <c r="H32" s="482">
+      <c r="H32" s="431">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B33" s="16" t="s">
         <v>211</v>
       </c>
       <c r="C33" s="17">
         <v>2.2010000000000001</v>
       </c>
       <c r="E33" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F33" s="54">
         <v>0</v>
       </c>
       <c r="G33" s="20">
         <f>C33+F33/100*C33</f>
         <v>2.2010000000000001</v>
       </c>
       <c r="H33" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
@@ -36069,228 +34997,228 @@
         <v>182</v>
       </c>
       <c r="C34" s="65">
         <v>1.2999999999999999E-4</v>
       </c>
       <c r="D34" s="26"/>
       <c r="E34" s="27" t="s">
         <v>115</v>
       </c>
       <c r="F34" s="54">
         <v>0</v>
       </c>
       <c r="G34" s="29">
         <f>C34+F34/100*C34</f>
         <v>1.2999999999999999E-4</v>
       </c>
       <c r="H34" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="37" t="s">
         <v>212</v>
       </c>
-      <c r="C35" s="466">
+      <c r="C35" s="415">
         <f>C32+C18+C10+C5</f>
         <v>88.804642840000028</v>
       </c>
-      <c r="D35" s="460"/>
-[...2 lines deleted...]
-      <c r="G35" s="465">
+      <c r="D35" s="409"/>
+      <c r="E35" s="410"/>
+      <c r="F35" s="432"/>
+      <c r="G35" s="414">
         <f>G32+G18+G10+G5</f>
         <v>88.804642840000028</v>
       </c>
       <c r="H35" s="72">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="444" t="s">
+      <c r="B36" s="393" t="s">
         <v>213</v>
       </c>
-      <c r="C36" s="445">
+      <c r="C36" s="394">
         <f>SUM(C37:C38)</f>
         <v>0.51044017799999997</v>
       </c>
-      <c r="D36" s="449"/>
-[...2 lines deleted...]
-      <c r="G36" s="456">
+      <c r="D36" s="398"/>
+      <c r="E36" s="399"/>
+      <c r="F36" s="433"/>
+      <c r="G36" s="405">
         <f>SUM(G37:G38)</f>
         <v>0.51044017799999997</v>
       </c>
-      <c r="H36" s="454">
+      <c r="H36" s="403">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B37" s="16" t="s">
         <v>214</v>
       </c>
       <c r="C37" s="17">
         <v>0.45219299800000001</v>
       </c>
       <c r="E37" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F37" s="54">
         <v>0</v>
       </c>
       <c r="G37" s="20">
         <f>C37+F37/100*C37</f>
         <v>0.45219299800000001</v>
       </c>
       <c r="H37" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B38" s="16" t="s">
         <v>182</v>
       </c>
       <c r="C38" s="17">
         <v>5.8247179999999954E-2</v>
       </c>
       <c r="E38" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="54">
         <v>0</v>
       </c>
       <c r="G38" s="20">
         <f>C38+F38/100*C38</f>
         <v>5.8247179999999954E-2</v>
       </c>
       <c r="H38" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="444" t="s">
+      <c r="B39" s="393" t="s">
         <v>255</v>
       </c>
-      <c r="C39" s="445">
+      <c r="C39" s="394">
         <f>SUM(C40:C51)</f>
         <v>162.90159098100003</v>
       </c>
-      <c r="D39" s="449"/>
-[...2 lines deleted...]
-      <c r="G39" s="456">
+      <c r="D39" s="398"/>
+      <c r="E39" s="399"/>
+      <c r="F39" s="400"/>
+      <c r="G39" s="405">
         <f>SUM(G40:G51)</f>
         <v>162.90159098100003</v>
       </c>
-      <c r="H39" s="454">
+      <c r="H39" s="403">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:8" ht="21.6" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B40" s="16" t="s">
         <v>256</v>
       </c>
       <c r="C40" s="17"/>
       <c r="E40" s="19"/>
       <c r="G40" s="20"/>
       <c r="H40" s="21"/>
     </row>
     <row r="41" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B41" s="60" t="s">
-        <v>416</v>
+        <v>401</v>
       </c>
       <c r="C41" s="17">
         <v>99.022743000000006</v>
       </c>
       <c r="E41" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F41" s="54">
         <v>0</v>
       </c>
       <c r="G41" s="20">
         <f t="shared" ref="G41:G51" si="4">C41+F41/100*C41</f>
         <v>99.022743000000006</v>
       </c>
       <c r="H41" s="21">
         <f t="shared" ref="H41:H54" si="5">G41-C41</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B42" s="60" t="s">
-        <v>417</v>
+        <v>402</v>
       </c>
       <c r="C42" s="17">
         <v>1.7557662709999999</v>
       </c>
       <c r="E42" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F42" s="54">
         <v>0</v>
       </c>
       <c r="G42" s="20">
         <f t="shared" si="4"/>
         <v>1.7557662709999999</v>
       </c>
       <c r="H42" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B43" s="60" t="s">
-        <v>418</v>
+        <v>403</v>
       </c>
       <c r="C43" s="17">
         <v>29.807354374000003</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F43" s="54">
         <v>0</v>
       </c>
       <c r="G43" s="20">
         <f t="shared" si="4"/>
         <v>29.807354374000003</v>
       </c>
       <c r="H43" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B44" s="60" t="s">
-        <v>419</v>
+        <v>404</v>
       </c>
       <c r="C44" s="17">
         <v>3.9499589089999998</v>
       </c>
       <c r="E44" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F44" s="54">
         <v>0</v>
       </c>
       <c r="G44" s="20">
         <f t="shared" si="4"/>
         <v>3.9499589089999998</v>
       </c>
       <c r="H44" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B45" s="16" t="s">
         <v>223</v>
       </c>
       <c r="C45" s="17">
         <v>2.2367536750000001</v>
@@ -36312,3274 +35240,2784 @@
     </row>
     <row r="46" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B46" s="16" t="s">
         <v>249</v>
       </c>
       <c r="C46" s="17">
         <v>1.6188340000000001</v>
       </c>
       <c r="E46" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F46" s="54">
         <v>0</v>
       </c>
       <c r="G46" s="20">
         <f t="shared" si="4"/>
         <v>1.6188340000000001</v>
       </c>
       <c r="H46" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B47" s="16" t="s">
-        <v>420</v>
+        <v>405</v>
       </c>
       <c r="C47" s="17">
         <v>9.4713527620000004</v>
       </c>
       <c r="E47" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F47" s="54">
         <v>0</v>
       </c>
       <c r="G47" s="20">
         <f t="shared" si="4"/>
         <v>9.4713527620000004</v>
       </c>
       <c r="H47" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B48" s="67" t="s">
-        <v>421</v>
+        <v>406</v>
       </c>
       <c r="C48" s="17">
         <v>2.599077286</v>
       </c>
       <c r="E48" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F48" s="54">
         <v>0</v>
       </c>
       <c r="G48" s="20">
         <f t="shared" si="4"/>
         <v>2.599077286</v>
       </c>
       <c r="H48" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B49" s="67" t="s">
         <v>257</v>
       </c>
       <c r="C49" s="17">
         <v>0.15533395</v>
       </c>
       <c r="E49" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F49" s="54">
         <v>0</v>
       </c>
       <c r="G49" s="20">
         <f t="shared" si="4"/>
         <v>0.15533395</v>
       </c>
       <c r="H49" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B50" s="16" t="s">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="C50" s="17">
         <v>0.24317162</v>
       </c>
       <c r="E50" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F50" s="54">
         <v>0</v>
       </c>
       <c r="G50" s="20">
         <f t="shared" si="4"/>
         <v>0.24317162</v>
       </c>
       <c r="H50" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B51" s="16" t="s">
-        <v>423</v>
+        <v>408</v>
       </c>
       <c r="C51" s="17">
         <v>12.041245134</v>
       </c>
       <c r="E51" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="54">
         <v>0</v>
       </c>
       <c r="G51" s="20">
         <f t="shared" si="4"/>
         <v>12.041245134</v>
       </c>
       <c r="H51" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B52" s="444" t="s">
+      <c r="B52" s="393" t="s">
         <v>227</v>
       </c>
-      <c r="C52" s="445">
+      <c r="C52" s="394">
         <f>SUM(C53:C54)</f>
         <v>2.132216986</v>
       </c>
-      <c r="D52" s="449"/>
-[...2 lines deleted...]
-      <c r="G52" s="456">
+      <c r="D52" s="398"/>
+      <c r="E52" s="399"/>
+      <c r="F52" s="400"/>
+      <c r="G52" s="405">
         <f>SUM(G53:G53)</f>
         <v>2.0972169859999998</v>
       </c>
-      <c r="H52" s="454">
+      <c r="H52" s="403">
         <f t="shared" si="5"/>
         <v>-3.5000000000000142E-2</v>
       </c>
     </row>
     <row r="53" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B53" s="16" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
       <c r="C53" s="17">
         <v>2.0972169859999998</v>
       </c>
       <c r="E53" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F53" s="54">
         <v>0</v>
       </c>
       <c r="G53" s="20">
         <f>C53+F53/100*C53</f>
         <v>2.0972169859999998</v>
       </c>
       <c r="H53" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:8" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B54" s="16" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="C54" s="17">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="E54" s="19" t="s">
         <v>115</v>
       </c>
       <c r="F54" s="54">
         <v>0</v>
       </c>
       <c r="G54" s="20">
         <f>C54+F54/100*C54</f>
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H54" s="21">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="37" t="s">
         <v>231</v>
       </c>
-      <c r="C55" s="466">
+      <c r="C55" s="415">
         <f>C36+C39+C52</f>
         <v>165.54424814500004</v>
       </c>
-      <c r="D55" s="460"/>
-[...2 lines deleted...]
-      <c r="G55" s="465">
+      <c r="D55" s="409"/>
+      <c r="E55" s="410"/>
+      <c r="F55" s="434"/>
+      <c r="G55" s="414">
         <f>G36+G39+G52</f>
         <v>165.50924814500004</v>
       </c>
       <c r="H55" s="72">
         <f>G55-C55</f>
         <v>-3.4999999999996589E-2</v>
       </c>
     </row>
     <row r="56" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="39" t="s">
         <v>62</v>
       </c>
       <c r="C56" s="40">
         <f>C5+C10+C32+C18+C36+C52+C39</f>
         <v>254.34889098500003</v>
       </c>
       <c r="D56" s="44"/>
-      <c r="E56" s="486"/>
-      <c r="F56" s="487"/>
+      <c r="E56" s="435"/>
+      <c r="F56" s="436"/>
       <c r="G56" s="48">
         <f>G5+G10+G32+G18+G36+G52+G39</f>
         <v>254.31389098500006</v>
       </c>
       <c r="H56" s="62">
         <f>H5+H10+H32+H18+H36+H52+H39</f>
         <v>-3.5000000000000142E-2</v>
       </c>
     </row>
     <row r="57" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="49"/>
       <c r="C57" s="31"/>
       <c r="E57" s="19"/>
       <c r="G57" s="20"/>
       <c r="H57" s="21"/>
     </row>
     <row r="58" spans="2:8" s="50" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B58" s="444" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="488">
+      <c r="B58" s="393" t="s">
+        <v>388</v>
+      </c>
+      <c r="C58" s="437">
         <v>247.11754580499999</v>
       </c>
-      <c r="D58" s="474"/>
-[...2 lines deleted...]
-      <c r="G58" s="456">
+      <c r="D58" s="423"/>
+      <c r="E58" s="424"/>
+      <c r="F58" s="425"/>
+      <c r="G58" s="405">
         <f>C58</f>
         <v>247.11754580499999</v>
       </c>
-      <c r="H58" s="454"/>
+      <c r="H58" s="403"/>
     </row>
     <row r="59" spans="2:8" s="50" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B59" s="51" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="C59" s="362">
+        <v>389</v>
+      </c>
+      <c r="C59" s="357">
         <f>C58-C56</f>
         <v>-7.2313451800000337</v>
       </c>
-      <c r="D59" s="365"/>
+      <c r="D59" s="360"/>
       <c r="E59" s="53"/>
-      <c r="F59" s="366"/>
-      <c r="G59" s="369">
+      <c r="F59" s="361"/>
+      <c r="G59" s="364">
         <f>G58-G56</f>
         <v>-7.1963451800000655</v>
       </c>
-      <c r="H59" s="368"/>
+      <c r="H59" s="363"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pmnwh56VxfMygCIOi4YFrvcfOUH+cSDwhxPvt+aI12h9CvbR28dc2DHSyLZERIYGDgEYr6VyUXflaU2CpDrRGw==" saltValue="7jcKNx65+6+VcWD85+6JVA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="C3:D3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="59" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E277D4AA-AEFD-45E3-B35F-A7B3CA45197C}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:C20"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+    <sheetView showGridLines="0" topLeftCell="A8" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4" style="74" customWidth="1"/>
     <col min="2" max="2" width="51.5703125" style="74" customWidth="1"/>
-    <col min="3" max="3" width="147.140625" style="264" customWidth="1"/>
+    <col min="3" max="3" width="147.140625" style="262" customWidth="1"/>
     <col min="4" max="16384" width="8.85546875" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:3" ht="27" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:3" ht="39" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>477</v>
+    <row r="2" spans="2:3" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="C2" s="383" t="s">
+        <v>473</v>
       </c>
     </row>
     <row r="3" spans="2:3" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C3" s="401" t="s">
-        <v>387</v>
+      <c r="C3" s="384" t="s">
+        <v>372</v>
       </c>
     </row>
     <row r="4" spans="2:3" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C4" s="401" t="s">
+      <c r="C4" s="384" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="5" spans="2:3" ht="22.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C5" s="269" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="5" spans="2:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C5" s="271" t="s">
+    <row r="6" spans="2:3" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C6" s="269" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="378" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="8" spans="2:3" ht="78.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C8" s="378" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C9" s="385" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="10" spans="2:3" ht="28.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="271"/>
+      <c r="C10" s="386" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="6" spans="2:3" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-[...24 lines deleted...]
-    </row>
     <row r="11" spans="2:3" ht="70.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C11" s="402" t="s">
-        <v>264</v>
+      <c r="C11" s="385" t="s">
+        <v>488</v>
       </c>
     </row>
     <row r="12" spans="2:3" ht="36.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C12" s="266" t="s">
+      <c r="C12" s="264" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="2:3" s="273" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>489</v>
+    <row r="13" spans="2:3" s="271" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C13" s="266" t="s">
+        <v>471</v>
       </c>
     </row>
     <row r="14" spans="2:3" x14ac:dyDescent="0.2">
-      <c r="C14" s="269"/>
+      <c r="C14" s="267"/>
     </row>
     <row r="15" spans="2:3" ht="16.5" x14ac:dyDescent="0.2">
-      <c r="B15" s="600">
-[...4 lines deleted...]
-      </c>
+      <c r="B15" s="549"/>
+      <c r="C15" s="700"/>
     </row>
     <row r="16" spans="2:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C16" s="649"/>
+      <c r="C16" s="700"/>
     </row>
     <row r="17" spans="3:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C17" s="649"/>
+      <c r="C17" s="700"/>
     </row>
     <row r="18" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C18" s="270"/>
+      <c r="C18" s="268"/>
     </row>
     <row r="19" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C19" s="270"/>
+      <c r="C19" s="268"/>
     </row>
     <row r="20" spans="3:3" x14ac:dyDescent="0.2">
-      <c r="C20" s="270"/>
+      <c r="C20" s="268"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="QI9FwKJXDvmG2PK+WVcfnCmRcTH+IH/ZNwn8nKIjOgKE4NVdftx80GApsavpwDI3rUrGhT2y/1NjpHqkibZKsQ==" saltValue="nYc1KFPwa0ErQE6VlclMiQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="6iInNIZ5C5LUQXPstGmA/PcIS+WOUSBozbbi5Djr31SQZjC6LQ0vL239isMIuEYl0F6/SdTKPXHsu7zmpsLjKA==" saltValue="QM/+8jta3IYy6CLsgAJoEA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="C15:C17"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95BD2B52-687C-4AFF-8FF2-54EB16929537}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N215"/>
+  <dimension ref="B1:N105"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+    <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="G117" sqref="G117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.140625" style="189" customWidth="1"/>
-    <col min="2" max="2" width="103.28515625" style="189" customWidth="1"/>
+    <col min="2" max="2" width="117" style="189" customWidth="1"/>
     <col min="3" max="3" width="24.140625" style="196" customWidth="1"/>
-    <col min="4" max="4" width="24.7109375" style="193" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="20.7109375" style="192" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" style="193" customWidth="1"/>
+    <col min="5" max="5" width="13.28515625" style="192" customWidth="1"/>
+    <col min="6" max="6" width="23" style="193" customWidth="1"/>
+    <col min="7" max="7" width="15.7109375" style="192" customWidth="1"/>
     <col min="8" max="8" width="7.7109375" style="189" customWidth="1"/>
-    <col min="9" max="9" width="29.42578125" style="193" customWidth="1"/>
-    <col min="10" max="10" width="20.140625" style="440" customWidth="1"/>
+    <col min="9" max="9" width="36.42578125" style="193" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="194" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" style="195" customWidth="1"/>
-    <col min="12" max="12" width="20.7109375" style="439" customWidth="1"/>
+    <col min="12" max="12" width="20.7109375" style="192" customWidth="1"/>
     <col min="13" max="13" width="20.7109375" style="196" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="19.7109375" style="197" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="437"/>
+    <col min="14" max="14" width="18" style="197" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="18.42578125" style="189" customWidth="1"/>
+    <col min="16" max="16" width="63.28515625" style="189" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="189"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="165" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="657" t="s">
-[...13 lines deleted...]
-      <c r="N1" s="657"/>
+      <c r="C1" s="710" t="s">
+        <v>477</v>
+      </c>
+      <c r="D1" s="710"/>
+      <c r="E1" s="710"/>
+      <c r="F1" s="710"/>
+      <c r="G1" s="710"/>
+      <c r="H1" s="710"/>
+      <c r="I1" s="710"/>
+      <c r="J1" s="710"/>
+      <c r="K1" s="710"/>
+      <c r="L1" s="710"/>
+      <c r="M1" s="710"/>
+      <c r="N1" s="710"/>
     </row>
     <row r="2" spans="2:14" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C2" s="190"/>
       <c r="D2" s="191"/>
-      <c r="J2" s="194"/>
-      <c r="L2" s="192"/>
     </row>
     <row r="3" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="650" t="s">
+      <c r="B3" s="701" t="s">
         <v>99</v>
       </c>
-      <c r="C3" s="652" t="s">
-[...5 lines deleted...]
-      <c r="G3" s="654"/>
+      <c r="C3" s="703" t="s">
+        <v>384</v>
+      </c>
+      <c r="D3" s="704"/>
+      <c r="E3" s="704"/>
+      <c r="F3" s="704"/>
+      <c r="G3" s="705"/>
       <c r="H3" s="198"/>
-      <c r="I3" s="652" t="s">
+      <c r="I3" s="706" t="s">
         <v>100</v>
       </c>
-      <c r="J3" s="653"/>
-[...3 lines deleted...]
-      <c r="N3" s="655" t="s">
+      <c r="J3" s="704"/>
+      <c r="K3" s="704"/>
+      <c r="L3" s="704"/>
+      <c r="M3" s="707"/>
+      <c r="N3" s="708" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="4" spans="2:14" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="651"/>
+      <c r="B4" s="702"/>
       <c r="C4" s="199" t="s">
         <v>102</v>
       </c>
-      <c r="D4" s="289" t="s">
+      <c r="D4" s="588" t="s">
         <v>103</v>
       </c>
-      <c r="E4" s="289" t="s">
+      <c r="E4" s="588" t="s">
         <v>104</v>
       </c>
-      <c r="F4" s="289" t="s">
+      <c r="F4" s="588" t="s">
         <v>105</v>
       </c>
-      <c r="G4" s="288" t="s">
+      <c r="G4" s="286" t="s">
         <v>106</v>
       </c>
-      <c r="H4" s="289"/>
-      <c r="I4" s="199" t="s">
+      <c r="H4" s="588"/>
+      <c r="I4" s="589" t="s">
         <v>103</v>
       </c>
-      <c r="J4" s="289" t="s">
+      <c r="J4" s="588" t="s">
         <v>104</v>
       </c>
-      <c r="K4" s="289" t="s">
+      <c r="K4" s="588" t="s">
         <v>105</v>
       </c>
-      <c r="L4" s="289" t="s">
+      <c r="L4" s="588" t="s">
         <v>106</v>
       </c>
-      <c r="M4" s="288" t="s">
+      <c r="M4" s="590" t="s">
         <v>102</v>
       </c>
-      <c r="N4" s="656"/>
+      <c r="N4" s="709"/>
     </row>
     <row r="5" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="404" t="s">
+      <c r="B5" s="591" t="s">
         <v>107</v>
       </c>
-      <c r="C5" s="405">
+      <c r="C5" s="592">
         <f>SUM(C6:C8)</f>
-        <v>6.0734344421700008</v>
-[...10 lines deleted...]
-      <c r="M5" s="413">
+        <v>6.4493252170899993</v>
+      </c>
+      <c r="D5" s="593"/>
+      <c r="E5" s="594"/>
+      <c r="F5" s="593"/>
+      <c r="G5" s="595"/>
+      <c r="H5" s="596"/>
+      <c r="I5" s="597"/>
+      <c r="J5" s="598"/>
+      <c r="K5" s="599"/>
+      <c r="L5" s="594"/>
+      <c r="M5" s="600">
         <f>SUM(M6:M8)</f>
-        <v>6.0734165303612366</v>
-[...1 lines deleted...]
-      <c r="N5" s="414">
+        <v>6.4493252170899993</v>
+      </c>
+      <c r="N5" s="601">
         <f t="shared" ref="N5:N14" si="0">M5-C5</f>
-        <v>-1.791180876420384E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B6" s="200" t="s">
         <v>108</v>
       </c>
       <c r="C6" s="201">
-        <v>4.0149679633800002</v>
-[...4 lines deleted...]
-      <c r="E6" s="195">
+        <v>4.2785764663999997</v>
+      </c>
+      <c r="D6" s="602" t="s">
+        <v>479</v>
+      </c>
+      <c r="E6" s="603">
         <v>6646</v>
       </c>
-      <c r="F6" s="192" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="206">
+      <c r="F6" s="195" t="s">
+        <v>480</v>
+      </c>
+      <c r="G6" s="604">
         <f>IFERROR(C6*1000000000/E6/12,"")</f>
-        <v>50343.163348630762</v>
+        <v>53648.516230313973</v>
       </c>
       <c r="I6" s="202" t="s">
-        <v>268</v>
+        <v>489</v>
       </c>
       <c r="J6" s="203">
         <v>6646</v>
       </c>
-      <c r="K6" s="192" t="s">
-        <v>110</v>
+      <c r="K6" s="195" t="s">
+        <v>480</v>
       </c>
       <c r="L6" s="203">
-        <v>50343</v>
+        <v>53648.516230313973</v>
       </c>
       <c r="M6" s="204">
         <f>J6*L6*12/1000000000</f>
-        <v>4.0149549359999996</v>
+        <v>4.2785764663999997</v>
       </c>
       <c r="N6" s="205">
         <f t="shared" si="0"/>
-        <v>-1.3027380000529831E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B7" s="200" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C7" s="201">
-        <v>1.5053544921199999</v>
+        <v>1.5861772653599999</v>
       </c>
       <c r="F7" s="195"/>
       <c r="G7" s="206"/>
-      <c r="I7" s="202"/>
-[...4 lines deleted...]
-        <v>1.5053496076912367</v>
+      <c r="I7" s="202" t="s">
+        <v>115</v>
+      </c>
+      <c r="J7" s="203">
+        <v>0</v>
+      </c>
+      <c r="M7" s="204">
+        <f>C7+J7/100*C7</f>
+        <v>1.5861772653599999</v>
       </c>
       <c r="N7" s="205">
         <f t="shared" si="0"/>
-        <v>-4.8844287632299199E-6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B8" s="200" t="s">
         <v>117</v>
       </c>
       <c r="C8" s="201">
-        <v>0.55311198667000006</v>
+        <v>0.58457148532999992</v>
       </c>
       <c r="E8" s="196"/>
       <c r="G8" s="206"/>
       <c r="I8" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J8" s="203">
         <v>0</v>
       </c>
-      <c r="L8" s="192"/>
       <c r="M8" s="204">
         <f>C8+J8/100*C8</f>
-        <v>0.55311198667000006</v>
+        <v>0.58457148532999992</v>
       </c>
       <c r="N8" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="404" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="405">
+      <c r="B9" s="591" t="s">
+        <v>481</v>
+      </c>
+      <c r="C9" s="592">
         <f>SUM(C10:C14)</f>
-        <v>6.6100201500499995</v>
-[...10 lines deleted...]
-      <c r="M9" s="415">
+        <v>7.9397302309300004</v>
+      </c>
+      <c r="D9" s="593"/>
+      <c r="E9" s="593"/>
+      <c r="F9" s="593"/>
+      <c r="G9" s="595"/>
+      <c r="H9" s="596"/>
+      <c r="I9" s="597"/>
+      <c r="J9" s="598"/>
+      <c r="K9" s="599"/>
+      <c r="L9" s="594"/>
+      <c r="M9" s="605">
         <f>SUM(M10:M14)</f>
-        <v>6.6100201500499995</v>
-[...1 lines deleted...]
-      <c r="N9" s="414">
+        <v>7.9397302309300004</v>
+      </c>
+      <c r="N9" s="601">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B10" s="200" t="s">
         <v>122</v>
       </c>
       <c r="C10" s="201"/>
       <c r="G10" s="206"/>
       <c r="I10" s="202"/>
-      <c r="J10" s="436"/>
-      <c r="L10" s="192"/>
+      <c r="J10" s="389"/>
       <c r="M10" s="204"/>
       <c r="N10" s="205"/>
     </row>
     <row r="11" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B11" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C11" s="201">
-        <v>1.53237655068</v>
+        <v>1.6487943726400001</v>
       </c>
       <c r="G11" s="206"/>
       <c r="I11" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J11" s="203">
         <v>0</v>
       </c>
-      <c r="L11" s="192"/>
       <c r="M11" s="204">
         <f t="shared" ref="M11:M14" si="1">C11+J11/100*C11</f>
-        <v>1.53237655068</v>
+        <v>1.6487943726400001</v>
       </c>
       <c r="N11" s="205">
         <f t="shared" ref="N11:N13" si="2">M11-C11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B12" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C12" s="201">
-        <v>0.70410762016999995</v>
+        <v>0.69763805847999982</v>
       </c>
       <c r="G12" s="206"/>
       <c r="I12" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J12" s="203">
         <v>0</v>
       </c>
-      <c r="L12" s="192"/>
       <c r="M12" s="204">
         <f t="shared" si="1"/>
-        <v>0.70410762016999995</v>
+        <v>0.69763805847999982</v>
       </c>
       <c r="N12" s="205">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B13" s="200" t="s">
         <v>133</v>
       </c>
       <c r="C13" s="201">
-        <v>2.1645965285599997</v>
+        <v>2.9420165789899997</v>
       </c>
       <c r="G13" s="206"/>
       <c r="I13" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J13" s="203">
         <v>0</v>
       </c>
-      <c r="L13" s="192"/>
       <c r="M13" s="204">
         <f t="shared" si="1"/>
-        <v>2.1645965285599997</v>
+        <v>2.9420165789899997</v>
       </c>
       <c r="N13" s="205">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B14" s="200" t="s">
         <v>134</v>
       </c>
       <c r="C14" s="201">
-        <v>2.20893945064</v>
+        <v>2.6512812208200005</v>
       </c>
       <c r="G14" s="206"/>
       <c r="I14" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J14" s="203">
         <v>0</v>
       </c>
-      <c r="L14" s="192"/>
       <c r="M14" s="204">
         <f t="shared" si="1"/>
-        <v>2.20893945064</v>
+        <v>2.6512812208200005</v>
       </c>
       <c r="N14" s="205">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="404" t="s">
+      <c r="B15" s="591" t="s">
         <v>174</v>
       </c>
-      <c r="C15" s="405">
+      <c r="C15" s="592">
         <f>SUM(C16:C57)</f>
-        <v>276.14496094211006</v>
-[...10 lines deleted...]
-      <c r="M15" s="415">
+        <v>284.55939858424989</v>
+      </c>
+      <c r="D15" s="593"/>
+      <c r="E15" s="593"/>
+      <c r="F15" s="593"/>
+      <c r="G15" s="595"/>
+      <c r="H15" s="596"/>
+      <c r="I15" s="597"/>
+      <c r="J15" s="598"/>
+      <c r="K15" s="599"/>
+      <c r="L15" s="594"/>
+      <c r="M15" s="605">
         <f>SUM(M16:M57)</f>
-        <v>276.14496094211006</v>
-[...1 lines deleted...]
-      <c r="N15" s="414">
+        <v>284.55939858424989</v>
+      </c>
+      <c r="N15" s="601">
         <f>M15-C15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B16" s="200" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="C16" s="201"/>
       <c r="G16" s="206"/>
       <c r="I16" s="202"/>
-      <c r="J16" s="194"/>
-      <c r="L16" s="192"/>
       <c r="M16" s="204"/>
       <c r="N16" s="205"/>
     </row>
     <row r="17" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B17" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C17" s="201">
-        <v>17.467916164950001</v>
+        <v>19.591757519560002</v>
       </c>
       <c r="G17" s="206"/>
       <c r="I17" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J17" s="203">
         <v>0</v>
       </c>
-      <c r="L17" s="192"/>
       <c r="M17" s="204">
         <f t="shared" ref="M17:M57" si="3">C17+J17/100*C17</f>
-        <v>17.467916164950001</v>
+        <v>19.591757519560002</v>
       </c>
       <c r="N17" s="205">
         <f t="shared" ref="N17:N59" si="4">M17-C17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B18" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C18" s="201">
-        <v>6.85640569083</v>
-[...1 lines deleted...]
-      <c r="E18" s="371"/>
+        <v>7.5697115403100002</v>
+      </c>
+      <c r="E18" s="365"/>
       <c r="G18" s="206"/>
       <c r="I18" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J18" s="203">
         <v>0</v>
       </c>
-      <c r="L18" s="192"/>
       <c r="M18" s="204">
         <f t="shared" si="3"/>
-        <v>6.85640569083</v>
+        <v>7.5697115403100002</v>
       </c>
       <c r="N18" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B19" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C19" s="201">
-        <v>0.86853291741000005</v>
+        <v>0.87852389674999998</v>
       </c>
       <c r="G19" s="206"/>
       <c r="I19" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="203">
         <v>0</v>
       </c>
-      <c r="L19" s="192"/>
       <c r="M19" s="204">
         <f t="shared" si="3"/>
-        <v>0.86853291741000005</v>
+        <v>0.87852389674999998</v>
       </c>
       <c r="N19" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B20" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C20" s="201">
-        <v>1.2208505171700001</v>
+        <v>1.4743084614299962</v>
       </c>
       <c r="G20" s="206"/>
       <c r="I20" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J20" s="203">
         <v>0</v>
       </c>
-      <c r="L20" s="192"/>
       <c r="M20" s="204">
         <f t="shared" si="3"/>
-        <v>1.2208505171700001</v>
+        <v>1.4743084614299962</v>
       </c>
       <c r="N20" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B21" s="200" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="C21" s="201"/>
       <c r="G21" s="206"/>
       <c r="I21" s="202"/>
-      <c r="J21" s="436"/>
-      <c r="L21" s="192"/>
+      <c r="J21" s="389"/>
       <c r="M21" s="204"/>
       <c r="N21" s="205"/>
     </row>
     <row r="22" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B22" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C22" s="201">
-        <v>2.4022925179300003</v>
+        <v>2.6453112957</v>
       </c>
       <c r="G22" s="206"/>
       <c r="I22" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J22" s="203">
         <v>0</v>
       </c>
-      <c r="L22" s="192"/>
       <c r="M22" s="204">
         <f t="shared" si="3"/>
-        <v>2.4022925179300003</v>
+        <v>2.6453112957</v>
       </c>
       <c r="N22" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B23" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C23" s="201">
-        <v>0.46019854408000005</v>
-[...1 lines deleted...]
-      <c r="D23" s="372"/>
+        <v>0.50206603455999999</v>
+      </c>
+      <c r="D23" s="366"/>
       <c r="G23" s="206"/>
       <c r="I23" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="203">
         <v>0</v>
       </c>
-      <c r="L23" s="192"/>
       <c r="M23" s="204">
         <f t="shared" si="3"/>
-        <v>0.46019854408000005</v>
+        <v>0.50206603455999999</v>
       </c>
       <c r="N23" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B24" s="207" t="s">
         <v>186</v>
       </c>
       <c r="C24" s="201">
-        <v>0.83073068849999998</v>
+        <v>0.93348114044999997</v>
       </c>
       <c r="D24" s="189"/>
       <c r="G24" s="206"/>
       <c r="I24" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J24" s="203">
         <v>0</v>
       </c>
-      <c r="L24" s="192"/>
       <c r="M24" s="204">
         <f t="shared" si="3"/>
-        <v>0.83073068849999998</v>
+        <v>0.93348114044999997</v>
       </c>
       <c r="N24" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B25" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C25" s="201">
-        <v>10.95349152775</v>
+        <v>11.619525557200001</v>
       </c>
       <c r="G25" s="206"/>
       <c r="I25" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J25" s="203">
         <v>0</v>
       </c>
-      <c r="L25" s="192"/>
       <c r="M25" s="204">
         <f t="shared" si="3"/>
-        <v>10.95349152775</v>
+        <v>11.619525557200001</v>
       </c>
       <c r="N25" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B26" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C26" s="201">
-        <v>0.83401828938000111</v>
+        <v>0.88136671980000114</v>
       </c>
       <c r="G26" s="206"/>
       <c r="I26" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J26" s="203">
         <v>0</v>
       </c>
-      <c r="L26" s="192"/>
       <c r="M26" s="204">
         <f t="shared" si="3"/>
-        <v>0.83401828938000111</v>
+        <v>0.88136671980000114</v>
       </c>
       <c r="N26" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B27" s="200" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="C27" s="201"/>
       <c r="G27" s="206"/>
       <c r="I27" s="202"/>
-      <c r="J27" s="436"/>
-      <c r="L27" s="192"/>
+      <c r="J27" s="389"/>
       <c r="M27" s="204"/>
       <c r="N27" s="205"/>
     </row>
     <row r="28" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B28" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C28" s="201">
-        <v>1.3141750091799997</v>
+        <v>1.5469088927500001</v>
       </c>
       <c r="D28" s="189"/>
       <c r="G28" s="206"/>
       <c r="I28" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J28" s="203">
         <v>0</v>
       </c>
-      <c r="L28" s="192"/>
       <c r="M28" s="204">
         <f t="shared" si="3"/>
-        <v>1.3141750091799997</v>
+        <v>1.5469088927500001</v>
       </c>
       <c r="N28" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B29" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C29" s="201">
-        <v>5.5900908021499998</v>
+        <v>5.4859702432200006</v>
       </c>
       <c r="D29" s="189"/>
       <c r="G29" s="206"/>
       <c r="I29" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J29" s="203">
         <v>0</v>
       </c>
-      <c r="L29" s="192"/>
       <c r="M29" s="204">
         <f t="shared" si="3"/>
-        <v>5.5900908021499998</v>
+        <v>5.4859702432200006</v>
       </c>
       <c r="N29" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B30" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C30" s="201">
-        <v>1.0783347194400006</v>
+        <v>2.1392059983100005</v>
       </c>
       <c r="D30" s="189"/>
       <c r="G30" s="206"/>
       <c r="I30" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="203">
         <v>0</v>
       </c>
-      <c r="L30" s="192"/>
       <c r="M30" s="204">
         <f t="shared" si="3"/>
-        <v>1.0783347194400006</v>
+        <v>2.1392059983100005</v>
       </c>
       <c r="N30" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B31" s="200" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="C31" s="201"/>
       <c r="D31" s="189"/>
       <c r="G31" s="206"/>
       <c r="I31" s="202"/>
-      <c r="J31" s="436"/>
-      <c r="L31" s="192"/>
+      <c r="J31" s="389"/>
       <c r="M31" s="204"/>
       <c r="N31" s="205"/>
     </row>
     <row r="32" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B32" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C32" s="201">
-        <v>23.074155093129999</v>
+        <v>25.59103688015</v>
       </c>
       <c r="D32" s="189"/>
       <c r="G32" s="206"/>
       <c r="I32" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J32" s="203">
         <v>0</v>
       </c>
-      <c r="L32" s="192"/>
       <c r="M32" s="204">
         <f t="shared" si="3"/>
-        <v>23.074155093129999</v>
+        <v>25.59103688015</v>
       </c>
       <c r="N32" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B33" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="201"/>
       <c r="D33" s="189"/>
       <c r="G33" s="206"/>
       <c r="I33" s="202"/>
-      <c r="J33" s="436"/>
-      <c r="L33" s="192"/>
+      <c r="J33" s="389"/>
       <c r="M33" s="204"/>
       <c r="N33" s="205"/>
     </row>
     <row r="34" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B34" s="208" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C34" s="201">
-        <v>6.3935535973899995</v>
+        <v>6.6014424541499999</v>
       </c>
       <c r="G34" s="206"/>
       <c r="I34" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J34" s="203">
         <v>0</v>
       </c>
-      <c r="L34" s="192"/>
       <c r="M34" s="204">
         <f t="shared" si="3"/>
-        <v>6.3935535973899995</v>
+        <v>6.6014424541499999</v>
       </c>
       <c r="N34" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B35" s="208" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C35" s="201">
-        <v>42.972694587180001</v>
+        <v>43.440962434960007</v>
       </c>
       <c r="G35" s="206"/>
       <c r="I35" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J35" s="203">
         <v>0</v>
       </c>
-      <c r="L35" s="192"/>
       <c r="M35" s="204">
         <f t="shared" si="3"/>
-        <v>42.972694587180001</v>
+        <v>43.440962434960007</v>
       </c>
       <c r="N35" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B36" s="208" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="C36" s="201">
-        <v>2.7627380619899999</v>
+        <v>2.7164870742499998</v>
       </c>
       <c r="G36" s="206"/>
       <c r="I36" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J36" s="203">
         <v>0</v>
       </c>
-      <c r="L36" s="192"/>
       <c r="M36" s="204">
         <f t="shared" si="3"/>
-        <v>2.7627380619899999</v>
+        <v>2.7164870742499998</v>
       </c>
       <c r="N36" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B37" s="208" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="C37" s="201">
-        <v>3.2636552966800001</v>
+        <v>3.1227991366899994</v>
       </c>
       <c r="G37" s="206"/>
       <c r="I37" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J37" s="203">
         <v>0</v>
       </c>
-      <c r="L37" s="192"/>
       <c r="M37" s="204">
         <f t="shared" si="3"/>
-        <v>3.2636552966800001</v>
+        <v>3.1227991366899994</v>
       </c>
       <c r="N37" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B38" s="208" t="s">
-        <v>278</v>
+        <v>482</v>
       </c>
       <c r="C38" s="201">
-        <v>3.9578827864599999</v>
+        <v>3.8218789029300004</v>
       </c>
       <c r="G38" s="206"/>
       <c r="I38" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J38" s="203">
         <v>0</v>
       </c>
-      <c r="L38" s="192"/>
       <c r="M38" s="204">
         <f t="shared" si="3"/>
-        <v>3.9578827864599999</v>
+        <v>3.8218789029300004</v>
       </c>
       <c r="N38" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B39" s="208" t="s">
         <v>182</v>
       </c>
       <c r="C39" s="201">
-        <v>0.76967305385000639</v>
+        <v>0.59021761713999155</v>
       </c>
       <c r="G39" s="206"/>
       <c r="I39" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J39" s="203">
         <v>0</v>
       </c>
-      <c r="L39" s="192"/>
       <c r="M39" s="204">
         <f t="shared" si="3"/>
-        <v>0.76967305385000639</v>
+        <v>0.59021761713999155</v>
       </c>
       <c r="N39" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B40" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C40" s="201">
-        <v>3.67099659943</v>
+        <v>3.9084267529899996</v>
       </c>
       <c r="G40" s="206"/>
       <c r="I40" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J40" s="203">
         <v>0</v>
       </c>
-      <c r="L40" s="192"/>
       <c r="M40" s="204">
         <f t="shared" si="3"/>
-        <v>3.67099659943</v>
+        <v>3.9084267529899996</v>
       </c>
       <c r="N40" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B41" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C41" s="201">
-        <v>5.4965923861100006</v>
+        <v>6.2332905208699998</v>
       </c>
       <c r="D41" s="189"/>
       <c r="G41" s="206"/>
       <c r="I41" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J41" s="203">
         <v>0</v>
       </c>
-      <c r="L41" s="192"/>
       <c r="M41" s="204">
         <f t="shared" si="3"/>
-        <v>5.4965923861100006</v>
+        <v>6.2332905208699998</v>
       </c>
       <c r="N41" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B42" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C42" s="201">
-        <v>10.639817423970001</v>
+        <v>10.635395248770001</v>
       </c>
       <c r="D42" s="189"/>
       <c r="G42" s="206"/>
       <c r="I42" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J42" s="203">
         <v>0</v>
       </c>
-      <c r="L42" s="192"/>
       <c r="M42" s="204">
         <f t="shared" si="3"/>
-        <v>10.639817423970001</v>
+        <v>10.635395248770001</v>
       </c>
       <c r="N42" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B43" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C43" s="201">
-        <v>1.0834579271700004</v>
+        <v>1.2235467565099738</v>
       </c>
       <c r="D43" s="189"/>
       <c r="G43" s="206"/>
       <c r="I43" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J43" s="203">
         <v>0</v>
       </c>
-      <c r="L43" s="192"/>
       <c r="M43" s="204">
         <f t="shared" si="3"/>
-        <v>1.0834579271700004</v>
+        <v>1.2235467565099738</v>
       </c>
       <c r="N43" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B44" s="200" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="C44" s="201"/>
       <c r="D44" s="189"/>
       <c r="G44" s="206"/>
       <c r="I44" s="202"/>
-      <c r="J44" s="436"/>
-      <c r="L44" s="192"/>
+      <c r="J44" s="389"/>
       <c r="M44" s="204"/>
       <c r="N44" s="205"/>
     </row>
     <row r="45" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B45" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C45" s="201"/>
       <c r="D45" s="189"/>
       <c r="G45" s="206"/>
       <c r="I45" s="202"/>
-      <c r="J45" s="436"/>
-      <c r="L45" s="192"/>
+      <c r="J45" s="389"/>
       <c r="M45" s="204"/>
       <c r="N45" s="205"/>
     </row>
     <row r="46" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B46" s="208" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C46" s="201">
-        <v>102.40882252252999</v>
+        <v>103.86762531193999</v>
       </c>
       <c r="D46" s="189"/>
       <c r="G46" s="206"/>
       <c r="I46" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J46" s="203">
         <v>0</v>
       </c>
-      <c r="L46" s="192"/>
       <c r="M46" s="204">
         <f t="shared" si="3"/>
-        <v>102.40882252252999</v>
+        <v>103.86762531193999</v>
       </c>
       <c r="N46" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B47" s="208" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="C47" s="201">
-        <v>6.6966777860000004</v>
+        <v>6.6390619219099998</v>
       </c>
       <c r="D47" s="189"/>
       <c r="G47" s="206"/>
       <c r="I47" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J47" s="203">
         <v>0</v>
       </c>
-      <c r="L47" s="192"/>
       <c r="M47" s="204">
         <f t="shared" si="3"/>
-        <v>6.6966777860000004</v>
+        <v>6.6390619219099998</v>
       </c>
       <c r="N47" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B48" s="208" t="s">
-        <v>278</v>
+        <v>482</v>
       </c>
       <c r="C48" s="201">
-        <v>4.2364948529999999</v>
+        <v>4.3756259369999997</v>
       </c>
       <c r="D48" s="189"/>
       <c r="G48" s="206"/>
       <c r="I48" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J48" s="203">
         <v>0</v>
       </c>
-      <c r="L48" s="192"/>
       <c r="M48" s="204">
         <f t="shared" si="3"/>
-        <v>4.2364948529999999</v>
+        <v>4.3756259369999997</v>
       </c>
       <c r="N48" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B49" s="208" t="s">
         <v>182</v>
       </c>
       <c r="C49" s="201">
-        <v>0.30725495535000391</v>
+        <v>0.32566675400001088</v>
       </c>
       <c r="G49" s="206"/>
       <c r="I49" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J49" s="203">
         <v>0</v>
       </c>
-      <c r="L49" s="192"/>
       <c r="M49" s="204">
         <f t="shared" si="3"/>
-        <v>0.30725495535000391</v>
+        <v>0.32566675400001088</v>
       </c>
       <c r="N49" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B50" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C50" s="201">
-        <v>0.39394299406999206</v>
+        <v>0.40149516384999084</v>
       </c>
       <c r="G50" s="206"/>
       <c r="I50" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J50" s="203">
         <v>0</v>
       </c>
-      <c r="L50" s="192"/>
       <c r="M50" s="204">
         <f t="shared" si="3"/>
-        <v>0.39394299406999206</v>
+        <v>0.40149516384999084</v>
       </c>
       <c r="N50" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B51" s="200" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="C51" s="201"/>
       <c r="G51" s="206"/>
       <c r="I51" s="202"/>
-      <c r="J51" s="436"/>
-      <c r="L51" s="192"/>
+      <c r="J51" s="389"/>
       <c r="M51" s="204"/>
       <c r="N51" s="205"/>
     </row>
     <row r="52" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B52" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C52" s="201">
-        <v>1.1693051264800001</v>
+        <v>1.3075495620399999</v>
       </c>
       <c r="G52" s="206"/>
       <c r="I52" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J52" s="203">
         <v>0</v>
       </c>
-      <c r="L52" s="192"/>
       <c r="M52" s="204">
         <f t="shared" si="3"/>
-        <v>1.1693051264800001</v>
+        <v>1.3075495620399999</v>
       </c>
       <c r="N52" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B53" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C53" s="201">
-        <v>0.20337675474</v>
+        <v>0.42168233790000009</v>
       </c>
       <c r="G53" s="206"/>
       <c r="I53" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J53" s="203">
         <v>0</v>
       </c>
-      <c r="L53" s="192"/>
       <c r="M53" s="204">
         <f t="shared" si="3"/>
-        <v>0.20337675474</v>
+        <v>0.42168233790000009</v>
       </c>
       <c r="N53" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B54" s="200" t="s">
         <v>205</v>
       </c>
       <c r="C54" s="201"/>
       <c r="D54" s="189"/>
       <c r="G54" s="206"/>
       <c r="I54" s="202"/>
-      <c r="J54" s="436"/>
-      <c r="L54" s="192"/>
+      <c r="J54" s="389"/>
       <c r="M54" s="204"/>
       <c r="N54" s="205"/>
     </row>
     <row r="55" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B55" s="207" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="C55" s="201">
-        <v>5.1162231077600007</v>
+        <v>1.1753562545</v>
       </c>
       <c r="D55" s="189"/>
       <c r="G55" s="206"/>
       <c r="I55" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J55" s="203">
         <v>0</v>
       </c>
-      <c r="L55" s="192"/>
       <c r="M55" s="204">
         <f t="shared" si="3"/>
-        <v>5.1162231077600007</v>
+        <v>1.1753562545</v>
       </c>
       <c r="N55" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B56" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C56" s="201">
-        <v>8.0401724699993137E-3</v>
+        <v>9.5722590000009542E-4</v>
       </c>
       <c r="D56" s="189"/>
       <c r="G56" s="206"/>
       <c r="I56" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J56" s="203">
         <v>0</v>
       </c>
-      <c r="L56" s="192"/>
       <c r="M56" s="204">
         <f t="shared" si="3"/>
-        <v>8.0401724699993137E-3</v>
+        <v>9.5722590000009542E-4</v>
       </c>
       <c r="N56" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B57" s="200" t="s">
         <v>254</v>
       </c>
       <c r="C57" s="201">
-        <v>1.6425684675800001</v>
+        <v>2.8907570357600001</v>
       </c>
       <c r="D57" s="189"/>
       <c r="G57" s="206"/>
       <c r="I57" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J57" s="203">
         <v>0</v>
       </c>
-      <c r="L57" s="192"/>
       <c r="M57" s="204">
         <f t="shared" si="3"/>
-        <v>1.6425684675800001</v>
+        <v>2.8907570357600001</v>
       </c>
       <c r="N57" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B58" s="404" t="s">
+      <c r="B58" s="591" t="s">
         <v>207</v>
       </c>
-      <c r="C58" s="405">
+      <c r="C58" s="592">
         <f>SUM(C59:C59)</f>
-        <v>7.8655372019999989E-2</v>
-[...10 lines deleted...]
-      <c r="M58" s="415">
+        <v>5.9690933090000002E-2</v>
+      </c>
+      <c r="D58" s="593"/>
+      <c r="E58" s="594"/>
+      <c r="F58" s="593"/>
+      <c r="G58" s="595"/>
+      <c r="H58" s="596"/>
+      <c r="I58" s="597"/>
+      <c r="J58" s="598"/>
+      <c r="K58" s="599"/>
+      <c r="L58" s="594"/>
+      <c r="M58" s="605">
         <f>SUM(M59:M59)</f>
-        <v>7.8655372019999989E-2</v>
-[...1 lines deleted...]
-      <c r="N58" s="414">
+        <v>5.9690933090000002E-2</v>
+      </c>
+      <c r="N58" s="601">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B59" s="200" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="C59" s="201">
-        <v>7.8655372019999989E-2</v>
+        <v>5.9690933090000002E-2</v>
       </c>
       <c r="D59" s="189"/>
       <c r="G59" s="206"/>
       <c r="I59" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J59" s="203">
         <v>0</v>
       </c>
-      <c r="L59" s="192"/>
       <c r="M59" s="204">
         <f>C59+J59/100*C59</f>
-        <v>7.8655372019999989E-2</v>
+        <v>5.9690933090000002E-2</v>
       </c>
       <c r="N59" s="205">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B60" s="404" t="s">
+      <c r="B60" s="591" t="s">
         <v>210</v>
       </c>
-      <c r="C60" s="405">
+      <c r="C60" s="592">
         <f>SUM(C61:C62)</f>
-        <v>1.03235913414</v>
-[...10 lines deleted...]
-      <c r="M60" s="415">
+        <v>0.80302063766000009</v>
+      </c>
+      <c r="D60" s="593"/>
+      <c r="E60" s="606"/>
+      <c r="F60" s="593"/>
+      <c r="G60" s="595"/>
+      <c r="H60" s="596"/>
+      <c r="I60" s="597"/>
+      <c r="J60" s="598"/>
+      <c r="K60" s="599"/>
+      <c r="L60" s="594"/>
+      <c r="M60" s="605">
         <f>SUM(M61:M62)</f>
-        <v>1.03235913414</v>
-[...1 lines deleted...]
-      <c r="N60" s="414">
+        <v>0.80302063766000009</v>
+      </c>
+      <c r="N60" s="601">
         <f>M60-C60</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B61" s="200" t="s">
         <v>211</v>
       </c>
       <c r="C61" s="201">
-        <v>1.0330313494900001</v>
+        <v>0.80208030622000004</v>
       </c>
       <c r="G61" s="206"/>
       <c r="I61" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J61" s="203">
         <v>0</v>
       </c>
-      <c r="L61" s="192"/>
       <c r="M61" s="204">
         <f>C61+J61/100*C61</f>
-        <v>1.0330313494900001</v>
+        <v>0.80208030622000004</v>
       </c>
       <c r="N61" s="205">
         <f>M61-C61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B62" s="209" t="s">
         <v>182</v>
       </c>
       <c r="C62" s="210">
-        <v>-6.7221535000000011E-4</v>
+        <v>9.4033143999999996E-4</v>
       </c>
       <c r="D62" s="211"/>
       <c r="E62" s="212"/>
       <c r="F62" s="213"/>
       <c r="G62" s="214"/>
       <c r="H62" s="215"/>
       <c r="I62" s="216" t="s">
         <v>115</v>
       </c>
       <c r="J62" s="203">
         <v>0</v>
       </c>
       <c r="K62" s="217"/>
       <c r="L62" s="212"/>
       <c r="M62" s="218">
         <f>C62+J62/100*C62</f>
-        <v>-6.7221535000000011E-4</v>
+        <v>9.4033143999999996E-4</v>
       </c>
       <c r="N62" s="219">
         <f>M62-C62</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B63" s="404" t="s">
+      <c r="B63" s="591" t="s">
         <v>182</v>
       </c>
-      <c r="C63" s="405">
+      <c r="C63" s="592">
         <f>SUM(C64:C64)</f>
-        <v>286.62610431130997</v>
-[...10 lines deleted...]
-      <c r="M63" s="415">
+        <v>290.73765329511997</v>
+      </c>
+      <c r="D63" s="593"/>
+      <c r="E63" s="594"/>
+      <c r="F63" s="593"/>
+      <c r="G63" s="595"/>
+      <c r="H63" s="596"/>
+      <c r="I63" s="597"/>
+      <c r="J63" s="598"/>
+      <c r="K63" s="599"/>
+      <c r="L63" s="594"/>
+      <c r="M63" s="605">
         <f>SUM(M64:M64)</f>
-        <v>286.62610431130997</v>
-[...1 lines deleted...]
-      <c r="N63" s="417">
+        <v>290.73765329511997</v>
+      </c>
+      <c r="N63" s="645">
         <f>M63-C63</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
-      <c r="B64" s="350" t="s">
-        <v>284</v>
+      <c r="B64" s="200" t="s">
+        <v>274</v>
       </c>
       <c r="C64" s="201">
-        <v>286.62610431130997</v>
+        <v>290.73765329511997</v>
       </c>
       <c r="D64" s="189"/>
       <c r="G64" s="206"/>
       <c r="I64" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J64" s="203">
         <v>0</v>
       </c>
-      <c r="L64" s="192"/>
       <c r="M64" s="204">
         <f>C64+J64/100*C64</f>
-        <v>286.62610431130997</v>
+        <v>290.73765329511997</v>
       </c>
       <c r="N64" s="220">
         <f>M64-C64</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="221" t="s">
         <v>212</v>
       </c>
-      <c r="C65" s="390">
+      <c r="C65" s="607">
         <f>C60+C58+C15+C9+C5+C63</f>
-        <v>576.56553435180012</v>
-[...10 lines deleted...]
-      <c r="M65" s="425">
+        <v>590.54881889813987</v>
+      </c>
+      <c r="D65" s="608"/>
+      <c r="E65" s="609"/>
+      <c r="F65" s="608"/>
+      <c r="G65" s="610"/>
+      <c r="H65" s="611"/>
+      <c r="I65" s="612"/>
+      <c r="J65" s="613"/>
+      <c r="K65" s="614"/>
+      <c r="L65" s="615"/>
+      <c r="M65" s="616">
         <f>M60+M58+M15+M9+M5+M63</f>
-        <v>576.56551643999126</v>
+        <v>590.54881889813987</v>
       </c>
       <c r="N65" s="222">
         <f>N60+N58+N15+N9+N5+N63</f>
-        <v>-1.791180876420384E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B66" s="404" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="405">
+      <c r="B66" s="591" t="s">
+        <v>483</v>
+      </c>
+      <c r="C66" s="592">
         <f>SUM(C67:C78)</f>
-        <v>22.996251607670001</v>
-[...10 lines deleted...]
-      <c r="M66" s="415">
+        <v>15.436797952449997</v>
+      </c>
+      <c r="D66" s="593"/>
+      <c r="E66" s="594"/>
+      <c r="F66" s="593"/>
+      <c r="G66" s="595"/>
+      <c r="H66" s="596"/>
+      <c r="I66" s="597"/>
+      <c r="J66" s="598"/>
+      <c r="K66" s="599"/>
+      <c r="L66" s="594"/>
+      <c r="M66" s="605">
         <f>SUM(M67:M78)</f>
-        <v>22.996251607670001</v>
-[...2 lines deleted...]
-        <f t="shared" ref="N66:N68" si="5">M66-C66</f>
+        <v>15.436797952449997</v>
+      </c>
+      <c r="N66" s="601">
+        <f>M66-C66</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B67" s="200" t="s">
         <v>214</v>
       </c>
       <c r="C67" s="201">
-        <v>1.3171865655099999</v>
+        <v>0.18911397546</v>
       </c>
       <c r="G67" s="206"/>
       <c r="I67" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J67" s="203">
         <v>0</v>
       </c>
-      <c r="L67" s="192"/>
       <c r="M67" s="204">
         <f>C67+J67/100*C67</f>
-        <v>1.3171865655099999</v>
+        <v>0.18911397546</v>
       </c>
       <c r="N67" s="205">
-        <f t="shared" si="5"/>
+        <f t="shared" ref="N67:N68" si="5">M67-C67</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B68" s="200" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="C68" s="201">
-        <v>0.82224779597999997</v>
+        <v>8.3388412540000012E-2</v>
       </c>
       <c r="G68" s="206"/>
       <c r="I68" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J68" s="203">
         <v>0</v>
       </c>
-      <c r="L68" s="192"/>
       <c r="M68" s="204">
         <f t="shared" ref="M68" si="6">C68+J68/100*C68</f>
-        <v>0.82224779597999997</v>
+        <v>8.3388412540000012E-2</v>
       </c>
       <c r="N68" s="205">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B69" s="200" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="C69" s="201"/>
       <c r="G69" s="206"/>
       <c r="I69" s="202"/>
-      <c r="J69" s="436"/>
-      <c r="L69" s="192"/>
+      <c r="J69" s="389"/>
       <c r="M69" s="204"/>
       <c r="N69" s="205"/>
     </row>
     <row r="70" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B70" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C70" s="201">
-        <v>5.9311860658100004</v>
+        <v>6.1933942958000001</v>
       </c>
       <c r="G70" s="206"/>
       <c r="I70" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J70" s="203">
         <v>0</v>
       </c>
-      <c r="L70" s="192"/>
       <c r="M70" s="204">
         <f t="shared" ref="M70:M78" si="7">C70+J70/100*C70</f>
-        <v>5.9311860658100004</v>
+        <v>6.1933942958000001</v>
       </c>
       <c r="N70" s="205">
         <f t="shared" ref="N70:N78" si="8">M70-C70</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B71" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C71" s="201">
-        <v>2.18285220419</v>
+        <v>2.31693985254</v>
       </c>
       <c r="G71" s="206"/>
       <c r="I71" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J71" s="203">
         <v>0</v>
       </c>
-      <c r="L71" s="192"/>
       <c r="M71" s="204">
         <f t="shared" si="7"/>
-        <v>2.18285220419</v>
+        <v>2.31693985254</v>
       </c>
       <c r="N71" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B72" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C72" s="201">
-        <v>0.67606625360000006</v>
+        <v>0.43297608486</v>
       </c>
       <c r="G72" s="206"/>
       <c r="I72" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J72" s="203">
         <v>0</v>
       </c>
-      <c r="L72" s="192"/>
       <c r="M72" s="204">
         <f t="shared" si="7"/>
-        <v>0.67606625360000006</v>
+        <v>0.43297608486</v>
       </c>
       <c r="N72" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B73" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C73" s="201">
-        <v>1.8513834846800001</v>
+        <v>1.7720731031300001</v>
       </c>
       <c r="G73" s="206"/>
       <c r="I73" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J73" s="203">
         <v>0</v>
       </c>
-      <c r="L73" s="192"/>
       <c r="M73" s="204">
         <f t="shared" si="7"/>
-        <v>1.8513834846800001</v>
+        <v>1.7720731031300001</v>
       </c>
       <c r="N73" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B74" s="207" t="s">
         <v>185</v>
       </c>
       <c r="C74" s="201">
-        <v>1.7925818373800002</v>
+        <v>1.4367326602100001</v>
       </c>
       <c r="G74" s="206"/>
       <c r="I74" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J74" s="203">
         <v>0</v>
       </c>
-      <c r="L74" s="192"/>
       <c r="M74" s="204">
         <f t="shared" si="7"/>
-        <v>1.7925818373800002</v>
+        <v>1.4367326602100001</v>
       </c>
       <c r="N74" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B75" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C75" s="201">
-        <v>0.47459079472999821</v>
+        <v>0.72686085059999705</v>
       </c>
       <c r="G75" s="206"/>
       <c r="I75" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J75" s="203">
         <v>0</v>
       </c>
-      <c r="L75" s="192"/>
       <c r="M75" s="204">
         <f t="shared" si="7"/>
-        <v>0.47459079472999821</v>
+        <v>0.72686085059999705</v>
       </c>
       <c r="N75" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B76" s="200" t="s">
         <v>217</v>
       </c>
       <c r="C76" s="201">
-        <v>5.6749027570899999</v>
+        <v>0.32862921273000001</v>
       </c>
       <c r="G76" s="206"/>
       <c r="I76" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J76" s="203">
         <v>0</v>
       </c>
-      <c r="L76" s="192"/>
       <c r="M76" s="204">
         <f t="shared" si="7"/>
-        <v>5.6749027570899999</v>
+        <v>0.32862921273000001</v>
       </c>
       <c r="N76" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B77" s="200" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
       <c r="C77" s="201">
-        <v>0.96913184174</v>
+        <v>0.69622565174000006</v>
       </c>
       <c r="G77" s="206"/>
       <c r="I77" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J77" s="203">
         <v>0</v>
       </c>
-      <c r="L77" s="192"/>
       <c r="M77" s="204">
         <f t="shared" si="7"/>
-        <v>0.96913184174</v>
+        <v>0.69622565174000006</v>
       </c>
       <c r="N77" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B78" s="200" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C78" s="201">
-        <v>1.3041220069599997</v>
+        <v>1.2604638528399998</v>
       </c>
       <c r="G78" s="206"/>
       <c r="I78" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J78" s="203">
         <v>0</v>
       </c>
-      <c r="L78" s="192"/>
       <c r="M78" s="204">
         <f t="shared" si="7"/>
-        <v>1.3041220069599997</v>
+        <v>1.2604638528399998</v>
       </c>
       <c r="N78" s="205">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B79" s="404" t="s">
+      <c r="B79" s="591" t="s">
         <v>220</v>
       </c>
-      <c r="C79" s="405">
+      <c r="C79" s="592">
         <f>SUM(C80:C95)</f>
-        <v>25.761472507680001</v>
-[...10 lines deleted...]
-      <c r="M79" s="415">
+        <v>25.714424529770003</v>
+      </c>
+      <c r="D79" s="593"/>
+      <c r="E79" s="594"/>
+      <c r="F79" s="593"/>
+      <c r="G79" s="595"/>
+      <c r="H79" s="596"/>
+      <c r="I79" s="597"/>
+      <c r="J79" s="598"/>
+      <c r="K79" s="599"/>
+      <c r="L79" s="594"/>
+      <c r="M79" s="605">
         <f>SUM(M80:M95)</f>
-        <v>25.761472507680001</v>
-[...1 lines deleted...]
-      <c r="N79" s="414">
+        <v>25.714424529770003</v>
+      </c>
+      <c r="N79" s="601">
         <f>M79-C79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B80" s="200" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="C80" s="201"/>
       <c r="G80" s="206"/>
       <c r="I80" s="202"/>
-      <c r="J80" s="194"/>
-      <c r="L80" s="192"/>
       <c r="M80" s="204"/>
       <c r="N80" s="205"/>
     </row>
     <row r="81" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B81" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C81" s="201">
-        <v>2.3168502534800002</v>
+        <v>2.1958772404000002</v>
       </c>
       <c r="G81" s="206"/>
       <c r="I81" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J81" s="203">
         <v>0</v>
       </c>
-      <c r="L81" s="192"/>
       <c r="M81" s="204">
         <f t="shared" ref="M81:M82" si="9">C81+J81/100*C81</f>
-        <v>2.3168502534800002</v>
+        <v>2.1958772404000002</v>
       </c>
       <c r="N81" s="205">
         <f t="shared" ref="N81:N82" si="10">M81-C81</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B82" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C82" s="201">
-        <v>0.35715069749999989</v>
+        <v>0.46701884908999969</v>
       </c>
       <c r="G82" s="206"/>
       <c r="I82" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J82" s="203">
         <v>0</v>
       </c>
-      <c r="L82" s="192"/>
       <c r="M82" s="204">
         <f t="shared" si="9"/>
-        <v>0.35715069749999989</v>
+        <v>0.46701884908999969</v>
       </c>
       <c r="N82" s="205">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B83" s="200" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="C83" s="201"/>
       <c r="G83" s="206"/>
       <c r="I83" s="202"/>
-      <c r="J83" s="436"/>
-      <c r="L83" s="192"/>
+      <c r="J83" s="389"/>
       <c r="M83" s="204"/>
       <c r="N83" s="205"/>
     </row>
     <row r="84" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B84" s="207" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="C84" s="201">
-        <v>0.80987099867000001</v>
+        <v>1.0493418350999999</v>
       </c>
       <c r="G84" s="206"/>
       <c r="I84" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J84" s="203">
         <v>0</v>
       </c>
-      <c r="L84" s="192"/>
       <c r="M84" s="204">
         <f t="shared" ref="M84:M95" si="11">C84+J84/100*C84</f>
-        <v>0.80987099867000001</v>
+        <v>1.0493418350999999</v>
       </c>
       <c r="N84" s="205">
         <f t="shared" ref="N84:N95" si="12">M84-C84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B85" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C85" s="201">
-        <v>2.3545439197600002</v>
+        <v>3.2210668817599997</v>
       </c>
       <c r="D85" s="189"/>
       <c r="G85" s="206"/>
       <c r="I85" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J85" s="203">
         <v>0</v>
       </c>
-      <c r="L85" s="192"/>
       <c r="M85" s="204">
         <f t="shared" si="11"/>
-        <v>2.3545439197600002</v>
+        <v>3.2210668817599997</v>
       </c>
       <c r="N85" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B86" s="200" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="C86" s="201"/>
       <c r="G86" s="206"/>
       <c r="I86" s="202"/>
-      <c r="J86" s="436"/>
-      <c r="L86" s="192"/>
+      <c r="J86" s="389"/>
       <c r="M86" s="204"/>
       <c r="N86" s="205"/>
     </row>
     <row r="87" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B87" s="207" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="201">
-        <v>10.42703319063</v>
+        <v>9.2136117266799999</v>
       </c>
       <c r="G87" s="206"/>
       <c r="I87" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J87" s="203">
         <v>0</v>
       </c>
-      <c r="L87" s="192"/>
       <c r="M87" s="204">
         <f t="shared" si="11"/>
-        <v>10.42703319063</v>
+        <v>9.2136117266799999</v>
       </c>
       <c r="N87" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B88" s="207" t="s">
         <v>187</v>
       </c>
       <c r="C88" s="201">
-        <v>2.6697385784100005</v>
+        <v>3.2390137104099996</v>
       </c>
       <c r="G88" s="206"/>
       <c r="I88" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J88" s="203">
         <v>0</v>
       </c>
-      <c r="L88" s="192"/>
       <c r="M88" s="204">
         <f t="shared" si="11"/>
-        <v>2.6697385784100005</v>
+        <v>3.2390137104099996</v>
       </c>
       <c r="N88" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B89" s="207" t="s">
         <v>184</v>
       </c>
       <c r="C89" s="201">
-        <v>0.79430927136999996</v>
+        <v>0.82532492747000008</v>
       </c>
       <c r="G89" s="206"/>
       <c r="I89" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J89" s="203">
         <v>0</v>
       </c>
-      <c r="L89" s="192"/>
       <c r="M89" s="204">
         <f t="shared" si="11"/>
-        <v>0.79430927136999996</v>
+        <v>0.82532492747000008</v>
       </c>
       <c r="N89" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B90" s="207" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="C90" s="201">
-        <v>3.3342259782300001</v>
+        <v>3.2461687685299996</v>
       </c>
       <c r="G90" s="206"/>
       <c r="I90" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J90" s="203">
         <v>0</v>
       </c>
-      <c r="L90" s="192"/>
       <c r="M90" s="204">
         <f t="shared" si="11"/>
-        <v>3.3342259782300001</v>
+        <v>3.2461687685299996</v>
       </c>
       <c r="N90" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B91" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="201">
-        <v>0.42145266986999891</v>
+        <v>0.7805861292400017</v>
       </c>
       <c r="G91" s="206"/>
       <c r="I91" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J91" s="203">
         <v>0</v>
       </c>
-      <c r="L91" s="192"/>
       <c r="M91" s="204">
         <f t="shared" si="11"/>
-        <v>0.42145266986999891</v>
+        <v>0.7805861292400017</v>
       </c>
       <c r="N91" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B92" s="200" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
       <c r="C92" s="201"/>
       <c r="G92" s="206"/>
       <c r="I92" s="202"/>
-      <c r="J92" s="436"/>
-      <c r="L92" s="192"/>
+      <c r="J92" s="389"/>
       <c r="M92" s="204"/>
       <c r="N92" s="205"/>
     </row>
     <row r="93" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B93" s="207" t="s">
         <v>177</v>
       </c>
       <c r="C93" s="201">
-        <v>1.83257966372</v>
+        <v>0.84861577340999994</v>
       </c>
       <c r="G93" s="206"/>
       <c r="I93" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J93" s="203">
         <v>0</v>
       </c>
-      <c r="L93" s="192"/>
       <c r="M93" s="204">
         <f t="shared" si="11"/>
-        <v>1.83257966372</v>
+        <v>0.84861577340999994</v>
       </c>
       <c r="N93" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B94" s="207" t="s">
         <v>182</v>
       </c>
       <c r="C94" s="201">
-        <v>1.3515429359999895E-2</v>
+        <v>7.5092889200000764E-3</v>
       </c>
       <c r="G94" s="206"/>
       <c r="I94" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J94" s="203">
         <v>0</v>
       </c>
-      <c r="L94" s="192"/>
       <c r="M94" s="204">
         <f t="shared" si="11"/>
-        <v>1.3515429359999895E-2</v>
+        <v>7.5092889200000764E-3</v>
       </c>
       <c r="N94" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B95" s="200" t="s">
         <v>226</v>
       </c>
       <c r="C95" s="201">
-        <v>0.43020185667999999</v>
+        <v>0.62028939876</v>
       </c>
       <c r="G95" s="206"/>
       <c r="I95" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J95" s="203">
         <v>0</v>
       </c>
-      <c r="L95" s="192"/>
       <c r="M95" s="204">
         <f t="shared" si="11"/>
-        <v>0.43020185667999999</v>
+        <v>0.62028939876</v>
       </c>
       <c r="N95" s="205">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B96" s="404" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="405">
+      <c r="B96" s="591" t="s">
+        <v>284</v>
+      </c>
+      <c r="C96" s="592">
         <f>SUM(C97:C97)</f>
-        <v>2.1193911882399998</v>
-[...10 lines deleted...]
-      <c r="M96" s="415">
+        <v>2.2019779133499999</v>
+      </c>
+      <c r="D96" s="593"/>
+      <c r="E96" s="594"/>
+      <c r="F96" s="593"/>
+      <c r="G96" s="595"/>
+      <c r="H96" s="596"/>
+      <c r="I96" s="597"/>
+      <c r="J96" s="598"/>
+      <c r="K96" s="599"/>
+      <c r="L96" s="594"/>
+      <c r="M96" s="605">
         <f>SUM(M97:M97)</f>
-        <v>2.1193911882399998</v>
-[...1 lines deleted...]
-      <c r="N96" s="417">
+        <v>2.2019779133499999</v>
+      </c>
+      <c r="N96" s="645">
         <f>M96-C96</f>
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="1:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="2:14" ht="27" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
       <c r="B97" s="200" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="C97" s="201">
-        <v>2.1193911882399998</v>
+        <v>2.2019779133499999</v>
       </c>
       <c r="D97" s="189"/>
       <c r="G97" s="206"/>
       <c r="I97" s="202" t="s">
         <v>115</v>
       </c>
       <c r="J97" s="203">
         <v>0</v>
       </c>
-      <c r="L97" s="192"/>
       <c r="M97" s="204">
         <f>C97+J97/100*C97</f>
-        <v>2.1193911882399998</v>
-[...1 lines deleted...]
-      <c r="N97" s="223">
+        <v>2.2019779133499999</v>
+      </c>
+      <c r="N97" s="220">
         <f>M97-C97</f>
         <v>0</v>
       </c>
     </row>
-    <row r="98" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="221" t="s">
         <v>231</v>
       </c>
-      <c r="C98" s="390">
+      <c r="C98" s="607">
         <f>C66+C79+C96</f>
-        <v>50.877115303590003</v>
-[...10 lines deleted...]
-      <c r="M98" s="425">
+        <v>43.353200395569999</v>
+      </c>
+      <c r="D98" s="608"/>
+      <c r="E98" s="617"/>
+      <c r="F98" s="608"/>
+      <c r="G98" s="610"/>
+      <c r="H98" s="611"/>
+      <c r="I98" s="612"/>
+      <c r="J98" s="613"/>
+      <c r="K98" s="614"/>
+      <c r="L98" s="615"/>
+      <c r="M98" s="616">
         <f>M66+M79+M96</f>
-        <v>50.877115303590003</v>
+        <v>43.353200395569999</v>
       </c>
       <c r="N98" s="222">
-        <f>M98-C98</f>
-[...4 lines deleted...]
-      <c r="B99" s="224" t="s">
+        <f t="shared" ref="N98" si="13">M98-C98</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B99" s="223" t="s">
         <v>62</v>
       </c>
-      <c r="C99" s="225">
+      <c r="C99" s="224">
         <f>C5+C9+C58+C60+C15++C66+C79+C96+C63</f>
-        <v>627.44264965539003</v>
-[...10 lines deleted...]
-      <c r="M99" s="233">
+        <v>633.90201929370983</v>
+      </c>
+      <c r="D99" s="225"/>
+      <c r="E99" s="226"/>
+      <c r="F99" s="225"/>
+      <c r="G99" s="227"/>
+      <c r="H99" s="228"/>
+      <c r="I99" s="229"/>
+      <c r="J99" s="230"/>
+      <c r="K99" s="231"/>
+      <c r="L99" s="226"/>
+      <c r="M99" s="232">
         <f>M5+M9+M58+M60+M15++M66+M79+M96+M63</f>
-        <v>627.44263174358127</v>
-[...1 lines deleted...]
-      <c r="N99" s="234">
+        <v>633.90201929370983</v>
+      </c>
+      <c r="N99" s="233">
         <f>N5+N9+N58+N60+N15++N66+N79+N96+N63</f>
-        <v>-1.791180876420384E-5</v>
-[...4 lines deleted...]
-      <c r="C100" s="237"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B100" s="234"/>
+      <c r="C100" s="235"/>
       <c r="G100" s="206"/>
       <c r="I100" s="202"/>
-      <c r="J100" s="194"/>
-      <c r="L100" s="192"/>
       <c r="M100" s="204"/>
       <c r="N100" s="205"/>
     </row>
-    <row r="101" spans="1:14" s="438" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="M101" s="415">
+    <row r="101" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="591" t="s">
+        <v>484</v>
+      </c>
+      <c r="C101" s="618">
+        <v>643.73190209878999</v>
+      </c>
+      <c r="D101" s="619"/>
+      <c r="E101" s="620"/>
+      <c r="F101" s="619"/>
+      <c r="G101" s="621"/>
+      <c r="H101" s="622"/>
+      <c r="I101" s="623"/>
+      <c r="J101" s="624"/>
+      <c r="K101" s="625"/>
+      <c r="L101" s="620"/>
+      <c r="M101" s="605"/>
+      <c r="N101" s="601"/>
+    </row>
+    <row r="102" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="626" t="s">
+        <v>485</v>
+      </c>
+      <c r="C102" s="627">
+        <f>C101-C99</f>
+        <v>9.8298828050801603</v>
+      </c>
+      <c r="D102" s="628"/>
+      <c r="E102" s="629"/>
+      <c r="F102" s="628"/>
+      <c r="G102" s="630"/>
+      <c r="H102" s="631"/>
+      <c r="I102" s="632"/>
+      <c r="J102" s="633"/>
+      <c r="K102" s="634"/>
+      <c r="L102" s="629"/>
+      <c r="M102" s="635"/>
+      <c r="N102" s="636"/>
+    </row>
+    <row r="103" spans="2:14" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="637"/>
+      <c r="C103" s="201"/>
+      <c r="G103" s="206"/>
+      <c r="I103" s="202"/>
+      <c r="M103" s="204"/>
+      <c r="N103" s="205"/>
+    </row>
+    <row r="104" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="591" t="s">
+        <v>484</v>
+      </c>
+      <c r="C104" s="592"/>
+      <c r="D104" s="619"/>
+      <c r="E104" s="620"/>
+      <c r="F104" s="619"/>
+      <c r="G104" s="621"/>
+      <c r="H104" s="622"/>
+      <c r="I104" s="623"/>
+      <c r="J104" s="624"/>
+      <c r="K104" s="625"/>
+      <c r="L104" s="620"/>
+      <c r="M104" s="605">
         <f>C101</f>
-        <v>643.42833255109997</v>
-[...475 lines deleted...]
-      <c r="L215" s="192"/>
+        <v>643.73190209878999</v>
+      </c>
+      <c r="N104" s="601"/>
+    </row>
+    <row r="105" spans="2:14" s="190" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B105" s="374" t="s">
+        <v>486</v>
+      </c>
+      <c r="C105" s="638"/>
+      <c r="D105" s="639"/>
+      <c r="E105" s="640"/>
+      <c r="F105" s="639"/>
+      <c r="G105" s="236"/>
+      <c r="H105" s="641"/>
+      <c r="I105" s="237"/>
+      <c r="J105" s="642"/>
+      <c r="K105" s="643"/>
+      <c r="L105" s="640"/>
+      <c r="M105" s="644">
+        <f>M104-M99</f>
+        <v>9.8298828050801603</v>
+      </c>
+      <c r="N105" s="367"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XsObaITMO1VrZCF0vo5L/ftevIL+Hv6Jou9OciS1/aHSO12Vg5KR2Q+qKF/1F75XITc9V/aBGUXzwmJthbkALQ==" saltValue="TUCSDBnqtZ2fE9y6juYn7A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="OJ266xQEhx6u9jv5IbS8kCLvhZ3fL0K9T26+wLjK4oNNpXY+whl6gMlOrMpJyg4wZ1nkpUCQyIMpmGwQ9tFa5Q==" saltValue="cGTaoYl6wNI9eh/qW4DIJg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="I3:M3"/>
     <mergeCell ref="N3:N4"/>
-    <mergeCell ref="B1:N1"/>
+    <mergeCell ref="C1:N1"/>
   </mergeCells>
   <conditionalFormatting sqref="C102">
     <cfRule type="cellIs" dxfId="9" priority="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="8" priority="2" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M105">
+    <cfRule type="cellIs" dxfId="7" priority="3" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="6" priority="4" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="23" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101002A97C4C24F3A3A4EABF87626FA75D9E4" ma:contentTypeVersion="18" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="440583a9c08c76976c7219c31a0850e4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="89b4086a-0d53-47ac-910c-840a5b10c85d" xmlns:ns3="90d52d28-043e-4442-b035-5463ef3585bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d28fbc0a5706408322cfb6435f148e3a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101002A97C4C24F3A3A4EABF87626FA75D9E4" ma:contentTypeVersion="18" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="62cc351c72ad9d75784fab34b2dabd11">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="89b4086a-0d53-47ac-910c-840a5b10c85d" xmlns:ns3="90d52d28-043e-4442-b035-5463ef3585bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bf650012b7a69c05f5400e3eacdb78c3" ns2:_="" ns3:_="">
     <xsd:import namespace="89b4086a-0d53-47ac-910c-840a5b10c85d"/>
     <xsd:import namespace="90d52d28-043e-4442-b035-5463ef3585bc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -39808,51 +38246,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="89b4086a-0d53-47ac-910c-840a5b10c85d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="90d52d28-043e-4442-b035-5463ef3585bc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D17A2417-9E8B-462A-A309-BBB602961C17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74671400-B4A5-466A-8CEE-77C3863954C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{637A2EDD-2521-4B5A-B20E-8F867832A113}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="89b4086a-0d53-47ac-910c-840a5b10c85d"/>
     <ds:schemaRef ds:uri="90d52d28-043e-4442-b035-5463ef3585bc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBCF04F8-C1B4-4631-B7CD-80E70042E836}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="89b4086a-0d53-47ac-910c-840a5b10c85d"/>
     <ds:schemaRef ds:uri="90d52d28-043e-4442-b035-5463ef3585bc"/>
   </ds:schemaRefs>